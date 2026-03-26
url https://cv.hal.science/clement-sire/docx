--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:110.98265895954px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Clément Sire </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">DR1 CNRS - Laboratoire de Physique Théorique (CNRS & Université de Toulouse - Paul Sabatier)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">clement-sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4089-4013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">029759331</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sire_c_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/GPX-2047-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après un doctorat sur les propriétés électroniques et la stabilité des quasicristaux (1990 ; ENS Paris & Univ. P. & M. Curie), j’ai passé deux ans aux AT&T Bell Labs (NJ, USA) où j’ai travaillé sur le magnétisme et la supraconductivité à haute température critique. J’ai également commencé à m’intéresser à la physique statistique hors équilibre, qui est depuis devenue mon principal domaine de recherche au </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire de Physique Théorique de Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : processus stochastiques et leurs applications physiques, séparation de phases et systèmes retournant à l’équilibre, physique de la société et biologie comportementale…</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En particulier, depuis 2014, je me consacre presque exclusivement à l’étude des phénomènes collectifs (mouvements, prise de décision…) dans les groupes animaux et humains, développant une collaboration fructueuse avec Guy Theraulaz et son groupe au CRCA/CBI à Toulouse (voir l’onglet </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> sur </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ma page web</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Je conçois les expériences avec Guy Theraulaz, je les réalise sur les humains (mais pas sur les poissons), je traite et analyse les données, et je développe des modèles comportementaux inspirés des outils de la physique statistique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Outre mon activité de recherche pure, je consacre un temps important à l’enseignement et à la vulgarisation scientifique (voir l’onglet </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulgarisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> sur </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ma page web</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:800pt; height:392pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId14" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (101)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An open-source closed-loop Virtual Reality system to investigate social interactions and collective behavior in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Lenseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 21 (1), pp.e0339909. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0339909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence of stress-induced critical state in schooling fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guozheng Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tingting Xue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRX Life</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3 (3), pp.033018. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/nr7p-m4ff⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective phases and long-term dynamics in a fish school model with burst-and-coast swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weijia Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (5), pp.240885. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.240885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transitions in self-gravitating systems and bacterial populations surrounding a central body</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (1), pp.014118. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.014118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the long-term collective behaviour of fish pairs with deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaios Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (212), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2023.0630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the biomimicry gap in biohybrid robot-fish pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaios Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Mondada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19, pp.046020. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-3190/ad577a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven discovery of stochastic dynamical equations of collective motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshed Nabeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivek Jadhav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danny Raj M</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (5), pp.056003. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1478-3975/ace22d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperation and deception through stigmergic interactions in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bassanetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 120 (42), pp.e2307880120. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2307880120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning social interactions’ strength drives collective response to light intensity in schooling fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tingting Xue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guozheng Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (11), pp.e1011636. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biohybrid interaction framework for the integration of robots in animal societies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaios Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Burnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Cherfan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.67640 - 67659. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3290960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational modelling of cell motility modes emerging from cell-matrix adhesion dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonie van Steijn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Wortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (2), pp.e1009156. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of individual perceptual and cognitive factors on collective states in a data-driven fish school model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weijia Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (3), pp.e1009437. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of sharing full versus averaged social information on social influence and estimation accuracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H.J.M. Kurvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (180), pp.20210231. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2021.0231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowd control: Reducing individual estimation bias by sharing biased social information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf H.J.M. Kurvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (11), pp.e1009590. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of incorrect social information on collective wisdom in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuya Kameda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (170), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31234/osf.io/bufjk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational and robotic modeling reveal parsimonious combinations of interactions between individuals in schooling fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (3), pp.e1007194. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1007194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363016v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of incorrect social information on collective wisdom in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuya Kameda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (170), pp.20200496. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2020.0496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data-driven method for reconstructing and modelling social interactions in moving animal groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 375 (1807), pp.20190380. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2019.0380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective Information Processing in Human Phase Separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Pasqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Zanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 375 (1807), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2019.0801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393253v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching between individual and collective motility in B lymphocytes is controlled by cell-matrix adhesion and inter-cellular interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Rey-Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolla German</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), pp.5800. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-24222-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling and modeling interactions in fish with burst-and-coast swimming reveal distinct alignment and attraction behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Litchinko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso Pérez Escudero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (1), pp.e1005933. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transitions in distributed control systems with multiplicative noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Allegra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Bamieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partha Mitra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (1), pp.013405. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/aa9bb3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social conformity and propagation of information in collective U-turns of fish schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Korinna Hemelrijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 285 (1877), pp.20180251. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2018.0251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La danse organisée des bancs de poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Chaos et systèmes complexes, 537-538, page 40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model of Collective Fish Behavior with Hydrodynamic Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Filella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Kanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Eloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (19), pp.198101. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.198101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How social information can improve estimation accuracy in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Hye-Rin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 114 (47), pp.12620-12625. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1703695114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying influential neighbors in animal flocking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Giuggioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Perna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (12), pp.e1005822. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01691014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective response to perturbations in a data-driven fish school model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schuhmacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Chaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (104), pp.20141362. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2014.1362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01366736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swarming, schooling, milling: phase diagram of a data-driven fish school model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Chaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16, pp.15026. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/16/1/015026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01215970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact analytical solution of the collapse of self-gravitating Brownian particles and bacterial populations at zero temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 83 (3), pp.031131. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.83.031131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective merging dynamics of two and three fluid vortices: Application to two-dimensional decaying turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 84, pp.056317. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.84.056317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00493280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum critical scaling of fidelity susceptibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabricio A. Albuquerque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Alet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Capponi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81, pp.064418. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.81.064418⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titania's radius and an upper limit on its atmosphere from the September 8, 2001 stellar occultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sicardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Beisker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 199 (2), pp.458. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2008.09.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding baseball team standings and streaks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidney Redner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 67, pp.473. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjb/e2008-00405-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00318712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipole diffusion in a random electrical potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Touya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David S. Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 42, pp.375001. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1751-8113/42/37/375001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00414657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical mass of bacterial populations in a generalized Keller-Segel model. Analogy with the Chandrasekhar limiting mass of white dwarf stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 387 (8-9), pp.1999-2009. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2007.10.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeans type analysis of chemotactic collapse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 387 (16-17), pp.4033-4052. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2008.02.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contest based on a directed polymer in a random medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.061106. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.78.061106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00318720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical dynamics of self-gravitating Langevin particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.061111. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.78.061111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00318716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The crossing intervals of non-Markovian Gaussian processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.011121. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.78.011121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00305336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and hydrodynamic models of chemotactic aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 384 (2), pp.199-222. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2007.05.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probability distribution of the maximum of a smooth temporal signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 98, pp.020601. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.020601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal statistical properties of poker tournaments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.P08013. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2007/08/P08013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logotropic distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 375, pp.140. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2006.08.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of the Bose-Einstein condensation: analogy with the collapse dynamics of a classical self-gravitating Brownian gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 74, pp.011112. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.74.011112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact solution of a model of time-dependent evolutionary dynamics in a rugged fitness landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David S. Dean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.L07001. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2006/07/L07001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virial theorem and dynamical evolution of self-gravitating Brownian particles in an unbounded domain : I. Overdamped models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.066103. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.73.066103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance traveled by random walkers before absorption in a random medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David S. Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.066130. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.73.066130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virial theorem and dynamical evolution of self-gravitating Brownian particles in an unbounded domain: II. Inertial models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.066104. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.73.066104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interpretations of Tsallis functional in connection with Vlasov-Poisson and related systems: Dynamics vs thermodynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 356, pp.419. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2005.03.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-gravitating Brownian systems and bacterial populations with two or more types of particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 72, pp.026105. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.72.026105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of blow-up and relaxation time for self-gravitating Brownian particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 70, pp.026115. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.70.026115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postcollapse dynamics of self-gravitating Brownian particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 69, pp.066109. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.69.066109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous diffusion and collapse of self-gravitating Langevin particles in D dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 69, pp.016116. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.69.016116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gravitational collapse of a Brownian gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Banach Center Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 66, pp.287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the analogy between self-gravitating Brownian particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Ribot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Banach Center Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 66, pp.103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autocorrelation exponent of conserved spin systems in the scaling regime following a critical quench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 93, pp.130602. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.93.130602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamics of self-gravitating systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66, pp.036105. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.036105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise approximation for directed percolation in d=1+1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66, pp.066128. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.066128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamics and collapse of self-gravitating Brownian particles in D dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66, pp.046133. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.046133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling laws and vortex profiles in 2D decaying turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 63, pp.065301. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.63.065301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The spatial correlations in the velocities arising from a random distribution of point vortices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13, pp.1904</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00139162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ballistic annihilation with continuous isotropic initial velocity distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul L. Kaprivsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 86, pp.2494-2497. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.86.2494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Fibonacci sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul L. Krapivsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 34, pp.9065. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/34/42/322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical results for random walk persistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rudinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 61, pp.1258-1269. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.61.1258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical renormalization group of vortex aggregation in 2D decaying turbulence: The role of three-body interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 61, pp.6644-6653. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.61.6644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of velocity fluctuations arising from a random distribution of point vortices: The speed of fluctuations and the diffusion coefficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 62, pp.490. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.62.490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical results for random walks in the presence of disorder and traps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 60, pp.1464-1474. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.60.1464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block persistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 7, pp.111. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s100510050594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droplets nucleation and Smoluchowski's equation with growth and injection of particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 57, pp.881-900. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.57.881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smoluchowski's equation for cluster exogenous growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 40, pp.239. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/epl/i1997-00454-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nontrivial Polydispersity Exponents in Aggregation Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 55, pp.5465-5478. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.55.5465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spin block persistence at finite temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 30, pp.L791. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/30/23/001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Measurement of the Persistence Exponent of the Planar Ising Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Yurke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. N. Pargellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 56, pp.R40. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.56.R40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistence exponents for fluctuating interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Krug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Kallabis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J Cornell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. J. Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 56, pp.2702-2712. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.56.2702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Persistence Exponent for Critical Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. J. Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J. Cornell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 77, pp.3704-3707. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.77.3704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Results for Multifractal Properties of Spectra of Quasiperiodic Hamiltonians near the Periodic Chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rudinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 29, pp.3537-3544. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/29/13/022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nontrivial Exponent for Simple Diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan J. Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen J. Cornell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 77, pp.2867-2870. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.77.2867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survival Probability of a Gaussian Non-Markovian Process: Application to the T=0 Dynamics of the Ising Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 77, pp.1420-1423. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.77.1420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations and Coarsening in the q-State Potts Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 74, pp.4321. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.74.4321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coarsening in the q-State Potts Model and the Ising Model with Globally Conserved Magnetization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 52, pp.244. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.52.244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des systèmes perpétuellement hors d'équilibre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Societe Francaise de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 101, pp.24-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum Entropy Analysis of Disordered Droplet Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Seul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 5, pp.97. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp1:1995117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of the marginal-Fermi-liquid spectrum and pairing in a local copper oxide model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chandra M. Varma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrei E. Ruckenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Giamarchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 72 (15), pp.2478-2481. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.72.2478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04898746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of the marginal-Fermi-liquid spectrum and pairing in a copper-oxide model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Varma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Ruckenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Giamarchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica C: Superconductivity and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 235-240 (PART 4), pp.2335-2336. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0921-4534(94)92389-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04898760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth laws for 3D soap bubbles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 72, pp.420. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.72.420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain Coarsening in a Two-Dimensional Binary Mixture: Growth Dynamics and Spatial Correlations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Seul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Y. Morgan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 73, pp.2284. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.73.2284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ising chain in a quasiperiodic magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modern Physics B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 7, pp.1551. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0217979293002481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact dynamics of a class of aggregation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 71, pp.3729. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.71.3729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum chaos in spin-fermion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Poilblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bellissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 70, pp.497. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.70.497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation model with conserved order parameter on the Bethe lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 70, pp.4022. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.70.4022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of the non-Fermi-liquid transition point in the two-impurity Kondo model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chandra M. Varma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. R. Krishnamurty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 48, pp.13833. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.48.13833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous diffusion and conductivity in octagonal tiling models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Passaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Benza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 46, pp.13751. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.46.13751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic stability of disordered systems: application to quasicrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 24, pp.5137. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/24/21/024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum of 1D quasicrystals near the periodic chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 50, pp.3447. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240344700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excitation spectrum, extended states, gap closing : some exact results for codimension one quasicrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 51 (15), pp.1569-1583. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0199000510150156900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00212469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renormalization Group for the Octagonal Quasi-Periodic Tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bellissard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11 (5), pp.439-443. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/11/5/009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum of 1D quasicrystals near the periodic chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 50 (24), pp.3447-3461. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240344700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00211154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic Spectrum of a 2D Quasi-Crystal Related to the Octagonal Quasi-Periodic Tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 10, pp.483-488. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/10/5/016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric study of a 2D tiling related to the octagonal quasiperiodic tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sadoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 50 (24), pp.3463-3476. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240346300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric study of a 2D tiling related to the octagonal quasiperiodic tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sadoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 50 (24), pp.3463-3476. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240346300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00211156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-inspired control for collective motion in swarms of drones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Verdoucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Unmanned Aircraft Systems (ICUAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dubrovnik, Croatia. pp.1626-1631, </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUAS54217.2022.9836112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collapse and evaporation of a canonical self-gravitating gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Marcel Grossmann Meeting on General Relativity and Gravitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Paris, France. pp. 2116-2118, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814374552_0422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques beaux problèmes de mathématiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Ellipse-Marketing, pp.240, 1989, 9782729889333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COLLAPSE AND EVAPORATION OF A CANONICAL SELF-GRAVITATING GAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twelfth Marcel Grossmann Meeting, The: On Recent Developments In Theoretical And Experimental General Relativity, Astrophysics And Relativistic Field Theories (In 3 Volumes) - Proceedings Of The Mg12 Meeting On General Relativity (World Scientific, 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-loop real-virtual interactions validate 3D model of social coordination in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId347"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:110.98265895954px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Clément Sire </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">DR1 CNRS - Laboratoire de Physique Théorique (CNRS & Université de Toulouse - Paul Sabatier)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">clement-sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4089-4013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">029759331</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sire_c_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/GPX-2047-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après un doctorat sur les propriétés électroniques et la stabilité des quasicristaux (1990 ; ENS Paris & Univ. P. & M. Curie), j’ai passé deux ans aux AT&T Bell Labs (NJ, USA) où j’ai travaillé sur le magnétisme et la supraconductivité à haute température critique. J’ai également commencé à m’intéresser à la physique statistique hors équilibre, qui est depuis devenue mon principal domaine de recherche au </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire de Physique Théorique de Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : processus stochastiques et leurs applications physiques, séparation de phases et systèmes retournant à l’équilibre, physique de la société et biologie comportementale…</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En particulier, depuis 2014, je me consacre presque exclusivement à l’étude des phénomènes collectifs (mouvements, prise de décision…) dans les groupes animaux et humains, développant une collaboration fructueuse avec Guy Theraulaz et son groupe au CRCA/CBI à Toulouse (voir l’onglet </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> sur </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ma page web</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Je conçois les expériences avec Guy Theraulaz, je les réalise sur les humains (mais pas sur les poissons), je traite et analyse les données, et je développe des modèles comportementaux inspirés des outils de la physique statistique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Outre mon activité de recherche pure, je consacre un temps important à l’enseignement et à la vulgarisation scientifique (voir l’onglet </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulgarisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> sur </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ma page web</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:800pt; height:392pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId14" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (101)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An open-source closed-loop Virtual Reality system to investigate social interactions and collective behavior in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Lenseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 21 (1), pp.e0339909. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0339909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective phases and long-term dynamics in a fish school model with burst-and-coast swimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weijia Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (5), pp.240885. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.240885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence of stress-induced critical state in schooling fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guozheng Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tingting Xue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRX Life</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3 (3), pp.033018. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/nr7p-m4ff⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the long-term collective behaviour of fish pairs with deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaios Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (212), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2023.0630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the biomimicry gap in biohybrid robot-fish pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaios Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Mondada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19, pp.046020. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-3190/ad577a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transitions in self-gravitating systems and bacterial populations surrounding a central body</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (1), pp.014118. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.014118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven discovery of stochastic dynamical equations of collective motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshed Nabeel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivek Jadhav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danny Raj M</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (5), pp.056003. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1478-3975/ace22d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperation and deception through stigmergic interactions in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bassanetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 120 (42), pp.e2307880120. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2307880120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biohybrid interaction framework for the integration of robots in animal societies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaios Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Burnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Cherfan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.67640 - 67659. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3290960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning social interactions’ strength drives collective response to light intensity in schooling fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tingting Xue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guozheng Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (11), pp.e1011636. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational modelling of cell motility modes emerging from cell-matrix adhesion dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonie van Steijn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Wortel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (2), pp.e1009156. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of individual perceptual and cognitive factors on collective states in a data-driven fish school model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weijia Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (3), pp.e1009437. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of sharing full versus averaged social information on social influence and estimation accuracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H.J.M. Kurvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (180), pp.20210231. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2021.0231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowd control: Reducing individual estimation bias by sharing biased social information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf H.J.M. Kurvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (11), pp.e1009590. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective Information Processing in Human Phase Separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Pasqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Zanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 375 (1807), </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2019.0801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393253v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational and robotic modeling reveal parsimonious combinations of interactions between individuals in schooling fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Lei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (3), pp.e1007194. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1007194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363016v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of incorrect social information on collective wisdom in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuya Kameda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (170), </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31234/osf.io/bufjk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of incorrect social information on collective wisdom in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatsuya Kameda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (170), pp.20200496. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2020.0496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data-driven method for reconstructing and modelling social interactions in moving animal groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Papaspyros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 375 (1807), pp.20190380. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2019.0380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model of Collective Fish Behavior with Hydrodynamic Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Filella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Kanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Eloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (19), pp.198101. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.198101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching between individual and collective motility in B lymphocytes is controlled by cell-matrix adhesion and inter-cellular interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Rey-Barroso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolla German</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), pp.5800. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-24222-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transitions in distributed control systems with multiplicative noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Allegra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassam Bamieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partha Mitra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (1), pp.013405. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/aa9bb3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling and modeling interactions in fish with burst-and-coast swimming reveal distinct alignment and attraction behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Litchinko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso Pérez Escudero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (1), pp.e1005933. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social conformity and propagation of information in collective U-turns of fish schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Korinna Hemelrijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 285 (1877), pp.20180251. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2018.0251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La danse organisée des bancs de poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Chaos et systèmes complexes, 537-538, page 40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying influential neighbors in animal flocking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Giuggioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Perna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lecheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (12), pp.e1005822. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01691014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How social information can improve estimation accuracy in human groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jayles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Hye-Rin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cezera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 114 (47), pp.12620-12625. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1703695114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective response to perturbations in a data-driven fish school model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schuhmacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Chaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (104), pp.20141362. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2014.1362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01366736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swarming, schooling, milling: phase diagram of a data-driven fish school model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S. Calovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Chaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16, pp.15026. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/16/1/015026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01215970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact analytical solution of the collapse of self-gravitating Brownian particles and bacterial populations at zero temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 83 (3), pp.031131. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.83.031131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective merging dynamics of two and three fluid vortices: Application to two-dimensional decaying turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 84, pp.056317. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.84.056317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00493280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum critical scaling of fidelity susceptibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabricio A. Albuquerque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Alet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Capponi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81, pp.064418. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.81.064418⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titania's radius and an upper limit on its atmosphere from the September 8, 2001 stellar occultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Widemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sicardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Beisker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Icarus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 199 (2), pp.458. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.icarus.2008.09.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding baseball team standings and streaks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidney Redner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 67, pp.473. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjb/e2008-00405-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00318712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipole diffusion in a random electrical potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Touya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David S. Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 42, pp.375001. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1751-8113/42/37/375001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00414657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The crossing intervals of non-Markovian Gaussian processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.011121. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.78.011121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00305336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical dynamics of self-gravitating Langevin particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.061111. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.78.061111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00318716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contest based on a directed polymer in a random medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78, pp.061106. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.78.061106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00318720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical mass of bacterial populations in a generalized Keller-Segel model. Analogy with the Chandrasekhar limiting mass of white dwarf stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 387 (8-9), pp.1999-2009. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2007.10.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeans type analysis of chemotactic collapse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 387 (16-17), pp.4033-4052. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2008.02.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logotropic distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 375, pp.140. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2006.08.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and hydrodynamic models of chemotactic aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 384 (2), pp.199-222. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2007.05.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probability distribution of the maximum of a smooth temporal signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 98, pp.020601. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.020601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal statistical properties of poker tournaments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.P08013. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2007/08/P08013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virial theorem and dynamical evolution of self-gravitating Brownian particles in an unbounded domain: II. Inertial models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.066104. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.73.066104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact solution of a model of time-dependent evolutionary dynamics in a rugged fitness landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David S. Dean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.L07001. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2006/07/L07001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of the Bose-Einstein condensation: analogy with the collapse dynamics of a classical self-gravitating Brownian gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 74, pp.011112. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.74.011112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virial theorem and dynamical evolution of self-gravitating Brownian particles in an unbounded domain : I. Overdamped models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.066103. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.73.066103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance traveled by random walkers before absorption in a random medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David S. Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.066130. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.73.066130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-gravitating Brownian systems and bacterial populations with two or more types of particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 72, pp.026105. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.72.026105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interpretations of Tsallis functional in connection with Vlasov-Poisson and related systems: Dynamics vs thermodynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 356, pp.419. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physa.2005.03.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autocorrelation exponent of conserved spin systems in the scaling regime following a critical quench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 93, pp.130602. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.93.130602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of blow-up and relaxation time for self-gravitating Brownian particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 70, pp.026115. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.70.026115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postcollapse dynamics of self-gravitating Brownian particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 69, pp.066109. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.69.066109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gravitational collapse of a Brownian gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Banach Center Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 66, pp.287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous diffusion and collapse of self-gravitating Langevin particles in D dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 69, pp.016116. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.69.016116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the analogy between self-gravitating Brownian particles and bacterial populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Ribot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Banach Center Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 66, pp.103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamics and collapse of self-gravitating Brownian particles in D dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66, pp.046133. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.046133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamics of self-gravitating systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66, pp.036105. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.036105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise approximation for directed percolation in d=1+1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66, pp.066128. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.066128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Fibonacci sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul L. Krapivsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 34, pp.9065. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/34/42/322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling laws and vortex profiles in 2D decaying turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 63, pp.065301. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.63.065301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The spatial correlations in the velocities arising from a random distribution of point vortices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13, pp.1904</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00139162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ballistic annihilation with continuous isotropic initial velocity distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul L. Kaprivsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 86, pp.2494-2497. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.86.2494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical results for random walk persistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rudinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 61, pp.1258-1269. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.61.1258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical renormalization group of vortex aggregation in 2D decaying turbulence: The role of three-body interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 61, pp.6644-6653. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.61.6644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of velocity fluctuations arising from a random distribution of point vortices: The speed of fluctuations and the diffusion coefficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 62, pp.490. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.62.490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical results for random walks in the presence of disorder and traps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 60, pp.1464-1474. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.60.1464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block persistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 7, pp.111. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s100510050594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droplets nucleation and Smoluchowski's equation with growth and injection of particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 57, pp.881-900. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.57.881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistence exponents for fluctuating interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Krug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Kallabis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J Cornell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. J. Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 56, pp.2702-2712. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.56.2702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smoluchowski's equation for cluster exogenous growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 40, pp.239. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/epl/i1997-00454-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nontrivial Polydispersity Exponents in Aggregation Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 55, pp.5465-5478. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.55.5465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spin block persistence at finite temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cueille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 30, pp.L791. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/30/23/001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Measurement of the Persistence Exponent of the Planar Ising Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Yurke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. N. Pargellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 56, pp.R40. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.56.R40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survival Probability of a Gaussian Non-Markovian Process: Application to the T=0 Dynamics of the Ising Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 77, pp.1420-1423. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.77.1420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Persistence Exponent for Critical Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. J. Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J. Cornell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 77, pp.3704-3707. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.77.3704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Results for Multifractal Properties of Spectra of Quasiperiodic Hamiltonians near the Periodic Chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rudinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 29, pp.3537-3544. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/29/13/022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nontrivial Exponent for Simple Diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan J. Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen J. Cornell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 77, pp.2867-2870. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.77.2867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum Entropy Analysis of Disordered Droplet Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Seul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 5, pp.97. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp1:1995117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations and Coarsening in the q-State Potts Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 74, pp.4321. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.74.4321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des systèmes perpétuellement hors d'équilibre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Societe Francaise de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 101, pp.24-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coarsening in the q-State Potts Model and the Ising Model with Globally Conserved Magnetization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 52, pp.244. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.52.244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of the marginal-Fermi-liquid spectrum and pairing in a copper-oxide model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Varma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Ruckenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Giamarchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica C: Superconductivity and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 235-240 (PART 4), pp.2335-2336. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0921-4534(94)92389-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04898760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth laws for 3D soap bubbles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 72, pp.420. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.72.420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of the marginal-Fermi-liquid spectrum and pairing in a local copper oxide model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chandra M. Varma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrei E. Ruckenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Giamarchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 72 (15), pp.2478-2481. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.72.2478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04898746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain Coarsening in a Two-Dimensional Binary Mixture: Growth Dynamics and Spatial Correlations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Seul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Y. Morgan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 73, pp.2284. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.73.2284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact dynamics of a class of aggregation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 71, pp.3729. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.71.3729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ising chain in a quasiperiodic magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modern Physics B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 7, pp.1551. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0217979293002481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum chaos in spin-fermion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Poilblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bellissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 70, pp.497. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.70.497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation model with conserved order parameter on the Bethe lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satya N. Majumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 70, pp.4022. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.70.4022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of the non-Fermi-liquid transition point in the two-impurity Kondo model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chandra M. Varma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. R. Krishnamurty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 48, pp.13833. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.48.13833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous diffusion and conductivity in octagonal tiling models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Passaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Benza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 46, pp.13751. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.46.13751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic stability of disordered systems: application to quasicrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 24, pp.5137. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0305-4470/24/21/024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum of 1D quasicrystals near the periodic chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 50, pp.3447. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240344700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excitation spectrum, extended states, gap closing : some exact results for codimension one quasicrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 51 (15), pp.1569-1583. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0199000510150156900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00212469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renormalization Group for the Octagonal Quasi-Periodic Tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bellissard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11 (5), pp.439-443. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/11/5/009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrum of 1D quasicrystals near the periodic chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 50 (24), pp.3447-3461. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240344700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00211154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic Spectrum of a 2D Quasi-Crystal Related to the Octagonal Quasi-Periodic Tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 10, pp.483-488. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/10/5/016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric study of a 2D tiling related to the octagonal quasiperiodic tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sadoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 50 (24), pp.3463-3476. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240346300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric study of a 2D tiling related to the octagonal quasiperiodic tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Mosseri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sadoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 50 (24), pp.3463-3476. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphys:0198900500240346300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00211156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-inspired control for collective motion in swarms of drones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Verdoucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Theraulaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Unmanned Aircraft Systems (ICUAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dubrovnik, Croatia. pp.1626-1631, </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUAS54217.2022.9836112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collapse and evaporation of a canonical self-gravitating gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Marcel Grossmann Meeting on General Relativity and Gravitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Paris, France. pp. 2116-2118, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814374552_0422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques beaux problèmes de mathématiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Ellipse-Marketing, pp.240, 1989, 9782729889333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COLLAPSE AND EVAPORATION OF A CANONICAL SELF-GRAVITATING GAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Chavanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twelfth Marcel Grossmann Meeting, The: On Recent Developments In Theoretical And Experimental General Relativity, Astrophysics And Relativistic Field Theories (In 3 Volumes) - Proceedings Of The Mg12 Meeting On General Relativity (World Scientific, 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-loop real-virtual interactions validate 3D model of social coordination in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Escobedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId347"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E6BBC20E"/>
+    <w:nsid w:val="C2E7698E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-sire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4089-4013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/029759331" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/sire_c_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/GPX-2047-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpt.univ-tlse3.fr/fiche-annuaire/sire-clement/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415061v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sanchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Escobedo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bastien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lenseigne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Denis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0339909" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343704v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guozheng Lin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Li" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Xue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhangang Han" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/nr7p-m4ff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218475v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijia Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.240885" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185196v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Chavanis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sopik" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.014118" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512866v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaios Papaspyros" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alahi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Theraulaz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2023.0630" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687546v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mondada" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/ad577a" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156525v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arshed Nabeel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Jadhav" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Raj M" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/ace22d" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236497v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bassanetti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cezera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delacroix" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blanchet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2307880120" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361175v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011636" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156283v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Burnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cherfan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3290960" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648631v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie van Steijn" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Wortel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dupr&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009156" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648537v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sanchez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009437" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340194v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jayles" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H.J.M. Kurvers" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2021.0231" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf H.J.M. Kurvers" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009590" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019820v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Escobedo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Kameda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31234/osf.io/bufjk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363016v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Lei" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007194" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991100v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2020.0496" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363025v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escobedo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lecheval" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Papaspyros" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mondada" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0380" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393253v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pasqua" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zanon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0801" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323999v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Rey-Barroso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S. Calovi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Combe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolla German" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24222-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324021v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Litchinko" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lecheval" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lopez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso P&#233;rez Escudero" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005933" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725109v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Allegra" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Bamieh" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Mitra" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/aa9bb3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793339v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Jiang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tichit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Korinna Hemelrijk" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.0251" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337096v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814732v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Filella" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nadal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kanso" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.198101" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690943v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hye-Rin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1703695114" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691014v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giuggioli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Perna" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005822" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01366736v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S. Calovi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schuhmacher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chat&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2014.1362" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01215970v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ngo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/1/015026" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526890v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.83.031131" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493280v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.84.056317" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461577v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricio A. Albuquerque" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Capponi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.064418" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506795v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Widemann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sicardy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dusser" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Beisker" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2008.09.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318712v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Redner" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2008-00405-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414657v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Touya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David S. Dean" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/42/37/375001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158432v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2007.10.075" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169682v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2008.02.025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318720v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.061106" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318716v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.061111" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305336v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.011121" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158430v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2007.05.069" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079084v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.020601" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158431v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2007/08/P08013" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109033v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2006.08.076" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079074v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.011112" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079083v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya N. Majumdar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2006/07/L07001" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123745v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.066103" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079075v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.066130" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109031v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.066104" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004882v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2005.03.046" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004883v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.72.026105" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004878v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.70.026115" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004877v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.066109" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004876v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.016116" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004881v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004880v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ribot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rosier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004879v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.130602" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004873v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rosier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.036105" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004875v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.066128" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004874v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.046133" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004870v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Laval" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Dubrulle" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.065301" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139162v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004871v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Kaprivsky" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.86.2494" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004872v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Krapivsky" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/34/42/322" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004866v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya Majumdar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rudinger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.61.1258" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004869v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.61.6644" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004868v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.62.490" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004867v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.60.1464" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004865v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cueille" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050594" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004863v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.57.881" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123759v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1997-00454-4" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004857v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.55.5465" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004864v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/30/23/001" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004858v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yurke" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Pargellis" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. N. Majumdar" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.56.R40" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004860v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krug" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kallabis" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J Cornell" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Bray" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.56.2702" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004856v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Cornell" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.3704" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004862v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/29/13/022" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004855v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan J. Bray" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J. Cornell" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.2867" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004854v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.1420" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123747v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.74.4321" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123746v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.52.244" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367458v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123763v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seul" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1995117" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-80DGLJRH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898746v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra M. Varma" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei E. Ruckenstein" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Giamarchi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.72.2478" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898760v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sire" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Varma" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Ruckenstein" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Giamarchi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4534(94)92389-2" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZ5TM384-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123749v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.72.420" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123748v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Y. Morgan" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.73.2284" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123762v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217979293002481" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123750v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.71.3729" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123753v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montambaux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poilblanc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bellissard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.70.497" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123752v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.70.4022" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123751v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. R. Krishnamurty" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.48.13833" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123755v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Passaro" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Benza" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.46.13751" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123761v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/24/21/024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9BF4X507-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123764v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Mosseri" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198900500240344700" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-4VQP6FBN-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00212469v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0199000510150156900" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/023247BE6129E9A9A8F4A2989BB8C1625587166B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382030v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bellissard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/11/5/009" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-ZRTMB3CS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00211154v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472630v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/10/5/016" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382037v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sadoc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198900500240346300" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-Z3QRLF1Z-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00211156v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235527v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Verdoucq" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Hattenberger" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS54217.2022.9836112" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461637v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814374552_0422" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004885v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favennec" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337235v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415065v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-sire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4089-4013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/029759331" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/sire_c_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/GPX-2047-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpt.univ-tlse3.fr/fiche-annuaire/sire-clement/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415061v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sanchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Escobedo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bastien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lenseigne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Denis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0339909" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijia Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhangang Han" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sire" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.240885" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343704v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guozheng Lin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Li" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Xue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/nr7p-m4ff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512866v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaios Papaspyros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alahi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Theraulaz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2023.0630" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687546v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mondada" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/ad577a" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185196v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Chavanis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sopik" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.014118" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156525v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arshed Nabeel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Jadhav" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Raj M" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/ace22d" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236497v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bassanetti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cezera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delacroix" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blanchet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2307880120" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Burnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cherfan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3290960" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361175v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011636" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648631v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie van Steijn" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Wortel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dupr&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009156" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648537v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sanchez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009437" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340194v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jayles" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H.J.M. Kurvers" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2021.0231" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf H.J.M. Kurvers" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009590" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393253v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Escobedo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pasqua" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zanon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0801" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363016v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Lei" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007194" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Kameda" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31234/osf.io/bufjk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991100v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2020.0496" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363025v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escobedo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lecheval" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Papaspyros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mondada" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0380" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814732v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Filella" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nadal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kanso" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.198101" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323999v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Rey-Barroso" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S. Calovi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Combe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolla German" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24222-4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725109v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Allegra" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Bamieh" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Mitra" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/aa9bb3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324021v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Litchinko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lecheval" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lopez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso P&#233;rez Escudero" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005933" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793339v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Jiang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tichit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Korinna Hemelrijk" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.0251" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337096v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691014v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giuggioli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Perna" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005822" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690943v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hye-Rin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1703695114" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01366736v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S. Calovi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schuhmacher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chat&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2014.1362" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01215970v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ngo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/1/015026" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526890v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.83.031131" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493280v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.84.056317" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461577v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricio A. Albuquerque" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Capponi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.064418" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506795v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Widemann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sicardy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dusser" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Beisker" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2008.09.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318712v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Redner" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2008-00405-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414657v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Touya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David S. Dean" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/42/37/375001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305336v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.011121" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318716v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.061111" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318720v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.061106" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158432v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2007.10.075" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169682v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2008.02.025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109033v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2006.08.076" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158430v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2007.05.069" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079084v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.020601" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158431v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2007/08/P08013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109031v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.066104" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079083v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya N. Majumdar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2006/07/L07001" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079074v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.011112" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123745v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.066103" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079075v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.066130" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004883v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.72.026105" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004882v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2005.03.046" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004879v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.130602" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004878v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.70.026115" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004877v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.066109" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004881v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004876v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.016116" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004880v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ribot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rosier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004874v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.046133" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004873v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rosier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.036105" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004875v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.066128" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004872v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Krapivsky" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/34/42/322" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004870v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Laval" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Dubrulle" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.065301" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139162v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004871v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Kaprivsky" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.86.2494" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004866v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya Majumdar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rudinger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.61.1258" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004869v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.61.6644" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004868v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.62.490" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004867v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.60.1464" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004865v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cueille" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050594" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004863v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.57.881" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004860v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krug" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kallabis" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. N. Majumdar" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J Cornell" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Bray" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.56.2702" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123759v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1997-00454-4" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004857v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.55.5465" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004864v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/30/23/001" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004858v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yurke" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Pargellis" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.56.R40" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004854v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.1420" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004856v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Cornell" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.3704" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004862v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/29/13/022" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004855v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan J. Bray" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J. Cornell" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.2867" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123763v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seul" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1995117" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-80DGLJRH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123747v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.74.4321" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367458v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123746v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.52.244" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898760v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sire" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Varma" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Ruckenstein" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Giamarchi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4534(94)92389-2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZ5TM384-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123749v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.72.420" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898746v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra M. Varma" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei E. Ruckenstein" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Giamarchi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.72.2478" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123748v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Y. Morgan" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.73.2284" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123750v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.71.3729" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123762v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217979293002481" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123753v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montambaux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poilblanc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bellissard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.70.497" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123752v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.70.4022" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123751v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. R. Krishnamurty" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.48.13833" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123755v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Passaro" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Benza" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.46.13751" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123761v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/24/21/024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9BF4X507-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123764v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Mosseri" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198900500240344700" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-4VQP6FBN-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00212469v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0199000510150156900" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/023247BE6129E9A9A8F4A2989BB8C1625587166B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382030v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bellissard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/11/5/009" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-ZRTMB3CS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00211154v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472630v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/10/5/016" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382037v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sadoc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198900500240346300" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-Z3QRLF1Z-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00211156v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235527v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Verdoucq" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Hattenberger" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS54217.2022.9836112" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461637v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814374552_0422" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004885v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favennec" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337235v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415065v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>