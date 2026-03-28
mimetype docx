--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1568,597 +1568,597 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating ergonomics into the early stages of Digital Twin design From the design of a Digital Twin for short-distance dairy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Naomi Kamoise</w:t>
+                <w:t xml:space="preserve">Integrating agent transparency adaptation mechanisms into Human-Machine Cooperation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïck Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Julien</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Pacaux-Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rauffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Cognitive Ergonomics (ECCE 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE SMC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Kuching, Malaysia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04740587v1</w:t>
+                <w:t xml:space="preserve">hal-04676886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating agent transparency adaptation mechanisms into Human-Machine Cooperation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparing prospective methods to identify latent needs An application to digital twin for maintenance 4.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Kamoise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Hamzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE SMC 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Kuching, Malaysia</w:t>
+              <w:t xml:space="preserve">European Conference on Cognitive Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676886v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing prospective methods to identify latent needs An application to digital twin for maintenance 4.0</w:t>
+                <w:t xml:space="preserve">Using Prospective Ergonomics To Design Cooperative Digital Twin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Kamoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Hamzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Cognitive Ergonomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">22nd Triennial Congress of the International Ergonomics Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, JEJU Island, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706271v1</w:t>
+                <w:t xml:space="preserve">hal-04680164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Prospective Ergonomics To Design Cooperative Digital Twin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Naomi Kamoise</w:t>
+                <w:t xml:space="preserve">Agent Transparency as a mechanism of Trust Improvement between Humans and Industry 4.0 Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïck Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rauffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guerin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd Triennial Congress of the International Ergonomics Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, JEJU Island, South Korea</w:t>
+              <w:t xml:space="preserve">SOHOMA 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Augsburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680164v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agent Transparency as a mechanism of Trust Improvement between Humans and Industry 4.0 Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rauffet</w:t>
+                <w:t xml:space="preserve">Integrating ergonomics into the early stages of Digital Twin design From the design of a Digital Twin for short-distance dairy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Guennoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Kamoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOHOMA 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Conference on Cognitive Ergonomics (ECCE 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Cognitive Ergonomics, Oct 2024, Paris, France. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3673805.3673826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676887v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation dynamique de la transparence pour la coopération humain-machine</w:t>
               </w:r>
@@ -2347,51 +2347,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jumeau numérique collaboratif pour la planification des Ordres de Travail préventifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Kamoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guérin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2572,64 +2572,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Kamoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Hamzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Safety and Reliability Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Dublin, Ireland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3310,964 +3310,964 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception participative et interdisciplinaire d’un agent virtuel émotionnel pour une technologie destinée aux aînés</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dominique Lorrain</w:t>
+                <w:t xml:space="preserve">Assessment of stress sources and moderators among analysts in a cyber-attacks simulation context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Deline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rauffet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème colloque EPIQUE 2017, L'Ergonomie des technologies pour le développement des compétences. </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">HFES Chapter Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01590502v1</w:t>
+                <w:t xml:space="preserve">hal-01590467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of stress sources and moderators among analysts in a cyber-attacks simulation context</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Guillet</w:t>
+                <w:t xml:space="preserve">Conception participative et interdisciplinaire d’un agent virtuel émotionnel pour une technologie destinée aux aînés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loued Wathek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Pigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lorrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HFES Chapter Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Roma, Italy</w:t>
+              <w:t xml:space="preserve">9ème colloque EPIQUE 2017, L'Ergonomie des technologies pour le développement des compétences. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01590467v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agent virtuel et personnes âgées font-ils bon ménage ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of comic books twin pages with a non-overlapping stitching method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wathek Loued</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Burie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léopold Lieb</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marc Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">145ème réunion scientifique et éducative annuelle ACG2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">the 1st International Workshop on coMics ANalysis, Processing and Understanding (MANPU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Cancun, Mexico. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3011549.3011550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01413178v1</w:t>
+                <w:t xml:space="preserve">hal-02889935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of comic books twin pages with a non-overlapping stitching method</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amelis : Concevoir un agent virtuel expressif intégré à un calendrier interactif pour des aînés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Ogier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Wathek Loued</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Lieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lorrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 1st International Workshop on coMics ANalysis, Processing and Understanding (MANPU)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">WACAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Brest, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889935v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelis : Concevoir un agent virtuel expressif intégré à un calendrier interactif pour des aînés</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le stress dans un contexte de cyberdéfense : relations entre mesures subjectives et physiologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Deline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rauffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WACAI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Brest, France</w:t>
+              <w:t xml:space="preserve">Congrès Annuel de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413196v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01358022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le stress dans un contexte de cyberdéfense : relations entre mesures subjectives et physiologiques</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Agent virtuel et personnes âgées font-ils bon ménage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wathek Loued</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Lieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lorrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Annuel de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">145ème réunion scientifique et éducative annuelle ACG2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01358022v1</w:t>
+                <w:t xml:space="preserve">hal-01413178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMELIS, étude des usages d’un calendrier électronique mural par des personnes âgées et leurs aidants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Porcher-Sala</w:t>
+                <w:t xml:space="preserve">Intégrer les théories biopsychosociales du vieillissement de la conception jusqu’à l’usage d’une technologie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lorrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chauvin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Lorrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPIQUE 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bonnardel Nathalie; Pellegrin, Liliane; Chaudet, Hervé, Jul 2015, Aix-en-Provence, France. pp.355</w:t>
+              <w:t xml:space="preserve">Workshop ACCEPT (Assistance tools &amp; Cognitive Contribution : Embodied Potential of Technology)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul Valéry, Montpellier 3, Jun 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01217015v1</w:t>
+                <w:t xml:space="preserve">hal-01413108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégrer les théories biopsychosociales du vieillissement de la conception jusqu’à l’usage d’une technologie.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">AMELIS, étude des usages d’un calendrier électronique mural par des personnes âgées et leurs aidants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Porcher-Sala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lorrain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christine Chauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop ACCEPT (Assistance tools &amp; Cognitive Contribution : Embodied Potential of Technology)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paul Valéry, Montpellier 3, Jun 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EPIQUE 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bonnardel Nathalie; Pellegrin, Liliane; Chaudet, Hervé, Jul 2015, Aix-en-Provence, France. pp.355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413108v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de la tâche d'un pilote de Rafale à l'aide d'une HTA étendue à la gestion des modes dégradés</w:t>
               </w:r>
@@ -4734,103 +4734,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet de conception participative du calendrier Amelis : Placer les aînés au cœur de la conception technologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loued Wathek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Lieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lorrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Age 3.0</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Montréal, Canada. 2016</w:t>
@@ -5277,51 +5277,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F5D98092"/>
+    <w:nsid w:val="D0DC9524"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5508,51 +5508,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clementguerin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1544-1602" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usherbrooke.ca/domus/fr/recherche/nos-projets-de-recherche/calendrier-amelis/calendrier-amelis-pour-personnes-agees/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uphf.fr/humanism/en/presentation" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seanatic.bzh/fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rodic.ls2n.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arpege-recherche.org/association/presentation" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arpege-recherche.org/activites/commissions/facteurs-humains-des-systemes-du-futur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764531v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Simon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rauffet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-024-00782-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089023v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gu&#233;rin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2023.3273773" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157238v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Pacaux-Lemoine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berdal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-021-00667-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367409v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Deline" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-019-00614-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407440v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Viaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.021" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551088v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Leroy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-017-0420-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160217v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hoc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Mebarki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hfm.20359" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4RLR4R01-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160212v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ergon.2012.07.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QW3XQZ1D-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278239v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guivier-Curien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tann&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lugiez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evin Morgane" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.592367" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151059v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Smith-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berruet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740587v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guennoc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Kamoise" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Julien" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673826" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04676886v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706271v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hamzaoui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dupont" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680164v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04676887v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111732v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111778v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189424v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601183v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Diguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_J01-04-127-cd" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774847v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_S10-10-646-cd" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536524v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Seguin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54941/ahfe1001602" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274587v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274567v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274573v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643967v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.12.111" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893007v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590502v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Porcher" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loued Wathek" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Pigot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lorrain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590467v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413178v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wathek Loued" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Lieb" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889935v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Burie" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ogier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3011549.3011550" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413196v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pigot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358022v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217015v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Porcher-Sala" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413108v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903280v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Coppin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622228v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903277v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554885v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456842v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413147v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03420496v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Trentesaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Debernard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Enjalbert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Adam" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01175501v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LAROS024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00744251v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin Gu&#233;rin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012REN20025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clementguerin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1544-1602" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usherbrooke.ca/domus/fr/recherche/nos-projets-de-recherche/calendrier-amelis/calendrier-amelis-pour-personnes-agees/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uphf.fr/humanism/en/presentation" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seanatic.bzh/fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rodic.ls2n.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arpege-recherche.org/association/presentation" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arpege-recherche.org/activites/commissions/facteurs-humains-des-systemes-du-futur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764531v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Simon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rauffet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-024-00782-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089023v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gu&#233;rin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2023.3273773" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157238v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Pacaux-Lemoine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berdal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-021-00667-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367409v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Deline" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-019-00614-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407440v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Viaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.021" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551088v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Leroy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-017-0420-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160217v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hoc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Mebarki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hfm.20359" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4RLR4R01-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160212v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ergon.2012.07.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QW3XQZ1D-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278239v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guivier-Curien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tann&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lugiez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evin Morgane" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.592367" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151059v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Smith-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berruet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04676886v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706271v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Kamoise" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hamzaoui" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Julien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dupont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680164v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04676887v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740587v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guennoc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673826" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111732v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111778v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189424v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601183v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Diguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_J01-04-127-cd" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774847v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_S10-10-646-cd" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536524v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Seguin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54941/ahfe1001602" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274587v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274567v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274573v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643967v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.12.111" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893007v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590467v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590502v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Porcher" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loued Wathek" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Pigot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lorrain" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889935v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Burie" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ogier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3011549.3011550" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413196v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wathek Loued" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Lieb" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pigot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358022v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413178v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413108v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217015v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Porcher-Sala" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903280v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Coppin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622228v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903277v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554885v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456842v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413147v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03420496v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Trentesaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Debernard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Enjalbert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Adam" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01175501v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LAROS024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00744251v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin Gu&#233;rin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012REN20025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>