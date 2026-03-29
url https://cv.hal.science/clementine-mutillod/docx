--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -786,660 +786,942 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04454199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yellow-legged gull populations (Larus michahellis) link the history of landfills to soil eutrophication and time-related vegetation changes on small Mediterranean islands</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Vidal</w:t>
+                <w:t xml:space="preserve">Heavy ionic pollution disrupts assemblages of algae, macroinvertebrates and riparian vegetation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Fanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Affre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Franquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cavalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.162948⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 331, pp.121791. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04326871v1</w:t>
+                <w:t xml:space="preserve">hal-04326883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heavy ionic pollution disrupts assemblages of algae, macroinvertebrates and riparian vegetation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cavalli</w:t>
+                <w:t xml:space="preserve">Yellow-legged gull populations (Larus michahellis) link the history of landfills to soil eutrophication and time-related vegetation changes on small Mediterranean islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Mutillod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Baumberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arne Saatkamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 331, pp.121791. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 878, pp.162948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121791⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.162948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04326883v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land cover composition, local plant community composition and honeybee colony density affect wild bee species assemblages in a Mediterranean biodiversity hot-spot</w:t>
+                <w:t xml:space="preserve">Pollinator Specific Richness and Their Interactions With Local Plant Species: 10 Years of Sampling in Mediterranean Habitats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Affre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Schurr</w:t>
+                <w:t xml:space="preserve">Matthieu Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Catherine Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Floriane Flacher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Genoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Oecologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 104, pp.103546. </w:t>
+              <w:t xml:space="preserve">Environmental Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (4), pp.947-955. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actao.2020.103546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ee/nvaa061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02555306v1</w:t>
+                <w:t xml:space="preserve">hal-02869143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollinator Specific Richness and Their Interactions With Local Plant Species: 10 Years of Sampling in Mediterranean Habitats</w:t>
+                <w:t xml:space="preserve">Land cover composition, local plant community composition and honeybee colony density affect wild bee species assemblages in a Mediterranean biodiversity hot-spot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Affre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Aubert</w:t>
+                <w:t xml:space="preserve">Lucie Schurr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Flacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Fernandez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Floriane Flacher</w:t>
+                <w:t xml:space="preserve">David Genoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 49 (4), pp.947-955. </w:t>
+              <w:t xml:space="preserve">Acta Oecologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 104, pp.103546. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ee/nvaa061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actao.2020.103546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02869143v1</w:t>
+                <w:t xml:space="preserve">hal-02555306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La colonisation des pins affecte-t-elle la biodiversité des écosystèmes herbacés?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia F Medeiros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Mutillod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Schatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blight</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECOVEG17 - Ecologie des Communautés Végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment les insectes sont-ils pris en compte dans les projets de restauration écologique ? Résultats d'une synthèse bibliographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon C.M. Hess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Blaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natan Huberson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REVER 13 - RESTAURER ET COHABITER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restaurer ou ré-ensauvager ?Approches conceptuelles, taxonomiques et fonctionnelles de l’influence d’herbivores domestiques ou ‘sauvages’ sur les pelouses sèches du Causse Méjean (Massif Central, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Mutillod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université d'Avignon, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024AVIG0632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05046341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1449,1128 +1731,814 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How are insects considered in ecological restoration projects?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon C M Hess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Blaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natan Huberson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE² - congrès international de la Société Française d’Écologie et Évolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La restauration des écosystèmes : de l'amélioration des services écosystémiques à la restauration écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Saby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Blaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Kubien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Melloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNRIUT 2023 Saint Pierre - La Réunion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUT de Saint Pierre, Jun 2023, Saint Pierre (La Réunion), La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04326684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mediterranean streams vulnerability, functions and services for the cities: The case of a hyper-salinized stream in Marseilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Franquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Fanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Affre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cavalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIL2022: International Society of Limnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society of Limnology, Aug 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04555670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les insectes sont-ils pris en compte dans les projets de restauration écologique ? Résultats d'une synthèse bibliographique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand l’introduction de chevaux de Przewalski en Lozère sauve l’espèce mais aussi l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Mutillod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Manon C.M. Hess</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romane Blaya</w:t>
-[...62 lines deleted...]
-                <w:t xml:space="preserve">hal-04825972v1</w:t>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La colonisation des pins affecte-t-elle la biodiversité des écosystèmes herbacés?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natalia F Medeiros</w:t>
+                <w:t xml:space="preserve">Restaurer ou réensauvager la nature ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Mutillod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...142 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tatin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680460v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological and habitat restoration for insect conservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon C M Hess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Blaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natan Huberson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">James S. Pryke; Michael J. Samways; Tim R. New; Pedro Cardoso; René Gaigher. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Routledge Handbook of Insect Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Taylor &amp; Francis, pp.185-196, 2024, 9781003285793. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003285793-17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4324/9781003285793-17⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04615544v1</w:t>
-              </w:r>
-[...131 lines deleted...]
-                <w:t xml:space="preserve">hal-04833505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId75"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2725,51 +2693,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05426491v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vivier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Germain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gallet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958018v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mutillod" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Baumberger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Saatkamp" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vidal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2025a2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05149324v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tatin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Mahy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2025.126378" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433787v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110469" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04454199v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Mahy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jaunatre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M Bullock" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13046" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326871v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162948" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326883v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Fanton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bertrand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121791" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555306v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schurr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Flacher" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2020.103546" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02869143v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvaa061" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05046341v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AVIG0632" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825921v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C M Hess" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blaya" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natan Huberson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326684v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rocher" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saby" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kubien" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Melloul" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555670v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825972v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C.M. Hess" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825975v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia F Medeiros" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04680460v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615544v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003285793-17" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833505v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05426491v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vivier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Buisson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Germain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gallet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958018v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mutillod" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Baumberger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Saatkamp" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vidal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2025a2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05149324v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tatin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Mahy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2025.126378" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433787v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110469" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04454199v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Mahy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jaunatre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M Bullock" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13046" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326883v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Fanton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bertrand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121791" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326871v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162948" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02869143v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Flacher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvaa061" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555306v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schurr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2020.103546" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825975v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia F Medeiros" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825972v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C.M. Hess" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blaya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natan Huberson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05046341v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AVIG0632" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04825921v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C M Hess" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326684v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rocher" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saby" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kubien" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Melloul" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555670v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04680460v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833505v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615544v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003285793-17" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>