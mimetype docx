--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1249,295 +1249,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01136406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultraviolet laser photolysis of hydrocarbons for nondiamond carbon suppression in chemical vapor deposition of diamond films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solid-liquid co-existent phase process: towards fully dense and thermally efficient Cu/C composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clio Azina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li-Sha Li</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loic Constantin</w:t>
+                <w:t xml:space="preserve">Jerome Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Da-Wei Li</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kamran Keramatnejad</w:t>
+                <w:t xml:space="preserve">Vincent Mauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mortaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Light: Science and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/lsa.2017.177⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 738, pp.292-300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01798354v1</w:t>
+                <w:t xml:space="preserve">hal-01686477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-liquid co-existent phase process: towards fully dense and thermally efficient Cu/C composite materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clio Azina</w:t>
+                <w:t xml:space="preserve">Ultraviolet laser photolysis of hydrocarbons for nondiamond carbon suppression in chemical vapor deposition of diamond films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li-Sha Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Roger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Joulain</w:t>
+                <w:t xml:space="preserve">Da-Wei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mauchamp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Mortaigne</w:t>
+                <w:t xml:space="preserve">Lei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamran Keramatnejad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 738, pp.292-300. </w:t>
+              <w:t xml:space="preserve">Light: Science and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7, 17177 (9 p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/lsa.2017.177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01686477v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01798354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved adhesion of polycrystalline diamond films on copper/carbon composite surfaces due to in situ formation of mechanical gripping sites</w:t>
               </w:r>
@@ -2232,51 +2232,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0860F859"/>
+    <w:nsid w:val="38E6BB13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2463,51 +2463,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clio-azina" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0695-9194" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/I-4817-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816038v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Azina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Poll" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Holzapfel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tailleur" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Zuber" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.02.037" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05184183v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Litnovsky" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Silvestroni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2023.112433" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326590v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Audurier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gadaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bonneville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.111364" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294243v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Mr&#225;z" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Greczynski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Hans" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Primetzhofer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.05.080" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506962v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mythili Prakasam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morvan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Constantin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Goglio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.105858" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134794v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Cornu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Lu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5052307" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787015v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Constantin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisha Fan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Keramatnejad" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.8b00084" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136406v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mortaigne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiming Zou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2018.08.021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798354v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Sha Li" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Da-Wei Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2017.177" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686477v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Roger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.196" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531340v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengmeng Wang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Feuillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2017.04.037" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176786v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176759v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176776v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01699064v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BORD0767" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clio-azina" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0695-9194" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/I-4817-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816038v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Azina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Poll" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Holzapfel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tailleur" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Zuber" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.02.037" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05184183v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Litnovsky" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Silvestroni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2023.112433" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326590v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Audurier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gadaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bonneville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.111364" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294243v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Mr&#225;z" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Greczynski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Hans" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Primetzhofer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.05.080" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506962v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mythili Prakasam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morvan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Constantin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Goglio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.105858" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134794v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Cornu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Lu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5052307" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787015v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Constantin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisha Fan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Keramatnejad" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.8b00084" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136406v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mortaigne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiming Zou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2018.08.021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686477v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Roger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.196" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798354v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Sha Li" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Da-Wei Li" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Liu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2017.177" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531340v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengmeng Wang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Feuillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2017.04.037" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176786v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176759v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176776v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01699064v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BORD0767" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>