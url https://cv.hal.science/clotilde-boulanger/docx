--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -615,295 +615,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">II- from ecological recycling of Pd to greener sonogashira cross-coupling reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New biomaterials for Ni biosorption turned into catalysts for Suzuki–Miyaura cross coupling of aryl iodides in green conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy Petit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Diliberto</w:t>
+                <w:t xml:space="preserve">Franck Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Diliberto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2021.126164⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (45), pp.28085 - 28091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1ra04478h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03137088v1</w:t>
+                <w:t xml:space="preserve">hal-03324149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New biomaterials for Ni biosorption turned into catalysts for Suzuki–Miyaura cross coupling of aryl iodides in green conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">II- from ecological recycling of Pd to greener sonogashira cross-coupling reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Pelissier</w:t>
+                <w:t xml:space="preserve">Timothé Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Diliberto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+                <w:t xml:space="preserve">Eddy Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (45), pp.28085 - 28091. </w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 293, pp.126164. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1ra04478h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2021.126164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03324149v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-CaMnOx: A Greener Generation of Eco-catalysts for Eco-friendly Oxidation Processes</w:t>
               </w:r>
@@ -915,64 +915,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bihanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1017,490 +1017,490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03083124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards enhanced durability of electrochromic WO3 interfaced with liquid or ceramic sodium-based electrolytes</w:t>
+                <w:t xml:space="preserve">Influence of the electrolyte composition on the electrochemical dissolution behavior of forged Inconel 718</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Zimmer</w:t>
+                <w:t xml:space="preserve">Mariem Msakni Malouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Tresse</w:t>
+                <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Stein</w:t>
+                <w:t xml:space="preserve">Janvier Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Horwat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+                <w:t xml:space="preserve">Mickael Rancic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 360, pp.136931. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50, pp.197 - 206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2020.136931⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10800-019-01386-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02931228v1</w:t>
+                <w:t xml:space="preserve">hal-04046214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the electrolyte composition on the electrochemical dissolution behavior of forged Inconel 718</w:t>
+                <w:t xml:space="preserve">Morphological and chemical dynamics upon electrochemical cyclic sodiation of electrochromic tungsten oxide coatings extracted by in situ ellipsometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariem Msakni Malouche</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Alexandre Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Gilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Broch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 50, pp.197 - 206. </w:t>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (12), pp.3766-3772. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10800-019-01386-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/AO.389063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04046214v1</w:t>
+                <w:t xml:space="preserve">hal-02558316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological and chemical dynamics upon electrochemical cyclic sodiation of electrochromic tungsten oxide coatings extracted by in situ ellipsometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Towards enhanced durability of electrochromic WO3 interfaced with liquid or ceramic sodium-based electrolytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Gilliot</w:t>
+                <w:t xml:space="preserve">Manuel Tresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Broch</w:t>
+                <w:t xml:space="preserve">D. Horwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 59 (12), pp.3766-3772. </w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 360, pp.136931. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/AO.389063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2020.136931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02558316v1</w:t>
+                <w:t xml:space="preserve">hal-02931228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coloration mechanism of electrochromic Na x WO3 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Gilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Gilliot</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Manuel Tresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Broch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kessein Eric Tillous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1813,295 +1813,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02019479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of bismuth telluride nanotubes and their simulated thermal properties</w:t>
+                <w:t xml:space="preserve">Microstructure and thermoelectric properties of p-type bismuth antimony telluride nanowires synthetized by template electrodeposition in polycarbonate membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Danine</w:t>
+                <w:t xml:space="preserve">Abdelaadim Danine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+                <w:t xml:space="preserve">Jonathan Schoenleber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Schaefer</w:t>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Li</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W. Ensinger</w:t>
+                <w:t xml:space="preserve">François Montaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.spmi.2018.06.042⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 279, pp.258-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2018.05.071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01858000v1</w:t>
+                <w:t xml:space="preserve">hal-02129955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure and thermoelectric properties of p-type bismuth antimony telluride nanowires synthetized by template electrodeposition in polycarbonate membranes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of bismuth telluride nanotubes and their simulated thermal properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Danine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelaadim Danine</w:t>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Schoenleber</w:t>
+                <w:t xml:space="preserve">S. Schaefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+                <w:t xml:space="preserve">S. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Montaigne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+                <w:t xml:space="preserve">W. Ensinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 279, pp.258-268. </w:t>
+              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2018.05.071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.spmi.2018.06.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02129955v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosourced polymetallic catalysis : a surprising and efficient means to promote the Knoevenagel condensation</w:t>
               </w:r>
@@ -2113,77 +2113,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Diliberto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 6, pp.art. 48. </w:t>
@@ -2479,261 +2479,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01390697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review of electroplating for V-VI thermoelectric films: from synthesis to device integration</w:t>
+                <w:t xml:space="preserve">Switchable Alkene Epoxidation/Oxidative Cleavage with H2O2/NaHCO3: Efficient Heterogeneous Catalysis Derived from Biosourced Eco-Mn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raimar Rostek</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Stein</w:t>
+                <w:t xml:space="preserve">Vincent Escande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Garoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 30 (17), pp.2518-2543. </w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3 (11), pp.2704-2715. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1557/jmr.2015.203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.5b00561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297875v1</w:t>
+                <w:t xml:space="preserve">hal-01297872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switchable Alkene Epoxidation/Oxidative Cleavage with H2O2/NaHCO3: Efficient Heterogeneous Catalysis Derived from Biosourced Eco-Mn</w:t>
+                <w:t xml:space="preserve">A review of electroplating for V-VI thermoelectric films: from synthesis to device integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Escande</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Garoux</w:t>
+                <w:t xml:space="preserve">Raimar Rostek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 3 (11), pp.2704-2715. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 30 (17), pp.2518-2543. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.5b00561⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1557/jmr.2015.203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297872v1</w:t>
+                <w:t xml:space="preserve">hal-01297875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual thermoelectric properties of electrodeposited bismuth telluride nanowires in polycarbonate membranes</w:t>
               </w:r>
@@ -2758,51 +2758,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sungmee Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeongmin Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Schoenleber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2865,90 +2865,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth Mechanism during the Early Stages of electrodeposition of Bismuth telluride films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Broch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 174, pp.376-383. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3046,51 +3046,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 137, pp.586-594. </w:t>
@@ -3153,51 +3153,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of tartaric acid on diffusion coefficients of Bi-III,Bi- Sb-III,Sb- Te-IV in aqueous medium: Application of electrodeposition of thermoelectric films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Schoenleber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3250,291 +3250,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01297876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological catalysis and phytoextraction: symbiosis for future</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of a Soluble Anode in Electrodeposition of Thick Bismuth Telluride Layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Grison</w:t>
+                <w:t xml:space="preserve">Mathieu Maas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Thillier</w:t>
+                <w:t xml:space="preserve">C. De Vaulx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Debart</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">K. Azzouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 7th International Conference on Environmental Catalysis (ICEC2012), Lyon, France, 146, pp.279-288. </w:t>
+              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 43 (10), pp.3857-3862. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2013.04.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11664-014-3292-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03177603v1</w:t>
+                <w:t xml:space="preserve">hal-01297880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of a Soluble Anode in Electrodeposition of Thick Bismuth Telluride Layers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ecological catalysis and phytoextraction: symbiosis for future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Escande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Garoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Maas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Diliberto</w:t>
+                <w:t xml:space="preserve">Claire Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. De Vaulx</w:t>
+                <w:t xml:space="preserve">Yann Thillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Azzouz</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francoise Debart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 43 (10), pp.3857-3862. </w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7th International Conference on Environmental Catalysis (ICEC2012), Lyon, France, 146, pp.279-288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11664-014-3292-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2013.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297880v1</w:t>
+                <w:t xml:space="preserve">hal-03177603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive Study of the Low-​Temperature Transport and Thermodynamic Properties of the Cluster Compounds Ag&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt; (3.41 ≤ x ≤ 3.78)</w:t>
               </w:r>
@@ -3788,77 +3788,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychotria douarrei and Geissois pruinosa, novel resources for the plant-based catalytic chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Escande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Garoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3974,51 +3974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochemistry Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24, pp.57-60. </w:t>
@@ -4498,64 +4498,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of electroplated Bi2(Te1-xSex)3 alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4753,64 +4753,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Room-temperature ionic liquid for lanthanum electrodeposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5041,51 +5041,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianxin Zou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5537,51 +5537,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Lecuire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5666,51 +5666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Scidone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5795,51 +5795,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of chemical and electrochemical parameters for the preparation of n-typeBi2Te0.7Se0.3 thin films by electrodeposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6970,233 +6970,233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04524707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insertion electrochimique de nickel et de manganese dans les chalcogenures Mo6S8 et Mo6Se8</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Lecuire</w:t>
+                <w:t xml:space="preserve">Study of silver de-insertion in AgMo6S8, AgMo6Se8, Ag3.6Mo9Se11 phases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Lecuire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0013-4686(87)85046-6⟩</w:t>
+              <w:t xml:space="preserve">Solid State Ionics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 25 (1), pp.45-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0167-2738(87)90177-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04076792v1</w:t>
+                <w:t xml:space="preserve">hal-04524676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of silver de-insertion in AgMo6S8, AgMo6Se8, Ag3.6Mo9Se11 phases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.M. Lecuire</w:t>
+                <w:t xml:space="preserve">Insertion electrochimique de nickel et de manganese dans les chalcogenures Mo6S8 et Mo6Se8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Lecuire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Ionics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1987, 25 (1), pp.45-49. </w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 32 (2), pp.345-348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0167-2738(87)90177-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/0013-4686(87)85046-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04524676v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse, structure cristalline, et propriétés physiques du nouveau binaire métastable supraconducteur a clusters Mo9:OMo9Se11</w:t>
               </w:r>
@@ -7360,64 +7360,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the thermal conductivity of Bi2Te3 one dimensional nanostructures: simulation and synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A D Danine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7740,51 +7740,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Szymczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7861,51 +7861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7969,64 +7969,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Szymczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8077,51 +8077,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanum electrodeposition in air and water stable Room-Temperature Ionic Liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8424,51 +8424,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosourced polymetallic catalysis: A surprising and efficient means to promote the Knoevenagel condensation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8588,51 +8588,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Thiebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">65th ISE Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Lausanne, Switzerland</w:t>
@@ -8713,51 +8713,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUCHEM 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Tallinn, Estonia</w:t>
@@ -8825,51 +8825,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8946,51 +8946,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Szymczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9264,402 +9264,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellipsometric investigations of Bi 2 Te 3 thin films grown by electrodeposition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Electrodéposition du lanthane en milieu liquide ionique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Diliberto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">H Terryn</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Estager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Spectroscopic Ellipsometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">Journées d'Electrochimie 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02900896v1</w:t>
+                <w:t xml:space="preserve">hal-04226632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room-temperature ionic liquids for lanthanum electrodeposition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Ellipsometric investigations of Bi 2 Te 3 thin films grown by electrodeposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Estager</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Johann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stchakovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Terryn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAMES 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Metz, France</w:t>
+              <w:t xml:space="preserve">4th International Conference on Spectroscopic Ellipsometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04226627v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02900896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrodéposition du lanthane en milieu liquide ionique</w:t>
+                <w:t xml:space="preserve">Room-temperature ionic liquids for lanthanum electrodeposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Estager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Electrochimie 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">NAMES 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04226632v1</w:t>
+                <w:t xml:space="preserve">hal-04226627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9975,51 +9975,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04809586v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boulanger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.143977" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04809564v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Solh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tsobmene" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rezai" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-024-02111-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675299v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pola Cybulska" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Legrand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Babst-Kostecka" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le&#347;niewicz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103075" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184149v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Adler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Deyris" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17518253.2021.1898682" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137088v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Dumas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126164" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cases" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pelissier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra04478h" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bihanic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.9b05444" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931228v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zimmer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tresse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Horwat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2020.136931" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04046214v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Msakni Malouche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janvier Lecomte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rancic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-019-01386-z" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02558316v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gilliot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.389063" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kessein Eric Tillous" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.001104" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390386v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Fonda" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michalowicz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diliberto" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2019.100020" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02019479v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barbosa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier J Hernandez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Paofai" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dejoie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b03259" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858000v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaefer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ensinger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.06.042" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129955v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaadim Danine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schoenleber" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montaigne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.05.071" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863338v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00048" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05007102v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boursicot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bombard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Langer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.10.039" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390697v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clav&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Garoux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201600430" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297875v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimar Rostek" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2015.203" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297872v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Escande" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5b00561" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297871v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taehoo Chang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungmee Cho" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongmin Kim" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Frantz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.02.105" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PG0T09JF-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297874v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.190" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJZ4D6GN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297878v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Szymczak" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.06.036" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVF14341-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297876v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schoenleber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2014.04.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P5F61PBM-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177603v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grison" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Thillier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Debart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2013.04.011" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297880v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. De Vaulx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Azzouz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-014-3292-1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088532v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Zhou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Colin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dauscher" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm5016367" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297881v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guyot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Seghir" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Lecuire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Levi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.031303jes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173813v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3RA43995J" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494531v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.08.013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HGVWF47-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825769v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Potel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lecuire" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2009.09.064" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QWGV7CP0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825774v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2010.10.009" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8S6V6D6K-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00301011v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclerc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapicque" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Boulanger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2007.06.064" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDXL6ZB8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257313v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bolle" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401925v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Lecuire" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.07.027" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494537v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Estager" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.08.005" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z3CMJX49-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653638v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Guillaume" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leclerc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapicque" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257344v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grosdidier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxin Zou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Z. Hao" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273010v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-007-9377-2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LM58PT1S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111942v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095686v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Besse" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Heizmann" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03959334v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lecuire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2004.12.164" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RPMLK6F-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524759v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Scidone" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2004.11.013" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MH789N6S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03959292v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schneider" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;M. Lecuire" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1022914615625" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4L10K9K5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524750v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1003990327662" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-19WM72GN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524738v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Kaidi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sergent" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jssc.1999.8213" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7N28SQ2X-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524742v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lem&#233;e" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guilloux-Viry" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1293-2558(00)80113-2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HV4ZNX5W-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524731v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magri" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lecuire" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/jm9960600773" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-1TPLSQ4Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524729v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. El Mehdi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-2738(92)90344-O" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVV0JXTC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524722v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(88)80227-5" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BKD8092B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524716v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(88)80226-3" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WQCQ27R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524711v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(88)80225-1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0DZJ45F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524707v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-4596(88)90174-0" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWR5SNZS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04076792v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(87)85046-6" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-00T820R5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524676v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boulanger" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-2738(87)90177-9" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84X0VSJ7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524691v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gougeon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Padiou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-4596(87)90264-7" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8P86PWBG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473259v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A D Danine" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Li" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thiebaud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04225290v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Thiebaud" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297877v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1441012" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04229231v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496335v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496343v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161991v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111848v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111784v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779322v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01495917v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Michel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01495914v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494653v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494652v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002138v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Chatel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Draye" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002285v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900896v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Johann" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stchakovsky" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Terryn" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226627v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226632v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963623v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Godart" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chubilleau" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04809586v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boulanger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.143977" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04809564v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Solh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tsobmene" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rezai" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-024-02111-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675299v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pola Cybulska" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Legrand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Babst-Kostecka" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le&#347;niewicz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103075" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184149v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Adler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Deyris" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17518253.2021.1898682" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324149v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cases" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pelissier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra04478h" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137088v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Dumas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126164" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bihanic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.9b05444" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04046214v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Msakni Malouche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janvier Lecomte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rancic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-019-01386-z" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02558316v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zimmer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gilliot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.389063" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931228v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Tresse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Horwat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2020.136931" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kessein Eric Tillous" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.001104" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390386v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Fonda" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michalowicz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diliberto" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2019.100020" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02019479v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barbosa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier J Hernandez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Paofai" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dejoie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b03259" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129955v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaadim Danine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schoenleber" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montaigne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.05.071" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858000v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaefer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ensinger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.06.042" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863338v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00048" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05007102v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boursicot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bombard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Langer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.10.039" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390697v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clav&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Garoux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201600430" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297872v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Escande" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5b00561" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297875v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimar Rostek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2015.203" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297871v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taehoo Chang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungmee Cho" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongmin Kim" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Frantz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.02.105" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PG0T09JF-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297874v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.190" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJZ4D6GN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297878v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Szymczak" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.06.036" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVF14341-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297876v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schoenleber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2014.04.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P5F61PBM-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297880v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. De Vaulx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Azzouz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-014-3292-1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177603v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grison" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Thillier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Debart" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2013.04.011" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088532v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Zhou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Colin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dauscher" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm5016367" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297881v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guyot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Seghir" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Lecuire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Levi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.031303jes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173813v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3RA43995J" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494531v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.08.013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HGVWF47-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825769v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Potel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lecuire" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2009.09.064" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QWGV7CP0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825774v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2010.10.009" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8S6V6D6K-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00301011v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclerc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapicque" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Boulanger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2007.06.064" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDXL6ZB8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257313v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bolle" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401925v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Lecuire" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.07.027" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494537v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Estager" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.08.005" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z3CMJX49-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653638v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Guillaume" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leclerc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapicque" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257344v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grosdidier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxin Zou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Z. Hao" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273010v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-007-9377-2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LM58PT1S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111942v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095686v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Besse" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Heizmann" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03959334v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lecuire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2004.12.164" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RPMLK6F-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524759v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Scidone" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2004.11.013" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MH789N6S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03959292v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schneider" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#8208;M. Lecuire" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1022914615625" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4L10K9K5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524750v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1003990327662" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-19WM72GN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524738v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Kaidi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sergent" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jssc.1999.8213" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7N28SQ2X-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524742v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lem&#233;e" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guilloux-Viry" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1293-2558(00)80113-2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HV4ZNX5W-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524731v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magri" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lecuire" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/jm9960600773" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-1TPLSQ4Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524729v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. El Mehdi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-2738(92)90344-O" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVV0JXTC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524722v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(88)80227-5" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BKD8092B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524716v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(88)80226-3" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WQCQ27R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524711v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(88)80225-1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0DZJ45F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524707v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-4596(88)90174-0" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWR5SNZS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524676v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boulanger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-2738(87)90177-9" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84X0VSJ7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04076792v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4686(87)85046-6" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-00T820R5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04524691v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gougeon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Padiou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-4596(87)90264-7" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8P86PWBG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473259v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A D Danine" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Li" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thiebaud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04225290v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Thiebaud" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297877v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1441012" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04229231v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496335v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496343v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161991v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111848v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111784v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779322v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01495917v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Michel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01495914v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494653v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494652v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002138v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Chatel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Draye" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002285v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226632v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900896v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Johann" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stchakovsky" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Terryn" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226627v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963623v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Godart" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chubilleau" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>