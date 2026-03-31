--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1223,346 +1223,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écoulements capillaires dans une microstructure fibreuse</w:t>
+                <w:t xml:space="preserve">Application of Time Series Methods on Long-Term Structural Monitoring Data for Fatigue Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Chevalier</w:t>
+                <w:t xml:space="preserve">Morteza Ahmadivala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bruchon</w:t>
+                <w:t xml:space="preserve">Bartlomiej Sawicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+                <w:t xml:space="preserve">Eugen Brühwiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Moulin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Drapier</w:t>
+                <w:t xml:space="preserve">Thierry Yalamas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gayton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
+              <w:t xml:space="preserve">5th International Conference on Smart Monitoring, Assessment and Rehabilitation of Civil Structures (SMAR 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Potsdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824595v1</w:t>
+                <w:t xml:space="preserve">hal-04502555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Time Series Methods on Long-Term Structural Monitoring Data for Fatigue Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Écoulements capillaires dans une microstructure fibreuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morteza Ahmadivala</w:t>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bartlomiej Sawicki</w:t>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugen Brühwiler</w:t>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Yalamas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gayton</w:t>
+                <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Smart Monitoring, Assessment and Rehabilitation of Civil Structures (SMAR 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Potsdam, Germany</w:t>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04502555v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-variant Reliability Analysis Based on AK-SYS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Ahmadivala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mattrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gayton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Yalamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Orcesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2700,51 +2700,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A strategy for rib-to-deck crack propagation analysis and strengthening of orthotropic deck bridges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Ahmadivala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Berthellemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2834,51 +2834,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AK-SYS-t: New Time-Dependent Reliability Method Based on Kriging Metamodeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Ahmadivala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mattrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4591,51 +4591,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA3E8F1B"/>
+    <w:nsid w:val="F7722628"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4822,51 +4822,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cmattrand" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0623-9245" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164151605" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313107v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quintin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mattrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Chocat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bourinet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313042v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Constant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gayton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04644393v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jules" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cancelliere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS59833.2023.10381439" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04644413v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouch&#233;-Sanseigne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04644400v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thabang Doreen Lebese" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clair" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deheeger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58553-1_2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407588v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thabang Lebese" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM58589.2023.00049" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584544v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04413075v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04879211v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Surget" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubreuil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824595v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chevalier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moulin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502555v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Ahmadivala" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartlomiej Sawicki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Br&#252;hwiler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Yalamas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502516v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Orcesi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22725/ICASP13.480" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843000v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mooti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659781v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leli&#232;vre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beaurepaire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649675v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Huchet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Relun" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659762v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502313v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubourg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04879248v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110755" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808546v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2024.110545" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997532v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Gavallas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Stefanou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Savvas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117207" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03583867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Berthellemy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Orcesi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2022.106057" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03583858v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/AJRUA6.0001163" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502388v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2312" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502030v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.strusafe.2018.01.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502376v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Otsmane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-016-1556-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502394v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bourinet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2013.10.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502381v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2011.08.022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442065v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502635v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beaurepaire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502624v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816517001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502593v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Marguin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502412v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.piutam.2013.01.014" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502616v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Lemaire" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fogli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2011-2034" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502603v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Th&#233;ret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00738947v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011CLF22180" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cmattrand" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0623-9245" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164151605" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313107v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quintin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mattrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Chocat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bourinet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313042v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Constant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gayton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04644393v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jules" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cancelliere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS59833.2023.10381439" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04644413v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouch&#233;-Sanseigne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04644400v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thabang Doreen Lebese" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clair" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deheeger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58553-1_2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407588v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thabang Lebese" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM58589.2023.00049" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584544v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04413075v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04879211v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Surget" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubreuil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502555v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Ahmadivala" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartlomiej Sawicki" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Br&#252;hwiler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Yalamas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824595v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chevalier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moulin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502516v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Orcesi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22725/ICASP13.480" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843000v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mooti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659781v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leli&#232;vre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beaurepaire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649675v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Huchet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Relun" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659762v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502313v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubourg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04879248v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110755" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808546v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2024.110545" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997532v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Gavallas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Stefanou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Savvas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117207" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03583867v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Berthellemy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Orcesi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2022.106057" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03583858v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/AJRUA6.0001163" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502388v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2312" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502030v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.strusafe.2018.01.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502376v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Otsmane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-016-1556-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502394v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bourinet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2013.10.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502381v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2011.08.022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442065v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502635v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beaurepaire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502624v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816517001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502593v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Marguin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502412v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.piutam.2013.01.014" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502616v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Lemaire" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fogli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2011-2034" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502603v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Th&#233;ret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00738947v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011CLF22180" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>