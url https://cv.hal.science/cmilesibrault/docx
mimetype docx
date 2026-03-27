--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1003,277 +1003,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-photoluminescence study of 2D-layered perovskites crystals and thin films. Correlation between the structural and optoelectronics properties.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geraud Delport</w:t>
+                <w:t xml:space="preserve">Time-resolved microphotoluminescence study of 2D layered hybrid perovskites crystals. Correlation between the structural and optical properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Delport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Garrot</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmes Milesi Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perovskite Photonics and Optoelectronics PEROPTO 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées des Pérovskites Halogénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01881449v1</w:t>
+                <w:t xml:space="preserve">hal-01882390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved microphotoluminescence study of 2D layered hybrid perovskites crystals. Correlation between the structural and optical properties.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraud Delport</w:t>
+                <w:t xml:space="preserve">Micro-photoluminescence study of 2D-layered perovskites crystals and thin films. Correlation between the structural and optoelectronics properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraud Delport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosme Milesi Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Pérovskites Halogénées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Autrans, France</w:t>
+              <w:t xml:space="preserve">Perovskite Photonics and Optoelectronics PEROPTO 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882390v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01881449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2315,51 +2315,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0D49E831"/>
+    <w:nsid w:val="0D1D5EEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2546,51 +2546,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cmilesibrault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3431-3158" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272051v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi-Brault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272054v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04632214v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Kr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#345;emysl Van&#283;k" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther De Prado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Buixaderas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867417v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168370v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraud Delport" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chehade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Ledee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Diab" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmes Milesi Brault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881446v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi Brault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882387v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881449v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882390v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272047v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh K. R." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Kadlec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Nuzhnyy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Majchrowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0275923" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121061v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh K R" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther de Prado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/addc4a" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272035v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hill" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Melchiorre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gemeiner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Karolak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0275086" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;ar&#363;nas Svirskas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Savinov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricija Lapienyt&#279;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.104302" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372589v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter Rosander" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Fransson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Toulouse" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdarot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.014309" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029332v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Constable" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Aramberri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Simonet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.097603" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266950v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b01595" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cmilesibrault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3431-3158" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272051v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi-Brault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272054v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04632214v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Kr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#345;emysl Van&#283;k" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther De Prado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Buixaderas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867417v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168370v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraud Delport" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chehade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Ledee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Diab" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmes Milesi Brault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881446v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi Brault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882387v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882390v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881449v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272047v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh K. R." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Kadlec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Nuzhnyy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Majchrowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0275923" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121061v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh K R" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther de Prado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/addc4a" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272035v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hill" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Melchiorre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gemeiner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Karolak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0275086" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;ar&#363;nas Svirskas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Savinov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricija Lapienyt&#279;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.104302" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372589v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter Rosander" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Fransson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Toulouse" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdarot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.014309" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029332v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Constable" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Aramberri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Simonet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.097603" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266950v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b01595" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>