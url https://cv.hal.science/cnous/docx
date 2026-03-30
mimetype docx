--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -375,286 +375,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04828666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’histoire pour l’enseignement de la physique-chimie. Partie 2 : Se décentrer</w:t>
+                <w:t xml:space="preserve">Exact calculation of the expected SFS in structured populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Morizot</w:t>
+                <w:t xml:space="preserve">Armando Arredondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Boulc'H</w:t>
+                <w:t xml:space="preserve">Josué M. Corujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Scavino</w:t>
+                <w:t xml:space="preserve">Camille Nous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Giovanetti</w:t>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Depretto</w:t>
+                <w:t xml:space="preserve">Lounès Chikhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Bulletin de l'Union des Professeurs de Physique et de Chimie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Theoretical Population Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 163, pp.50-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tpb.2025.03.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003437v1</w:t>
+                <w:t xml:space="preserve">hal-04096859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exact calculation of the expected SFS in structured populations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’histoire pour l’enseignement de la physique-chimie. Partie 2 : Se décentrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josué M. Corujo</w:t>
+                <w:t xml:space="preserve">Olivier Morizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Nous</w:t>
+                <w:t xml:space="preserve">Florence Boulc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Boitard</w:t>
+                <w:t xml:space="preserve">Victor Scavino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lounès Chikhi</w:t>
+                <w:t xml:space="preserve">Gabriel Giovanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Depretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Population Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Bulletin de l'Union des Professeurs de Physique et de Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 119 (1072), pp.223-232</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04096859v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regularity of the (N-1)-particle electronic reduced density matrix for molecules with fixed nuclei and N electrons</w:t>
               </w:r>
@@ -969,103 +969,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’histoire pour l’enseignement de la physique-chimie. Partie 1 : donner du sens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Morizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boulc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Scavino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Giovanetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Depretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Bulletin de l'Union des Professeurs de Physique et de Chimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 119 (1071), pp.151-160</w:t>
@@ -1222,51 +1222,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching for Génépi in the Southern Alps: Dealing with Rules for Wild Plant Harvesting in High-Mountain Areas</w:t>
+                <w:t xml:space="preserve">Searching for Génépi in the Southern Alps: dealing with rules for wild plant harvesting in high-mountain areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John D Thompson</w:t>
@@ -2529,468 +2529,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04854233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nationalité entre forme de réparation, réaffiliation et capital : les descendantes et descendants de républicains espagnols exilés et la récupération de la nationalité espagnole</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Évelyne Ribert</w:t>
+                <w:t xml:space="preserve">Le discours de la mesure, entre domination féodale, invisibilisation libérale et historicisation partielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/remi.22940⟩</w:t>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n°130 (130), pp.131-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.130.0131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04314899v1</w:t>
+                <w:t xml:space="preserve">halshs-05193654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mobilisation des pères de familles populaires par les enseignant·e·s : des effets sur les mères qui interrogent l’idéal égalitaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Riban</w:t>
+                <w:t xml:space="preserve">Beatriz, Maracaibo, Venezuela // &amp;quot;Ce Ne Sont Pas Des Sons Liés Au Confinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Pryen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de l'éducation familiale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Artelogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Artelogie, 20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/artelogie.13121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525681v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le discours de la mesure, entre domination féodale, invisibilisation libérale et historicisation partielle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joseph Morsel</w:t>
+                <w:t xml:space="preserve">La nationalité entre forme de réparation, réaffiliation et capital : les descendantes et descendants de républicains espagnols exilés et la récupération de la nationalité espagnole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Ribert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, vol. 39 (n°2 et 3), pp.65-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/remi.22940⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gen.130.0131⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">halshs-05193654v1</w:t>
+                <w:t xml:space="preserve">hal-04314899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une enquête sensible sur l'exil vénézuélien. Une invitation à suivre les routes andines prises à pied et en bus, et à partager certains de leurs territoires d'attente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Pryen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amérique latine. Politique, Sociétés, Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Amérique latine. Politique, Sociétés, Histoire, 2 (1), pp.92-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04137899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz, Maracaibo, Venezuela // &amp;quot;Ce Ne Sont Pas Des Sons Liés Au Confinement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Pryen</w:t>
+                <w:t xml:space="preserve">La mobilisation des pères de familles populaires par les enseignant·e·s : des effets sur les mères qui interrogent l’idéal égalitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Riban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artelogie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue internationale de l'éducation familiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/artelogie.13121⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04428199v1</w:t>
+                <w:t xml:space="preserve">hal-04525681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une mobilisation LGBT au cœur de l’État</w:t>
               </w:r>
@@ -3481,607 +3481,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03879755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réformes de l’université : transformations des géographies d’un service public français</w:t>
+                <w:t xml:space="preserve">Pressure at infinity and strong positive recurrence in negative curvature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Vergnaud</w:t>
+                <w:t xml:space="preserve">Sébastien Gouëzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Schapira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Riquelme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.35562/diversite.3844⟩</w:t>
+              <w:t xml:space="preserve">Commentarii Mathematici Helvetici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2007.08816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04226943v1</w:t>
+                <w:t xml:space="preserve">hal-02901142v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure at infinity and strong positive recurrence in negative curvature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Gouëzel</w:t>
+                <w:t xml:space="preserve">L'écriture de la thèse, une improvisation méthodique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Andrés Herrera Ríos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Vallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Felipe Riquelme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Commentarii Mathematici Helvetici</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2007.08816⟩</w:t>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18, pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/socio-logos.6160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02901142v3</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'écriture de la thèse, une improvisation méthodique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réformes de l’université : transformations des géographies d’un service public français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Vallot</w:t>
+                <w:t xml:space="preserve">Camille Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-logos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 18, pp.1-19. </w:t>
+              <w:t xml:space="preserve">Diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 202, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/socio-logos.6160⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35562/diversite.3844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061163v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04226943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dialogue interdisciplinaire clarifie l'enseignement disciplinaire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solving viscoelastic problems with a Laplace transform approach supplanted by ARX models, suggesting a way to upgrade Finite Element or spectral codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Bascaules</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/jimis.8897⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.10304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04120523v2</w:t>
+                <w:t xml:space="preserve">hal-03845394v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving viscoelastic problems with a Laplace transform approach supplanted by ARX models, suggesting a way to upgrade Finite Element or spectral codes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le dialogue interdisciplinaire clarifie l'enseignement disciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Bascaules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariann Chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Tonussi- Reboh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane André</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Tonussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-18. </w:t>
+              <w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Vol 11 - Thinking interdisciplinarity in practice, </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/jtcam.10304⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/jimis.8897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03845394v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120523v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population genetics of Glossina fuscipes fuscipes from southern Chad</w:t>
               </w:r>
@@ -4433,546 +4433,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04146598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impossible déségrégation ? La mise en œuvre contrariée de la réforme des attributions de logements sociaux dans les intercommunalités françaises</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Lang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yoan Miot</w:t>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Maris-Froelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/gap.232.0065⟩</w:t>
+              <w:t xml:space="preserve">Journal of lithic studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04182374v1</w:t>
+                <w:t xml:space="preserve">hal-03383193v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measurement of the Equation of State of Superfluid Helium-4 at Negative Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lionel Djadaojee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Parisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Grucker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of lithic studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t>
+              <w:t xml:space="preserve">Journal of Low Temperature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10909-022-02936-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03383193v5</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the Equation of State of Superfluid Helium-4 at Negative Pressure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédric Parisi</w:t>
+                <w:t xml:space="preserve">The evolutionary dynamics of plastic foraging and its ecological consequences: a resource-consumer model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Ledru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Faou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Low Temperature Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10909-022-02936-0⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03955640v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04047341v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolutionary dynamics of plastic foraging and its ecological consequences: a resource-consumer model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Océane Guillot</w:t>
+                <w:t xml:space="preserve">Impossible déségrégation ? La mise en œuvre contrariée de la réforme des attributions de logements sociaux dans les intercommunalités françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Béal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Dormois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Faou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Marion Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Miot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3, pp.e99. </w:t>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (2), pp.65-92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/gap.232.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04047341v2</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04182374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population genetics: coalescence rate and demographic parameters inference</w:t>
               </w:r>
@@ -5043,1650 +5043,1650 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les leurres des modèles statistiques</w:t>
+                <w:t xml:space="preserve">First chromosome scale genomes of ithomiine butterflies (Nymphalidae: Ithomiini): comparative models for mimicry genetic studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Guyon</w:t>
+                <w:t xml:space="preserve">Jérémy Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kahina Harma</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joana Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie McClure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Whibley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/educationdidactique.11459⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 23 (4), pp.872-885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04334736v1</w:t>
+                <w:t xml:space="preserve">hal-03926527v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First chromosome scale genomes of ithomiine butterflies (Nymphalidae: Ithomiini): comparative models for mimicry genetic studies</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les leurres des modèles statistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie McClure</w:t>
+                <w:t xml:space="preserve">Hervé Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabel Whibley</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kahina Harma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 23 (4), pp.872-885. </w:t>
+              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (1), pp.133-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/educationdidactique.11459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03926527v2</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04334736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">US-amerikanische Jiddische und Pennsylvania-Deutsche Medien zwischen lokaler Verankerung und Transnationalisierung</w:t>
+                <w:t xml:space="preserve">Comment peut-on divorcer avant le xixe siècle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Modicom</w:t>
+                <w:t xml:space="preserve">Carole Avignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chatelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes Germaniques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, Divorcer ? Les séparations matrimoniales en Europe : Antiquité, période moderne, Révolution, 28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03559078v1</w:t>
+                <w:t xml:space="preserve">hal-03508053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Submental MechanoMyoGraphy (MMG) to Characterize the Swallowing Signature</w:t>
+                <w:t xml:space="preserve">« Ici, c'est l'Afrique ». Fonctionnaires métropolitain·es à Mayotte et construction de la blanchité dans l’État postcolonial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Mialland</w:t>
+                <w:t xml:space="preserve">Violaine Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Kinsiklounon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Tian</w:t>
+                <w:t xml:space="preserve">François Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agnès Bonvilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Critique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (95), pp.19-41</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03231121v1</w:t>
+                <w:t xml:space="preserve">hal-03656338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Ici, c'est l'Afrique ». Fonctionnaires métropolitain·es à Mayotte et construction de la blanchité dans l’État postcolonial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combining experimental and modelling approaches to monitor the transport of an artificial tracer through the hyporheic zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Houzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Mügler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violaine Girard</w:t>
+                <w:t xml:space="preserve">Marc Pessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Féliu</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gaël Monvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critique Internationale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hydrological Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.14498⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03656338v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03604096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encadrer des thèses : d'abord, ne pas nuire. (1) État d'un champ de recherche</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">US-amerikanische Jiddische und Pennsylvania-Deutsche Medien zwischen lokaler Verankerung und Transnationalisierung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Le Goix</w:t>
+                <w:t xml:space="preserve">Pierre-Yves Modicom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 59, </w:t>
+              <w:t xml:space="preserve">Etudes Germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Les études germaniques et le transnational : enjeux d’un questionnement scientifique et épistémologique, 76 (3), pp.379-398. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/echogeo.22889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/eger.303.0379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661155v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03559078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial structure of natural boxwood and the invasive box tree moth can promote coexistence</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Submental MechanoMyoGraphy (MMG) to Characterize the Swallowing Signature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Gallet</w:t>
+                <w:t xml:space="preserve">Adrien Mialland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Kinsiklounon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Ibanez</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonvilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2021.109844⟩</w:t>
+              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43 (5), pp.414-421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.irbm.2021.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03012003v2</w:t>
+                <w:t xml:space="preserve">hal-03231121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment peut-on divorcer avant le xixe siècle ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Chatelain</w:t>
+                <w:t xml:space="preserve">Spatial structure of natural boxwood and the invasive box tree moth can promote coexistence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Ledru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ibanez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 465, pp.109844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2021.109844⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508053v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012003v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining experimental and modelling approaches to monitor the transport of an artificial tracer through the hyporheic zone</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Encadrer des thèses : d'abord, ne pas nuire. (1) État d'un champ de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Pessel</w:t>
+                <w:t xml:space="preserve">Myriam Houssay-Holzschuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Monvoisin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Renaud Le Goix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrological Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 36 (2), </w:t>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 59, </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hyp.14498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.22889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03604096v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple binds and forbidden pleasures: Writing as poaching at French universities</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kazakh Variations for Herders and Animals in the Mongolian Altai: Methodological Contributions to the Study of Nomadic Pastoralism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Marchina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lazzerini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lepetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment and Planning A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0308518X221116114⟩</w:t>
+              <w:t xml:space="preserve">Nomadic Peoples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (1), pp.33-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3197/np.2022.260103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03744459v1</w:t>
+                <w:t xml:space="preserve">hal-03864602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kazakh Variations for Herders and Animals in the Mongolian Altai: Methodological Contributions to the Study of Nomadic Pastoralism</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rumor Classification through a Multimodal Fusion Framework and Ensemble Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazek Azri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouria Harbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nomadic Peoples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3197/np.2022.260103⟩</w:t>
+              <w:t xml:space="preserve">Information Systems Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10796-022-10315-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864602v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Species and population genomic differentiation in Pocillopora corals (Cnidaria, Hexacorallia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Pratlong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Oury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Haguenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Gélin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 150 (5), pp.247-262. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10709-022-00165-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encadrer des thèses : d’abord, ne pas nuire. (2) Diriger c’est enseigner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Houssay-Holzschuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Le Goix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EchoGéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 60, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/echogeo.23589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03731237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumor Classification through a Multimodal Fusion Framework and Ensemble Learning</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+                <w:t xml:space="preserve">Multiple binds and forbidden pleasures: Writing as poaching at French universities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Le Goix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Houssay-Holzschuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Systems Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Environment and Planning A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (7), pp.1475-1485. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10796-022-10315-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0308518X221116114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03814246v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03744459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire face à l’hétéronormativité en contexte policier</w:t>
               </w:r>
@@ -6770,554 +6770,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04004618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Live 3D imaging and mapping of shear stresses within tissues using incompressible elastic beads</w:t>
+                <w:t xml:space="preserve">L’autopartage entre particuliers du point de vue des utilisateurs : quand la voiture devient un bien commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Souchaud</w:t>
+                <w:t xml:space="preserve">Pierre Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Boutillon</w:t>
+                <w:t xml:space="preserve">Jérôme Sawtschuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Charron</w:t>
+                <w:t xml:space="preserve">Dargentas Magdalini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atef Asnacios</w:t>
+                <w:t xml:space="preserve">Nicole Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 149 (4), pp.dev199765. </w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 13, n°1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.199765⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.20545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03808527v2</w:t>
+                <w:t xml:space="preserve">hal-03850558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical models of long term evolution of blue whale song types' frequencies</w:t>
+                <w:t xml:space="preserve">Live 3D imaging and mapping of shear stresses within tissues using incompressible elastic beads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Malige</w:t>
+                <w:t xml:space="preserve">Alexandre Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Patris</w:t>
+                <w:t xml:space="preserve">Arthur Boutillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Hauray</w:t>
+                <w:t xml:space="preserve">Gaëlle Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Giraudet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Glotin</w:t>
+                <w:t xml:space="preserve">Atef Asnacios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2022.111184⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 149 (4), pp.dev199765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.199765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03632687v2</w:t>
+                <w:t xml:space="preserve">hal-03808527v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le langage enragé. Resémantiser la critique en sciences sociales du langage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mathematical models of long term evolution of blue whale song types' frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Malige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Guedj</w:t>
+                <w:t xml:space="preserve">Julie Patris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Him-Aquilli</w:t>
+                <w:t xml:space="preserve">Maxime Hauray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Nossik</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascale Giraudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semen - Revue de sémio-linguistique des textes et discours</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/semen.16505⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 548, pp.111184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2022.111184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-03861310v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03632687v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’autopartage entre particuliers du point de vue des utilisateurs : quand la voiture devient un bien commun</w:t>
+                <w:t xml:space="preserve">Le langage enragé. Resémantiser la critique en sciences sociales du langage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Servain</w:t>
+                <w:t xml:space="preserve">Richard Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Sawtschuk</w:t>
+                <w:t xml:space="preserve">Manon Him-Aquilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dargentas Magdalini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicole Roux</w:t>
+                <w:t xml:space="preserve">Sandra Nossik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Semen - Revue de sémio-linguistique des textes et discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50/2, pp.11-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/semen.16505⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.20545⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03850558v1</w:t>
+                <w:t xml:space="preserve">halshs-03861310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simple procedure to detect, test for the presence of stuttering, and cure stuttered data with spreadsheet programs</w:t>
               </w:r>
@@ -7420,51 +7420,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Farge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Spiegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7656,3323 +7656,3323 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03706093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseigner l’épistémologie de la géographie : regards réflexifs sur nos récits disciplinaires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Vergnaud</w:t>
+                <w:t xml:space="preserve">Supporting conflict-free replicated data types in opportunistic networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mahéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information géographique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lig.862.0034⟩</w:t>
+              <w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12083-022-01404-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04091700v1</w:t>
+                <w:t xml:space="preserve">hal-03922310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Observation and Analysis of Magnetomechanical Actuation of Magnetic Nanoparticles in Cells</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The grammaticalization of plurality in the languages of Amdo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Clerc</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.1c04738⟩</w:t>
+              <w:t xml:space="preserve">Himalayan Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5070/H920353650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03879719v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03610576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sortir l’histoire de son berceau judiciaire. Référentialité, vérifiabilité, réplicabilité de l’enquête historienne ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joseph Morsel</w:t>
+                <w:t xml:space="preserve">Unité nationale et inégalités régionales d'accès à l'éducation dans le nord du Nigeria : une source de conflits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, pp.201-219</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05193634v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03909941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting conflict-free replicated data types in opportunistic networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Mahéo</w:t>
+                <w:t xml:space="preserve">On the top-dimensional ℓ^2 -Betti numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gaboriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12083-022-01404-6⟩</w:t>
+              <w:t xml:space="preserve">Annales de la Faculté des Sciences de Toulouse. Mathématiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Mathématiques, Serie 6, 30 (2021) (5), pp. 1121-1137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/afst.1695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922310v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273797v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the top-dimensional ℓ^2 -Betti numbers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Gaboriau</w:t>
+                <w:t xml:space="preserve">Sortir l’histoire de son berceau judiciaire. Référentialité, vérifiabilité, réplicabilité de l’enquête historienne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Faculté des Sciences de Toulouse. Mathématiques.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/afst.1695⟩</w:t>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 129 (4), pp.116-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.129.0116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273797v4</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05193634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unité nationale et inégalités régionales d'accès à l'éducation dans le nord du Nigeria : une source de conflits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-Time Observation and Analysis of Magnetomechanical Actuation of Magnetic Nanoparticles in Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Hillion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hallali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yoann Lalatonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (5), pp.1986-1991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.1c04738⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03909941v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03879719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The grammaticalization of plurality in the languages of Amdo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Simon</w:t>
+                <w:t xml:space="preserve">Enseigner l’épistémologie de la géographie : regards réflexifs sur nos récits disciplinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Péaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Himalayan Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 20 (3), </w:t>
+              <w:t xml:space="preserve">L'Information géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 86 (2), pp.34-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5070/H920353650⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/lig.862.0034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03610576v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enlargement of small farms… or land grabs by estates (South India)?</w:t>
+                <w:t xml:space="preserve">Considerations on the mechanisms of integration of the dead in the early sedentary societies of the Near East (Natufian, 15-11.6 ka cal BP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roma Hooge</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Landy</w:t>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études rurales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/etudesrurales.28942⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Entre vivants et morts : regards croisés sur une frontière relative et fluctuante, 34 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.9548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03981870v1</w:t>
+                <w:t xml:space="preserve">hal-03682559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques partenariales depuis l’université : vers des logiques entrepreneuriales ?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Appréhender la frontière entre vivants et morts par l’archéo-anthropologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Buquet-Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline Schotsmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hemmamuthé Goudiaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnets de géographes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cdg.8075⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Entre vivants et morts : regards croisés sur une frontière relative et fluctuante, 34 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.9878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04091706v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03682551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Considerations on the mechanisms of integration of the dead in the early sedentary societies of the Near East (Natufian, 15-11.6 ka cal BP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+                <w:t xml:space="preserve">Poétique de l’index et réécriture d’À la recherche du temps perdu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin d'informations proustiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.9548⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03682559v1</w:t>
+                <w:t xml:space="preserve">hal-03779982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender la frontière entre vivants et morts par l’archéo-anthropologie</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Mutualists construct the ecological conditions that trigger the transition from parasitism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Ledru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Buquet-Marcon</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matthias Rhor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ibanez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.9878⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.e41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03682551v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poétique de l’index et réécriture d’À la recherche du temps perdu</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enlargement of small farms… or land grabs by estates (South India)?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roma Hooge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Rabau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin d'informations proustiennes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 209, pp.162-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesrurales.28942⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03779982v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutualists construct the ecological conditions that trigger the transition from parasitism</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthias Rhor</w:t>
+                <w:t xml:space="preserve">Pratiques partenariales depuis l’université : vers des logiques entrepreneuriales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Ibanez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2, pp.e41. </w:t>
+              <w:t xml:space="preserve">Carnets de géographes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/cdg.8075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333564v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to define humanity? A theoretical and empirical perspective</w:t>
+                <w:t xml:space="preserve">Climate-inferred distribution estimates of mid-to-late Pliocene hominins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Le Maître</w:t>
+                <w:t xml:space="preserve">Corentin Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Daver</w:t>
+                <w:t xml:space="preserve">Anaïs Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+                <w:t xml:space="preserve">Camille Contoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Prat</w:t>
+                <w:t xml:space="preserve">William Banks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+                <w:t xml:space="preserve">Doris Barboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34 (2), </w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 210, pp.103756. </w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.10434⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2022.103756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857592v1</w:t>
+                <w:t xml:space="preserve">hal-03566073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le religieux et le développement : négociations politiques des convictions morales</w:t>
+                <w:t xml:space="preserve">Time and frequency as quantum continuous variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Faure</w:t>
+                <w:t xml:space="preserve">Nicolas Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Nous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dilek Yankaya</w:t>
+                <w:t xml:space="preserve">Arne Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Ferrière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Pérola Milman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critique Internationale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (5), pp.052429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.105.052429⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03783582v1</w:t>
+                <w:t xml:space="preserve">hal-03611919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser la santé autrement : le défi de l’intégration sociale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to define humanity? A theoretical and empirical perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Vezinat</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Le Maître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sopr.045.0001⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.10434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03902900v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03857592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping cell cortex rheology to tissue rheology, and vice-versa</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Seez</w:t>
+                <w:t xml:space="preserve">Le religieux et le développement : négociations politiques des convictions morales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Yankaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Ferrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Critique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96 (3), pp.9-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03649586v2</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03783582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Waziers, Le Bas-Terroir : historique de dix années de recherches archéologiques et géomorphologiques dans un marais pléistocène de la plaine de la Scarpe (2011-2021)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Penser la santé autrement : le défi de l’intégration sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Antoine</w:t>
+                <w:t xml:space="preserve">François-Xavier Schweyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‑luc Locht</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nadège Vezinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/quaternaire.17136⟩</w:t>
+              <w:t xml:space="preserve">Sociologies pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N° 45 (2), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sopr.045.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03924631v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03902900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La foulerie VI 16, 3‑4 (et l’atelier VI 16, 5) au sud‑est de la Casa degli amorini dorati à Pompéi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping cell cortex rheology to tissue rheology, and vice-versa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Moisdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Monteix</w:t>
+                <w:t xml:space="preserve">Pierre Seez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enora Le Quéré</w:t>
+                <w:t xml:space="preserve">François Molino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Bernier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Giordano Iacomelli</w:t>
+                <w:t xml:space="preserve">Philippe Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/baefe.4981⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 106 (3), pp.034403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.106.034403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03907064v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649586v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques cas de séparation pour adultère masculin entre XVIe et XVIIe siècles : arguments et enjeux&amp;quot;.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Chatelain</w:t>
+                <w:t xml:space="preserve">Waziers, Le Bas-Terroir : historique de dix années de recherches archéologiques et géomorphologiques dans un marais pléistocène de la plaine de la Scarpe (2011-2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hérisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deschodt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Lapôtre</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‑luc Locht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Waziers le Bas-Terroir. Un gisement eemien du Nord de la France. Tome 1 (Laurent Deschodt et David Hérisson dir.), 33 (4), pp.225-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/quaternaire.17136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03507381v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour penser la territorialisation alimentaire, intégrer les inter-territorialités</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La foulerie VI 16, 3‑4 (et l’atelier VI 16, 5) au sud‑est de la Casa degli amorini dorati à Pompéi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise de La Haye Saint Hilaire</w:t>
+                <w:t xml:space="preserve">Nicolas Monteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Billen</w:t>
+                <w:t xml:space="preserve">Enora Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Ephrem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giordano Iacomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/geocarrefour.21053⟩</w:t>
+              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/baefe.4981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987549v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03907064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time and frequency as quantum continuous variables</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pérola Milman</w:t>
+                <w:t xml:space="preserve">Quelques cas de séparation pour adultère masculin entre XVIe et XVIIe siècles : arguments et enjeux&amp;quot;.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chatelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Lapôtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, Divorcer ? Les séparations matrimoniales en Europe : Antiquité, période moderne, Révolution., 28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03611919v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03507381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate-inferred distribution estimates of mid-to-late Pliocene hominins</w:t>
+                <w:t xml:space="preserve">Pour penser la territorialisation alimentaire, intégrer les inter-territorialités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Gibert</w:t>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Vignoles</w:t>
+                <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Contoux</w:t>
+                <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Banks</w:t>
+                <w:t xml:space="preserve">Louise de La Haye Saint Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doris Barboni</w:t>
+                <w:t xml:space="preserve">Gilles Billen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 210, pp.103756. </w:t>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2022.103756⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.21053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03566073v1</w:t>
+                <w:t xml:space="preserve">hal-03987549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riverine litter in a small urban river in Marseille, France: Plastic load and management challenges</w:t>
+                <w:t xml:space="preserve">Standardization procedure to provide a unified multi-method elemental compositional dataset, application to ferruginous colouring matters from Namibia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Tramoy</w:t>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Blin</w:t>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Poitou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Noûs</w:t>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Tassin</w:t>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 140, pp.154-163. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43, pp.103454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wasman.2022.01.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03543467v1</w:t>
+                <w:t xml:space="preserve">insu-03656248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of hillslope flow on hydroclimatic evolution under climate change</w:t>
+                <w:t xml:space="preserve">Covid-19 : l’université à l’épreuve du télétravail. Une organisation fragmentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Arboleda-Obando</w:t>
+                <w:t xml:space="preserve">É. Guillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Ducharne</w:t>
+                <w:t xml:space="preserve">C. Dondeyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederique Cheruy</w:t>
+                <w:t xml:space="preserve">M. Taillens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Jost</w:t>
+                <w:t xml:space="preserve">H. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josefine Ghattas</w:t>
+                <w:t xml:space="preserve">J. Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth's Future</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10, pp.e2021EF002613. </w:t>
+              <w:t xml:space="preserve">Sociologies pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2021/2 (n°43), p. 73 à 82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021ef002613⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sopr.043.0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03797413v1</w:t>
+                <w:t xml:space="preserve">hal-04206966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban Land Rights and Social Organisation in Aksum (Ethiopia, 15th- 20th Centuries)</w:t>
+                <w:t xml:space="preserve">Riverine litter in a small urban river in Marseille, France: Plastic load and management challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Wion</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Tramoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Poitou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire urbaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rhu.063.0045⟩</w:t>
+              <w:t xml:space="preserve">Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 140, pp.154-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wasman.2022.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685670v1</w:t>
+                <w:t xml:space="preserve">hal-03543467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'individu, l'espace et la crise sanitaire</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of hillslope flow on hydroclimatic evolution under climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Arboleda-Obando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Ducharne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Cheruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josefine Ghattas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">visionscarto.net</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth's Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.e2021EF002613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021ef002613⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03588806v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covid-19 : l’université à l’épreuve du télétravail. Une organisation fragmentée</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Urban Land Rights and Social Organisation in Aksum (Ethiopia, 15th- 20th Centuries)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Wion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sopr.043.0073⟩</w:t>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N° 63 (2), pp.43-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhu.063.0045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04206966v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardization procedure to provide a unified multi-method elemental compositional dataset, application to ferruginous colouring matters from Namibia</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'individu, l'espace et la crise sanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Détroit</w:t>
+                <w:t xml:space="preserve">Corinne Luxembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Moullé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">visionscarto.net</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03656248v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces pastoraux, espaces d’agir commun : le saltus comme clé d’analyse des relations agriculture/propriété/nature</w:t>
               </w:r>
@@ -11043,1546 +11043,1546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03969029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La zone grise du travail indépendant économiquement dépendant en France et au Brésil. Des voies possibles d’émancipation ?</w:t>
+                <w:t xml:space="preserve">La « communauté » produite pour gérer les ressources naturelles : lecture croisée des programmes CAMPFIRE (Zimbabwe) et ACAP (Népal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
+                <w:t xml:space="preserve">Zénaïde Dervieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-économie du travail </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04564774v1</w:t>
+                <w:t xml:space="preserve">hal-03998595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dossier: « Patrimoines, savoirs, pouvoirs » – À qui appartiennent les paysages des villages shui ? Mise en tourisme et rapports de pouvoir au Guizhou (Chine du Sud)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SNP4OrphanSpecies: A bioinformatics pipeline to isolate molecular markers for studying genetic diversity of orphan species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Penaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évelyne Gauché</w:t>
+                <w:t xml:space="preserve">Benoit Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Déry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Landy</w:t>
+                <w:t xml:space="preserve">Marine Milhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ehrenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/nss/2022033⟩</w:t>
+              <w:t xml:space="preserve">Biodiversity Data Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/BDJ.10.e85587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03981854v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La « communauté » produite pour gérer les ressources naturelles : lecture croisée des programmes CAMPFIRE (Zimbabwe) et ACAP (Népal)</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Socio-environmental changes and rodent populations in lowland agroecosystems of the lower delta of the River Senegal, West Africa: results of observations over a decade, 2008-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Tidiane Niang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Kane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssoupha Niang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sarr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura March</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Vertebrate Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 71, pp.22015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25225/jvb.22015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998595v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690055v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNP4OrphanSpecies: A bioinformatics pipeline to isolate molecular markers for studying genetic diversity of orphan species</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Ehrenmann</w:t>
+                <w:t xml:space="preserve">Development of nine microsatellite loci for Trypanosoma lewisi, a potential human pathogen in Western Africa and South-East Asia, and preliminary population genetics analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Ségard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Truc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Dobigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity Data Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/BDJ.10.e85587⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.e69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03799044v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of nine microsatellite loci for Trypanosoma lewisi, a potential human pathogen in Western Africa and South-East Asia, and preliminary population genetics analyses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La zone grise du travail indépendant économiquement dépendant en France et au Brésil. Des voies possibles d’émancipation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.188⟩</w:t>
+              <w:t xml:space="preserve">Socio-économie du travail </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (12), pp.31-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16435-7.p.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04148796v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04564774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-environmental changes and rodent populations in lowland agroecosystems of the lower delta of the River Senegal, West Africa: results of observations over a decade, 2008-2019</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dossier: « Patrimoines, savoirs, pouvoirs » – À qui appartiennent les paysages des villages shui ? Mise en tourisme et rapports de pouvoir au Guizhou (Chine du Sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Sarr</w:t>
+                <w:t xml:space="preserve">Évelyne Gauché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura March</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Steve Déry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vertebrate Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 71, pp.22015. </w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (2), pp.171-183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25225/jvb.22015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/nss/2022033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03690055v2</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allez, les pères ! Les conditions de l’engagement des hommes dans le travail domestique et parental</w:t>
+                <w:t xml:space="preserve">Parler du travail en EHPAD pour mettre à distance la maltraitance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Monchatre</w:t>
+                <w:t xml:space="preserve">Sophie Béroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Cartier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cristina Nizzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tgs.046.0033⟩</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, pp.91-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mots.28523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03508146v1</w:t>
+                <w:t xml:space="preserve">halshs-03274404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Faire parade au fond de sa maison ». Isolement et représentation dans le roman sadien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Moulin</w:t>
+                <w:t xml:space="preserve">The Place of the Dead in the Mediterranean. A Sicilian Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Kobelinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Furri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/dhs.053.0541⟩</w:t>
+              <w:t xml:space="preserve">Migration Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (6), pp.711-719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.33182/ml.v18i6.1243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04300002v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03462860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Place of the Dead in the Mediterranean. A Sicilian Experience</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Filippo Furri</w:t>
+                <w:t xml:space="preserve">« Faire parade au fond de sa maison ». Isolement et représentation dans le roman sadien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Migration Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.33182/ml.v18i6.1243⟩</w:t>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 53 (1), pp.541-559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dhs.053.0541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03462860v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parler du travail en EHPAD pour mettre à distance la maltraitance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Bonjour Facebook ! : en direct avec Rémy Bournoville, reporter indépendant à l'ère des Gilets jaunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Absi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mots.28523⟩</w:t>
+              <w:t xml:space="preserve">Journal des anthropologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 164-165, pp.165-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/jda.10780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03274404v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03289388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une dématérialisation contrainte : enquêter par temps de Covid-19</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Oudot</w:t>
+                <w:t xml:space="preserve">Towards modelling ghostly damped Ly α s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brivael Laloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sopr.043.0085⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 502 (3), pp.3855-3869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stab173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03472832v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ‘invention’ of human rights as a revolutionary concept: Confronting orthodox Marxism and the New Left (Argentina, 1972)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Copello</w:t>
+                <w:t xml:space="preserve">Une dématérialisation contrainte : enquêter par temps de Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Clouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Oudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Rights</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14754835.2020.1868295⟩</w:t>
+              <w:t xml:space="preserve">Sociologies pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (2), pp.85-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sopr.043.0085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03342743v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03472832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonjour Facebook ! : en direct avec Rémy Bournoville, reporter indépendant à l'ère des Gilets jaunes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Allez, les pères ! Les conditions de l’engagement des hommes dans le travail domestique et parental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Monchatre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Absi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Estelle Czerny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des anthropologues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/jda.10780⟩</w:t>
+              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46, pp.33-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.046.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03289388v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards modelling ghostly damped Ly α s</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The ‘invention’ of human rights as a revolutionary concept: Confronting orthodox Marxism and the New Left (Argentina, 1972)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Petitjean</w:t>
+                <w:t xml:space="preserve">David Copello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 502 (3), pp.3855-3869. </w:t>
+              <w:t xml:space="preserve">Journal of Human Rights</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (3), pp.304-317. </w:t>
             </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stab173⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14754835.2020.1868295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03251817v1</w:t>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. — Littératie numérique, penser une éducation langagière ouverte sur le monde</w:t>
               </w:r>
@@ -12679,343 +12679,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03202905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A glance at the French-speaking diatomist community (ADLaF 2019 meeting)</w:t>
+                <w:t xml:space="preserve">Digital repatriation, Amerindian reappropriations. Introduction to Part Two</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Laviale</w:t>
+                <w:t xml:space="preserve">Valentina Vapnarsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 168 (1), pp.3-5. </w:t>
+              <w:t xml:space="preserve">Journal de la Société des américanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Restitution numérique, réappropriations amérindiennes/Digital repatriation, indigenous reappropriations (vol. 2), 107 (1), pp.303-315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/23818107.2020.1779811⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/jsa.19794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02877132v1</w:t>
+                <w:t xml:space="preserve">hal-03504719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital repatriation, Amerindian reappropriations. Introduction to Part Two</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution and limits of portable X-ray fluorescence for studying Palaeolithic rock art: a case study at the Points cave (Aiguèze, Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Vapnarsky</w:t>
+                <w:t xml:space="preserve">Matthieu Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Jacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de la Société des américanistes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/jsa.19794⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.102898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.102898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03504719v1</w:t>
+                <w:t xml:space="preserve">hal-03233548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution and limits of portable X-ray fluorescence for studying Palaeolithic rock art: a case study at the Points cave (Aiguèze, Gard, France)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A glance at the French-speaking diatomist community (ADLaF 2019 meeting)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Jacq</w:t>
+                <w:t xml:space="preserve">Martin Laviale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37, pp.102898. </w:t>
+              <w:t xml:space="preserve">Botany Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168 (1), pp.3-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.102898⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23818107.2020.1779811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03233548v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02877132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l’histoire de la boulangerie romaine : étude de « pains/galettes » découverts en Gaule</w:t>
               </w:r>
@@ -13027,51 +13027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas G. Heiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Zech-Matterne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Monteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Tillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13161,51 +13161,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Haller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 126, pp.109-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.28603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId512" w:history="1">
@@ -13216,1563 +13216,1563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03274788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strontium isotope evidence for a trade network between southeastern Arabia and India during Antiquity</w:t>
+                <w:t xml:space="preserve">Nous ne sommes pas dupes&amp;quot; : une co-énonciation contestataire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agnès Vandevelde-Rougale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-79675-3⟩</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Le travail et ses maux, 126 (2), pp.71-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mots.28443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03116675v1</w:t>
+                <w:t xml:space="preserve">hal-03941432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nous ne sommes pas dupes&amp;quot; : une co-énonciation contestataire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Altimetry for the future: Building on 25 years of progress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saleh Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdolnabi Abdeh Kolahchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Ablain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susheel Adusumilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Vandevelde-Rougale</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Suchandra Aich Bhowmick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Le travail et ses maux, 126 (2), pp.71-89. </w:t>
+              <w:t xml:space="preserve">Advances in Space Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (2), pp.319-363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/mots.28443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941432v1</w:t>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03215002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desert kites and aggregated cells of Mt Aragats (Armenia): Spatial coincidences?</w:t>
+                <w:t xml:space="preserve">Strontium isotope evidence for a trade network between southeastern Arabia and India during Antiquity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Barge</w:t>
+                <w:t xml:space="preserve">Saskia E. Ryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérengère Perello</w:t>
+                <w:t xml:space="preserve">Vladimir Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Regagnon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2020.05.020⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-79675-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02911616v1</w:t>
+                <w:t xml:space="preserve">hal-03116675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent Mark-based Stylization of 3D Scenes at the Compositing Stage</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">GeoClimate: a Geospatial processing toolbox for environmental and climate studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed-Amine Farhat</w:t>
+                <w:t xml:space="preserve">Erwan Bocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bénard</w:t>
+                <w:t xml:space="preserve">Jérémy Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Noûs</w:t>
+                <w:t xml:space="preserve">Elisabeth Le Saux Wiederhold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendall Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cgf.142613⟩</w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (65), pp.3541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21105/joss.03541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143244v1</w:t>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03359757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Providing fuel, building materials and food for gold exploitation in the Eastern Desert, Egypt: Multidisciplinary dataset of the Ptolemaic site of Samut North (late 4th c. BCE)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Desert kites and aggregated cells of Mt Aragats (Armenia): Spatial coincidences?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Faucher</w:t>
+                <w:t xml:space="preserve">Olivier Barge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérangère Redon</w:t>
+                <w:t xml:space="preserve">Bérengère Perello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Regagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102729⟩</w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Ancient Armenia at the Crossroads: Natural Hazards and Adaptation Strategies in Armenia from 10,000 BC onwards, 579, pp.29-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2020.05.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03215881v1</w:t>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02911616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Inrap, qui rayonne à l’extérieur, se consume de l’intérieur</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coherent Mark-based Stylization of 3D Scenes at the Compositing Stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Clément</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Amine Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.11872⟩</w:t>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Eurographics 2021, 40 (2), pp.39-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.142613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03674373v1</w:t>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le divorce dans l’Antiquité classique : perspective comparatiste</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Bonnard</w:t>
+                <w:t xml:space="preserve">Providing fuel, building materials and food for gold exploitation in the Eastern Desert, Egypt: Multidisciplinary dataset of the Ptolemaic site of Samut North (late 4th c. BCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Huchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, pp.102729. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03721270v1</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03215881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les campus comme bastions d’opposition contre la communalisation de l’Inde : deux cas d’étude à New Delhi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’Inrap, qui rayonne à l’extérieur, se consume de l’intérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kristina Garalyté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/soco.121.0171⟩</w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Genre et mobilités en archéologie, 163, pp.5-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nda.11872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03928898v1</w:t>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03674373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data integration uncovers the metabolic bases of phenotypic variation in yeast</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thibault Nidelet</w:t>
+                <w:t xml:space="preserve">Le divorce dans l’Antiquité classique : perspective comparatiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Dillmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Divorcer ? Les séparations matrimoniales en Europe : Antiquité, période moderne, Révolution, Automne 2021 (28)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId553" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03328521v1</w:t>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03721270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Figures et construction du soin dans le parcours de soin pluridisciplinaire</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les campus comme bastions d’opposition contre la communalisation de l’Inde : deux cas d’étude à New Delhi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Thomas Martelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina Garalyté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 121 (1), pp.171-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.121.0171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03147171v1</w:t>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03928898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GeoClimate: a Geospatial processing toolbox for environmental and climate studies</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Data integration uncovers the metabolic bases of phenotypic variation in yeast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendall Petit</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marianyela Sabina Petrizzelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique de Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Nidelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21105/joss.03541⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03359757v1</w:t>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commons as Demanding Social Constructions: The Case of Aquifers in Rural Karnataka</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Figures et construction du soin dans le parcours de soin pluridisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katja Ploog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Cance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Rural Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, Perspectives D'interventions En Linguistique Appliquée : Quelles Réponses Face Aux Besoins Sociétaux</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04248301v1</w:t>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03147171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altimetry for the future: Building on 25 years of progress</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdolnabi Abdeh Kolahchi</w:t>
+                <w:t xml:space="preserve">Commons as Demanding Social Constructions: The Case of Aquifers in Rural Karnataka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Ablain</w:t>
+                <w:t xml:space="preserve">Julie Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susheel Adusumilli</w:t>
+                <w:t xml:space="preserve">Audrey Richard Ferroudji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suchandra Aich Bhowmick</w:t>
+                <w:t xml:space="preserve">M. Sekhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Space Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 68 (2), pp.319-363. </w:t>
+              <w:t xml:space="preserve">International Journal of Rural Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (1), pp.27-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.01.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0973005220945428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03215002v1</w:t>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04248301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precise, efficient, and context-sensitive cache analysis</w:t>
               </w:r>
@@ -14843,949 +14843,949 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03559857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The infection cushion of Botrytis cinerea : a fungal ‘weapon’ of plant‐biomass destruction</w:t>
+                <w:t xml:space="preserve">Présentation : Luttes sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Choquer</w:t>
+                <w:t xml:space="preserve">Alexandre Borrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Rascle</w:t>
+                <w:t xml:space="preserve">Cécile Méadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Sécail</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.15416⟩</w:t>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Luttes sociales, 2 (35), pp.5-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.035.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03153197v1</w:t>
+                <w:t xml:space="preserve">hal-03875564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pertes et modifications spatiales : la Promenade des Anglais après l'attentat du 14 juillet 2016</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Vinot</w:t>
+                <w:t xml:space="preserve">The Subsistence and Foodways Transition during the Neolithization Process. Glimpses from a Contextualized Dental Perspective.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Chamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">revue Urbanités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Food and History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, J. Vieugué and N. Mazzucco: Dietary Practices of the First Mediterranean Farmers: Producing, Storing, Preparing and Consuming Foodstuffs in the Neolithic Period, 19 (1-2), pp.23-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03274659v1</w:t>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques cas de séparation pour adultère masculin entre XVI e et XVII e siècles : arguments et enjeux</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Transfer dynamics of macroplastics in estuaries – New insights from the Seine estuary: Part 3. What fate for macroplastics?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Tramoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Colasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Tassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/genrehistoire.6569⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 169, pp.112513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.112513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509662v1</w:t>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03236190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation : Luttes sociales</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wolbachia load variation in Drosophila is more likely caused by drift than by host genetic factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Méadel</w:t>
+                <w:t xml:space="preserve">Alexis Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Sécail</w:t>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vavre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Kremer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tdm.035.0005⟩</w:t>
+              <w:t xml:space="preserve">Peer Community In Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2020.11.29.402545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03875564v1</w:t>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wolbachia load variation in Drosophila is more likely caused by drift than by host genetic factors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The infection cushion of Botrytis cinerea : a fungal ‘weapon’ of plant‐biomass destruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Vavre</w:t>
+                <w:t xml:space="preserve">Mathias Choquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natacha Kremer</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christine Rascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie de Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2020.11.29.402545⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23, pp.2293-2314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.15416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225615v1</w:t>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03153197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer dynamics of macroplastics in estuaries – New insights from the Seine estuary: Part 3. What fate for macroplastics?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Derrida, la cécité et les &amp;quot;arts du visible&amp;quot;. Une perspective philosophique sur les représentations artistiques du handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Tassin</w:t>
+                <w:t xml:space="preserve">Marion Chottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 169, pp.112513. </w:t>
+              <w:t xml:space="preserve">Alter: European Journal of Disability Research / Revue européenne de recherche sur le handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (3), pp.249-261. </w:t>
             </w:r>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.112513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.alter.2021.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId609" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03236190v1</w:t>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098793v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Subsistence and Foodways Transition during the Neolithization Process. Glimpses from a Contextualized Dental Perspective.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Anton</w:t>
+                <w:t xml:space="preserve">Quelques cas de séparation pour adultère masculin entre XVI e et XVII e siècles : arguments et enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chatelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Lapôtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and History</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Divorcer ? Les séparations matrimoniales en Europe : Antiquité, période moderne, Révolution, 28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/genrehistoire.6569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03381426v1</w:t>
+                <w:t xml:space="preserve">hal-03509662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derrida, la cécité et les &amp;quot;arts du visible&amp;quot;. Une perspective philosophique sur les représentations artistiques du handicap</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pertes et modifications spatiales : la Promenade des Anglais après l'attentat du 14 juillet 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Emsellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Chottin</w:t>
+                <w:t xml:space="preserve">Agnès Jeanjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alter: European Journal of Disability Research / Revue européenne de recherche sur le handicap</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">revue Urbanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03098793v2</w:t>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03274659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting quality, texture and chemical content of yam ( Dioscorea alata L.) tubers using near infrared spectroscopy</w:t>
               </w:r>
@@ -15905,51 +15905,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An FFT solver used for virtual Dynamic Mechanical Analysis experiments: Application to a glassy/amorphous system and to a particulate composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16003,746 +16003,746 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02562362v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact reduction in Lipschitz free spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The multidimensional structure of taste. A cultural legitimacy based on interactions between education, age, and gender</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramón J. Aliaga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Nicolas Robette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Petitjean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antonin Prochazka</w:t>
+                <w:t xml:space="preserve">Olivier Roueff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studia Mathematica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4064/sm200925-18-1⟩</w:t>
+              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bssg.598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02558998v1</w:t>
+                <w:t xml:space="preserve">halshs-03797605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multidimensional structure of taste. A cultural legitimacy based on interactions between education, age, and gender</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Codicologie et histoire sociale du pouvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Roueff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bssg.598⟩</w:t>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 124 (3), pp.121-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.124.0121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId636" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03797605v1</w:t>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03808327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId640" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Codicologie et histoire sociale du pouvoir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joseph Morsel</w:t>
+                <w:t xml:space="preserve">The Two-Scale Interpretation: de Broglie and Schrödinger’s External and Internal Wave Functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gondran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gondran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de la Fondation Louis de Broglie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId640" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03808327v1</w:t>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435248v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Two-Scale Interpretation: de Broglie and Schrödinger’s External and Internal Wave Functions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Gondran</w:t>
+                <w:t xml:space="preserve">Politique (de la recherche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Buob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Fondation Louis de Broglie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ethnologie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (1), pp.111-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ethn.211.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId642" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02435248v2</w:t>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02910944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId645" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politique (de la recherche)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Buob</w:t>
+                <w:t xml:space="preserve">« Les footballeurs sont des esclaves ». Les ressorts du succès de la mobilisation de l’Union nationale des footballeurs professionnels (1961-1973)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Schotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnologie française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ethn.211.0111⟩</w:t>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 &amp; 21. Revue d'histoire, N° 149 (1), pp.47-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vin.149.0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId645" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02910944v1</w:t>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les footballeurs sont des esclaves ». Les ressorts du succès de la mobilisation de l’Union nationale des footballeurs professionnels (1961-1973)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discrete-event models for conservation assessment of integrated ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Gaucherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Schotté</w:t>
+                <w:t xml:space="preserve">Ilse R. Geijzendorffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Pommereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/vin.149.0047⟩</w:t>
+              <w:t xml:space="preserve">Ecological Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61, pp.101205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2020.101205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId648" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291771v1</w:t>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03039548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId651" w:history="1">
+            <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete-event models for conservation assessment of integrated ecosystems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Compact reduction in Lipschitz free spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Carpentier</w:t>
+                <w:t xml:space="preserve">Ramón J. Aliaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilse R. Geijzendorffer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Colin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Pommereau</w:t>
+                <w:t xml:space="preserve">Antonin Prochazka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 61, pp.101205. </w:t>
+              <w:t xml:space="preserve">Studia Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2020.101205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4064/sm200925-18-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId651" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03039548v1</w:t>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02558998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid territorialisation: A reconfiguration of rural spaces through gold mining in Upper Guinea</w:t>
               </w:r>
@@ -16917,568 +16917,568 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">As researchers, we need to engage more into public outreach towards children in the future</w:t>
+                <w:t xml:space="preserve">Computational Records with Aging Hardware: Controlling Half the Output of SHA-256</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Poulet</w:t>
+                <w:t xml:space="preserve">Mellila Bouam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Dalmas</w:t>
+                <w:t xml:space="preserve">Charles Bouillaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Gonçalves</w:t>
+                <w:t xml:space="preserve">Claire Delaplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Vernay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Futures Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.6531/JFS.202109_26(1).0006⟩</w:t>
+              <w:t xml:space="preserve">Parallel Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.102804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.parco.2021.102804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367847v1</w:t>
+                <w:t xml:space="preserve">hal-02306904v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId669" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frontal sinus variation in extant species of the genera Pan, Gorilla and Homo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Building on 162 years of scientific publication, the Bulletins et Mémoires de la Société d’Anthropologie introduces unlimited free access to enter the world of open science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+                <w:t xml:space="preserve">Benoît Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lou Albessard-Ball</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Céline Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 33 (2), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.7840⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 33 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId669" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03423338v1</w:t>
+            <w:hyperlink r:id="rId668" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId675" w:history="1">
+            <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Records with Aging Hardware: Controlling Half the Output of SHA-256</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">As researchers, we need to engage more into public outreach towards children in the future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mellila Bouam</w:t>
+                <w:t xml:space="preserve">Barbara Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Bouillaguet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Antoine Vernay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.parco.2021.102804⟩</w:t>
+              <w:t xml:space="preserve">Journal of Futures Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Vol. 26(1), pp. 75-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId678" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6531/JFS.202109_26(1).0006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId675" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02306904v3</w:t>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId680" w:history="1">
+            <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building on 162 years of scientific publication, the Bulletins et Mémoires de la Société d’Anthropologie introduces unlimited free access to enter the world of open science</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId670" w:history="1">
+                <w:t xml:space="preserve">Frontal sinus variation in extant species of the genera Pan, Gorilla and Homo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId680" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou Albessard-Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Bertrand</w:t>
+                <w:t xml:space="preserve">Anna Maria Kubicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laura T. buck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 33 (1), </w:t>
+              <w:t xml:space="preserve">, 2021, 33 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.7438⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId680" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03232900v1</w:t>
+            <w:hyperlink r:id="rId679" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03423338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restitution numérique, réappropriations amérindiennes. Introduction à la seconde partie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Vapnarsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17519,789 +17519,789 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03504721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Everyone a changemaker !&amp;quot; Philanthropie, religion et spiritualité au secours de l'école publique</w:t>
+                <w:t xml:space="preserve">The scalar arrangements of three European public health systems facing the COVID-19 pandemic: Comparing France, Germany, and Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Urbanski</w:t>
+                <w:t xml:space="preserve">Olivier Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikola Tietze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId689" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Toffanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Culture, Practice and Europeanization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Practices of solidarity in the Covid-19 pandemic, Special Issue</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03161398v1</w:t>
+                <w:t xml:space="preserve">halshs-03221443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId689" w:history="1">
+            <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The scalar arrangements of three European public health systems facing the COVID-19 pandemic: Comparing France, Germany, and Italy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Everyone a changemaker !&amp;quot; Philanthropie, religion et spiritualité au secours de l'école publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikola Tietze</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tania Toffanin</w:t>
+                <w:t xml:space="preserve">Sébastien Urbanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Culture, Practice and Europeanization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N°8 (1), pp.315-356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId692" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/zil.008.0315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId689" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03221443v1</w:t>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production de savoirs à partir de données collectées par les associations de malades</w:t>
+                <w:t xml:space="preserve">L’industrie de la télévision. Chronique d’une fragmentation-recomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Robert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
+                <w:t xml:space="preserve">Franck Rebillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2020269⟩</w:t>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 230 (6), pp.9-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId695" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.230.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03120847v1</w:t>
+                <w:t xml:space="preserve">hal-05536624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId699" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Professionnaliser les bénévoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId700" w:history="1">
+            <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Loison-Leruste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId701" w:history="1">
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosane Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sociographe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, N° 73 (1), pp.79-92. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId702" w:history="1">
+            <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/graph.073.0079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId699" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId703" w:history="1">
+            <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatio-temporal beta diversity of plankton species and their interactions in permanent and temporal waterholes in a semi-arid savannah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId701" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId702" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Msiteli-Shumba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId703" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Iung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId704" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inland Waters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (4), pp.508-521. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId708" w:history="1">
+            <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/20442041.2021.1935612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId703" w:history="1">
+            <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03826992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId709" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistent luminescence materials for deep photodynamic therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId710" w:history="1">
+            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId711" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Olivier Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanophotonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (12), pp.2999-3029. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/nanoph-2021-0254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId709" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId713" w:history="1">
+            <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’industrie de la télévision. Chronique d’une fragmentation-recomposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production de savoirs à partir de données collectées par les associations de malades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId711" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId712" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Rebillard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gilbert Cabiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 230 (6), pp.9-35. </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (1), pp.81-88. </w:t>
             </w:r>
             <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/res.230.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2020269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId713" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05536624v1</w:t>
+            <w:hyperlink r:id="rId710" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03120847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodological Approach for Identification of Organic Residues Preserved in Roman Amphorae</w:t>
               </w:r>
@@ -18655,51 +18655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mouralis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId691" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikola Tietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire des sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37, pp.261-274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
@@ -18746,51 +18746,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Light Alignment for Multi-Scale Shape Depiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolan Mestres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18984,90 +18984,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standardization Procedure to Provide a Unified Multi-Method Elemental Compositional Dataset, Application to Ferruginous Colouring Matters from Namibia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19326,51 +19326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlezig Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Clouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19402,3212 +19402,3212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Le langage inclusif est politique : une spécificité française ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gwenaëlle Perrier</w:t>
+                <w:t xml:space="preserve">Les espaces publics sont-ils neutres ? Lecture spatiale des rapports sociaux de genre, lecture genrée des rapports socio-spatiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Luxembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Genre</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Dynamiques régionales. Revue interdisciplinaire de l'IWEPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, espace public et inégalités de genre, 12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824005v1</w:t>
+                <w:t xml:space="preserve">hal-03452684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId758" w:history="1">
+            <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variable Length Memory Chains: Characterization of stationary probability measures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GSpace: an exact coalescence simulator of recombining genomes under isolation by distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId757" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thimothée Virgoulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId758" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peggy Cénac</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pouyanne</w:t>
+                <w:t xml:space="preserve">Raphaël Leblois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bernoulli</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3150/20-BEJ1299⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (20), pp.3673-3675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId760" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03301904v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId756" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId764" w:history="1">
+            <w:hyperlink r:id="rId761" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algebraic collision attacks on keccak</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachelle Heim Boissier</w:t>
+                <w:t xml:space="preserve">Introduction. Le langage inclusif est politique : une spécificité française ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId697" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Loison-Leruste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId762" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Rotella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IACR Transactions on Symmetric Cryptology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46586/tosc.v2021.i1.239-268⟩</w:t>
+              <w:t xml:space="preserve">Cahiers du Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 69, pp.5-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId763" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdge.069.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId764" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03993040v1</w:t>
+            <w:hyperlink r:id="rId761" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId768" w:history="1">
+            <w:hyperlink r:id="rId764" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Maison Romane de Nîmes (Gard) aux XII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-XIII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. et au XVI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Rochette</w:t>
+                <w:t xml:space="preserve">La difficile territorialisation des stratégies nationales de gestion des risques côtiers en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId765" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Mineo-Kleiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId766" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Perherin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Meur-Ferec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 738 (2), pp.50-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId767" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ag.738.0050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId768" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03674536v1</w:t>
+            <w:hyperlink r:id="rId764" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId772" w:history="1">
+            <w:hyperlink r:id="rId768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymétries directionnelles et fluctuantes en période périnatale : étude exploratoire dans les populations du passé</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mark Guillon</w:t>
+                <w:t xml:space="preserve">Pouvoir parler des pesticides ? Une recherche-action pour éprouver les capabilités des travailleurs viticoles (Gironde, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId769" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ginelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId770" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId771" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agossè Nadège Degbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.7476⟩</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId772" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.33921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId772" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225972v1</w:t>
+            <w:hyperlink r:id="rId768" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId778" w:history="1">
+            <w:hyperlink r:id="rId773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GSpace: an exact coalescence simulator of recombining genomes under isolation by distance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Rousset</w:t>
+                <w:t xml:space="preserve">Cooling with a subsonic flow of quantum fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId774" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pantxo Diribarne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId775" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId776" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri A. Sergeev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId781" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId777" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab261⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (14), pp.144509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId778" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.144509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03229110v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId773" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03190284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId783" w:history="1">
+            <w:hyperlink r:id="rId779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’émigration étudiante des « filles du coin » : Entre émancipation sociale et réassignation spatiale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fanny Jedlicki</w:t>
+                <w:t xml:space="preserve">La Maison Romane de Nîmes (Gard) aux XII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-XIII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. et au XVI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId780" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Maufras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId781" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Potay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId782" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37/38 (2019/2020)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId783" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03423942v1</w:t>
+            <w:hyperlink r:id="rId779" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03674536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId787" w:history="1">
+            <w:hyperlink r:id="rId783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les hauts magistrats et « l’entreprise Justice »</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Huré</w:t>
+                <w:t xml:space="preserve">Les fours « à pain » dans les Gaules et les Germanies (V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. av. J.-C.-V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C.), un regard technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Monteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mots.28423⟩</w:t>
+              <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 78, pp.227-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId784" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gallia.6288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId787" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578274v1</w:t>
+            <w:hyperlink r:id="rId783" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03554642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId790" w:history="1">
+            <w:hyperlink r:id="rId785" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooling with a subsonic flow of quantum fluid</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yuri A. Sergeev</w:t>
+                <w:t xml:space="preserve">The riddle of the use of impossible examples in microeconomics textbooks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId786" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Benicourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId787" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Real-World Economics Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 98, pp.2-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId790" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03190284v1</w:t>
+            <w:hyperlink r:id="rId785" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03485164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId796" w:history="1">
+            <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pouvoir parler des pesticides ? Une recherche-action pour éprouver les capabilités des travailleurs viticoles (Gironde, France)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agossè Nadège Degbelo</w:t>
+                <w:t xml:space="preserve">A novel experimental method for investigating secondary wetting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId789" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dezellus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId790" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId791" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lacaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/vertigo.33921⟩</w:t>
+              <w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId792" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00084433.2021.1933841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId796" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03637155v1</w:t>
+            <w:hyperlink r:id="rId788" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03277258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId801" w:history="1">
+            <w:hyperlink r:id="rId793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les territoires accueillants à l'épreuve de l'inconditionnalité de l'accueil. L’exemple de Grenoble</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karine Gatelier</w:t>
+                <w:t xml:space="preserve">Variable Length Memory Chains: Characterization of stationary probability measures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId794" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Cénac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId795" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId796" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Paccaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId797" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pouyanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Migrations Société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/migra.185.0065⟩</w:t>
+              <w:t xml:space="preserve">Bernoulli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (3), pp.2011-2039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId798" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3150/20-BEJ1299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId801" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357746v1</w:t>
+            <w:hyperlink r:id="rId793" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03301904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId804" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fours « à pain » dans les Gaules et les Germanies (V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. av. J.-C.-V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C.), un regard technique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Monteix</w:t>
+                <w:t xml:space="preserve">Algebraic collision attacks on keccak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId800" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachelle Heim Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId801" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rotella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/gallia.6288⟩</w:t>
+              <w:t xml:space="preserve">IACR Transactions on Symmetric Cryptology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (1), pp.239-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId802" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46586/tosc.v2021.i1.239-268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId804" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03554642v1</w:t>
+            <w:hyperlink r:id="rId799" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03993040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId806" w:history="1">
+            <w:hyperlink r:id="rId803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel experimental method for investigating secondary wetting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-frequency MRE for elasticity quantitation and optimal tissue discrimination: a two-platform liver fibrosis mimicking phantom study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId804" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Andoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId805" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Long Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId806" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felicia Julea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId807" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dezellus</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lacaze</w:t>
+                <w:t xml:space="preserve">Marion Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00084433.2021.1933841⟩</w:t>
+              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (8), pp.e4543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId808" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nbm.4543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId806" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03277258v1</w:t>
+            <w:hyperlink r:id="rId803" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId811" w:history="1">
+            <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-frequency MRE for elasticity quantitation and optimal tissue discrimination: a two-platform liver fibrosis mimicking phantom study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marion Tardieu</w:t>
+                <w:t xml:space="preserve">Les hauts magistrats et « l’entreprise Justice »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId810" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Huré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nbm.4543⟩</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, pp.53-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId811" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mots.28423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId811" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335657v1</w:t>
+            <w:hyperlink r:id="rId809" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03578274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId817" w:history="1">
+            <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The riddle of the use of impossible examples in microeconomics textbooks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Jallais</w:t>
+                <w:t xml:space="preserve">Asymétries directionnelles et fluctuantes en période périnatale : étude exploratoire dans les populations du passé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId813" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Partiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId814" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId815" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId816" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Maureille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Real-World Economics Review</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (1), pp.34-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId817" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7476⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId817" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03485164v1</w:t>
+            <w:hyperlink r:id="rId812" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId820" w:history="1">
+            <w:hyperlink r:id="rId818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La difficile territorialisation des stratégies nationales de gestion des risques côtiers en France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Meur-Ferec</w:t>
+                <w:t xml:space="preserve">L’émigration étudiante des « filles du coin » : Entre émancipation sociale et réassignation spatiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId819" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Guéraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId820" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Jedlicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de géographie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ag.738.0050⟩</w:t>
+              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 46 (2), pp.135-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId821" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.046.0135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId820" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434356v1</w:t>
+            <w:hyperlink r:id="rId818" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03423942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId824" w:history="1">
+            <w:hyperlink r:id="rId822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les espaces publics sont-ils neutres ? Lecture spatiale des rapports sociaux de genre, lecture genrée des rapports socio-spatiaux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corinne Luxembourg</w:t>
+                <w:t xml:space="preserve">Les territoires accueillants à l'épreuve de l'inconditionnalité de l'accueil. L’exemple de Grenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina del Biaggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId823" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Dynamiques régionales. Revue interdisciplinaire de l'IWEPS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Migrations Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, « Villes et territoires accueillants » en France et ailleurs, 185 (3), pp.65-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId824" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/migra.185.0065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId824" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03452684v1</w:t>
+            <w:hyperlink r:id="rId822" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur les traces du Lexicon Medicum Universale du chevalier de Jaucourt</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Covid-19, la guerre et les quartiers populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/dhs.052.0437⟩</w:t>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 116 (4), pp.187-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId826" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.116.0187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04234328v1</w:t>
+                <w:t xml:space="preserve">hal-04074698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId828" w:history="1">
+            <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer dynamics of macroplastics in estuaries – New insights from the Seine estuary: Part 2. Short-term dynamics based on GPS-trackers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Tramoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId828" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gasperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Colasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId829" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gasperi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Colasse</w:t>
+                <w:t xml:space="preserve">M. Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId830" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 160, pp.111566. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId832" w:history="1">
+            <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2020.111566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId828" w:history="1">
+            <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02932439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId833" w:history="1">
+            <w:hyperlink r:id="rId832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ethnographic experience. Experimenting and learning in a school of architecture.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nadja Monnet</w:t>
+                <w:t xml:space="preserve">Parler en expert·e·s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId833" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Boni-Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrains/Théories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/teth.2917⟩</w:t>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117, pp.73-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId834" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.117.0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId833" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03090753v1</w:t>
+            <w:hyperlink r:id="rId832" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04468236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId838" w:history="1">
+            <w:hyperlink r:id="rId835" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covid-19, la guerre et les quartiers populaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Écoles coraniques, djihad et violence &amp;quot;terroriste&amp;quot; dans le nord du Nigeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/soco.116.0187⟩</w:t>
+              <w:t xml:space="preserve">Cultures &amp; conflits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117, p. 97-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId836" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/conflits.21572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId838" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04074698v1</w:t>
+            <w:hyperlink r:id="rId835" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId840" w:history="1">
+            <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écoles coraniques, djihad et violence &amp;quot;terroriste&amp;quot; dans le nord du Nigeria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
+                <w:t xml:space="preserve">Sur les traces du Lexicon Medicum Universale du chevalier de Jaucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId838" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhardt Stenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultures &amp; conflits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/conflits.21572⟩</w:t>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52, pp.437-451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId839" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dhs.052.0437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId840" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02913700v1</w:t>
+            <w:hyperlink r:id="rId837" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId842" w:history="1">
+            <w:hyperlink r:id="rId840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parler en expert·e·s</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabel Boni-Le Goff</w:t>
+                <w:t xml:space="preserve">Du fracas dans les facs : introduction au thème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId841" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bonnecase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId842" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Politique africaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 157, pp.183-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId843" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/polaf.157.0183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId844" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/soco.117.0073⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04468236v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId840" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId845" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protéger les Lettres et les Sciences humaines et sociales « critiques »</w:t>
+                <w:t xml:space="preserve">Antibacterial activity of a dual peptide targeting the Escherichia coli sliding clamp and the ribosome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Babou</w:t>
+                <w:t xml:space="preserve">Christophe André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId847" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Brulon Soares</w:t>
+                <w:t xml:space="preserve">Florian Veillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId848" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hester Du Plessis</w:t>
+                <w:t xml:space="preserve">Philippe Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId849" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joëlle Le Marec</w:t>
+                <w:t xml:space="preserve">Anne-Marie Lobstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId850" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carpanin Marimoutou</w:t>
+                <w:t xml:space="preserve">Guillaume Compain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication &amp; langages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, N° 204 (2), pp.31-42. </w:t>
+              <w:t xml:space="preserve">RSC Chemical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId851" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/comla1.204.0031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0CB00060D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId845" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04001807v1</w:t>
+                <w:t xml:space="preserve">hal-02905727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId852" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des socialisations professionnelles tramées par des logiques scolaires : les CAP coiffure et métiers de l’automobile en lycée</w:t>
+                <w:t xml:space="preserve">The ethnographic experience. Experimenting and learning in a school of architecture.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId853" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Denave</w:t>
+                <w:t xml:space="preserve">Claire Bullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId854" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Renard</w:t>
+                <w:t xml:space="preserve">Julie Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId855" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/formationemploi.8238⟩</w:t>
+              <w:t xml:space="preserve">Terrains/Théories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId856" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/teth.2917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId852" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03057213v1</w:t>
+                <w:t xml:space="preserve">hal-03090753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId856" w:history="1">
+            <w:hyperlink r:id="rId857" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Données à penser. Enjeux pratiques et éthiques autour des données dans le montage de projets de recherche européens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId857" w:history="1">
+            <w:hyperlink r:id="rId858" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Les sciences humaines et sociales au travail (II). Que faire des données de la recherche ?, 2019 (#19 hors-série), pp.101-113. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId858" w:history="1">
+            <w:hyperlink r:id="rId859" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/traces.10793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId856" w:history="1">
+            <w:hyperlink r:id="rId857" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02902993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId859" w:history="1">
+            <w:hyperlink r:id="rId860" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyage des plantes, voyages des hommes, mutations des livres : l’exemple du bois Brésil</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des socialisations professionnelles tramées par des logiques scolaires : les CAP coiffure et métiers de l’automobile en lycée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId861" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Nuscia Taïbi</w:t>
+                <w:t xml:space="preserve">Sophie Denave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId862" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'esprit créateur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1353/esp.2020.0047⟩</w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Former aux "petits" métiers : regards internationaux, 150, pp.145-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId863" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.8238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId859" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161914v1</w:t>
+            <w:hyperlink r:id="rId860" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03057213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId863" w:history="1">
+            <w:hyperlink r:id="rId864" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du fracas dans les facs : introduction au thème</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Voyage des plantes, voyages des hommes, mutations des livres : l’exemple du bois Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId865" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Brachet</w:t>
+                <w:t xml:space="preserve">Isabelle Trivisani-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId866" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nuscia Taïbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique africaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/polaf.157.0183⟩</w:t>
+              <w:t xml:space="preserve">L'esprit créateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60 (4), pp.9-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId867" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1353/esp.2020.0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId867" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03326316v1</w:t>
+            <w:hyperlink r:id="rId864" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId868" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibacterial activity of a dual peptide targeting the Escherichia coli sliding clamp and the ribosome</w:t>
+                <w:t xml:space="preserve">Protéger les Lettres et les Sciences humaines et sociales « critiques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId869" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe André</w:t>
+                <w:t xml:space="preserve">Igor Babou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId870" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Veillard</w:t>
+                <w:t xml:space="preserve">Bruno Brulon Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId871" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Wolff</w:t>
+                <w:t xml:space="preserve">Hester Du Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId872" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Lobstein</w:t>
+                <w:t xml:space="preserve">Joëlle Le Marec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId873" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Compain</w:t>
+                <w:t xml:space="preserve">Carpanin Marimoutou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Chemical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Communication &amp; langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 204 (2), pp.31-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId874" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0CB00060D⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/comla1.204.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId868" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02905727v1</w:t>
+                <w:t xml:space="preserve">halshs-04001807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId875" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En dix chiffres, la destruction néolibérale de l'université publique</w:t>
               </w:r>
@@ -22997,408 +22997,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02939899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId891" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Le système de retraite français face à la logique gestionnaire et comptable : une fuite en avant</w:t>
+                <w:t xml:space="preserve">La notion d’écriture collective dans le Moyen Âge castillan : d’un manque de pertinence à la naissance d’une pratique spécifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Eloire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Fretel</w:t>
+                <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Crisol Série numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les écritures collectives : poétiques et pratiques de la collaboration et du partage, Série numérique 10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId891" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04124454v1</w:t>
+                <w:t xml:space="preserve">hal-02542548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId895" w:history="1">
+            <w:hyperlink r:id="rId893" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La notion d’écriture collective dans le Moyen Âge castillan : d’un manque de pertinence à la naissance d’une pratique spécifique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pénélope Cartelet</w:t>
+                <w:t xml:space="preserve">Interrompre le temps, inventer le divorce en révolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId894" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crisol Série numérique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId895" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/temporalites.7871⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId895" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02542548v1</w:t>
+            <w:hyperlink r:id="rId893" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId897" w:history="1">
+            <w:hyperlink r:id="rId896" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interrompre le temps, inventer le divorce en révolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les mondes de production du jeu vidéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId897" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinciane Zabban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId898" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déborah Cohen</w:t>
+                <w:t xml:space="preserve">Hovig ter Minassian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°224 (6), pp.9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId899" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/temporalites.7871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/res.224.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId897" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03136038v1</w:t>
+            <w:hyperlink r:id="rId896" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03384301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId900" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mondes de production du jeu vidéo</w:t>
+                <w:t xml:space="preserve">Introduction. Le système de retraite français face à la logique gestionnaire et comptable : une fuite en avant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId901" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinciane Zabban</w:t>
+                <w:t xml:space="preserve">Fabien Eloire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId902" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hovig ter Minassian</w:t>
+                <w:t xml:space="preserve">Anne Fretel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, N°224 (6), pp.9. </w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Revue Française de Socio-Economie, Hors-série « en lutte », pp.11-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId903" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/res.224.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId900" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03384301v1</w:t>
+                <w:t xml:space="preserve">hal-04124454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId904" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Planetary Dance d’Anna Halprin, Faire communauté au temps des catastrophes ou danse mondialisée ?</w:t>
               </w:r>
@@ -23586,7619 +23586,7619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02564608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les discours des radicalités politiques et sociales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La casse de l’État social mise en lumière par la pandémie. Retour sur un lent processus de délitement : Présentation et mise en perspective d’une sélection d’articles tirés de dix années de publications de la Revue française de Socio-économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId901" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Eloire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId913" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lilian Mathieu</w:t>
+                <w:t xml:space="preserve">Paul Cary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Monchatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId914" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Bonnet</w:t>
+                <w:t xml:space="preserve">Marc Zune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId915" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Fracchiolla</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francois-Xavier Devetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 123, pp.19-27. </w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hors-série « en lutte », pp.23-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId916" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/mots.26527⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02916200v1</w:t>
+                <w:t xml:space="preserve">hal-04120081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId917" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imbrication des dominations et conditions d’émancipation</w:t>
+                <w:t xml:space="preserve">Direct observation of homogeneous cavitation in nanopores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId918" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Gallot</w:t>
+                <w:t xml:space="preserve">V. Doebele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId919" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Zancarini-Fournel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Benoit-Gonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId920" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Souris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId921" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId922" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panayotis Spathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/vin.146.0002⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (25), pp.255701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId923" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.255701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId917" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04333720v1</w:t>
+                <w:t xml:space="preserve">hal-03065744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId921" w:history="1">
+            <w:hyperlink r:id="rId924" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the nightglow polarisation for space weather exploration</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les discours des radicalités politiques et sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId925" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Rochat</w:t>
+                <w:t xml:space="preserve">Lilian Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId926" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Delboulbé</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valérie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId927" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Fracchiolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Space Weather and Space Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/swsc/2020036⟩</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 123, pp.19-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId928" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mots.26527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId921" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02909104v1</w:t>
+            <w:hyperlink r:id="rId924" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02916200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId928" w:history="1">
+            <w:hyperlink r:id="rId929" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LPPR : menaces sur une science indépendante et plurielle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the nightglow polarisation for space weather exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId930" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Boussard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Buob</w:t>
+                <w:t xml:space="preserve">Léo Bosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId931" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lamarche</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Lilensten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId932" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId933" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rochat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId934" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Delboulbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hommes &amp; libertés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Space Weather and Space Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (2020), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId935" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/swsc/2020036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId928" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962989v1</w:t>
+            <w:hyperlink r:id="rId929" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02909104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId932" w:history="1">
+            <w:hyperlink r:id="rId936" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La casse de l’État social mise en lumière par la pandémie. Retour sur un lent processus de délitement : Présentation et mise en perspective d’une sélection d’articles tirés de dix années de publications de la Revue française de Socio-économie</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Cars, un graveur-éditeur entrepreneur sous Louis XV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId937" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°52 (1), pp.355-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId938" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dhs.052.0355⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId936" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04120081v1</w:t>
+                <w:t xml:space="preserve">hal-03154513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId937" w:history="1">
+            <w:hyperlink r:id="rId939" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le “tire-bouc”, un jeu centrasiatique bien peu touristique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId938" w:history="1">
+            <w:hyperlink r:id="rId940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes du tourisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId941" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tourisme.3273⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId939" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId937" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId940" w:history="1">
+            <w:hyperlink r:id="rId942" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défendre la société, reconstruire le commun ! Motion de l’Assemblée générale annuelle du Conseil de rédaction de la revue Monde commun : des anthropologues dans la cité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId941" w:history="1">
+            <w:hyperlink r:id="rId943" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Carton de Grammont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId942" w:history="1">
+            <w:hyperlink r:id="rId944" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Agier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId943" w:history="1">
+            <w:hyperlink r:id="rId945" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Naepels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId944" w:history="1">
+            <w:hyperlink r:id="rId946" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birgit Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monde Commun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Petits citadins, mauvais citoyens ?, 4, pp.1-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId945" w:history="1">
+            <w:hyperlink r:id="rId947" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/moco.004.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId940" w:history="1">
+            <w:hyperlink r:id="rId942" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId946" w:history="1">
+            <w:hyperlink r:id="rId948" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ping-pong ball water cannon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId947" w:history="1">
+            <w:hyperlink r:id="rId949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andreotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId948" w:history="1">
+            <w:hyperlink r:id="rId950" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId949" w:history="1">
+            <w:hyperlink r:id="rId951" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia El Rhandour-Essmaili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId950" w:history="1">
+            <w:hyperlink r:id="rId952" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pérignon-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId951" w:history="1">
+            <w:hyperlink r:id="rId953" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/crmeca.46⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId946" w:history="1">
+            <w:hyperlink r:id="rId948" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02956000v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId952" w:history="1">
+            <w:hyperlink r:id="rId954" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un « modèle » pour la LPR ? Le système d’enseignement supérieur et la recherche en Allemagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mouralis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId691" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikola Tietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire des sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Nommer les savoirs, 37, pp.261-274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rhsh.5431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId952" w:history="1">
+            <w:hyperlink r:id="rId954" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03208704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId953" w:history="1">
+            <w:hyperlink r:id="rId955" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mumbai, Delhi : deux avatars indiens de la démocratie urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId954" w:history="1">
+            <w:hyperlink r:id="rId956" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tawa Lama-Rewal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, N°79 (3), pp.41. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId957" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rai.079.0041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId955" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId953" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03010220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId956" w:history="1">
+            <w:hyperlink r:id="rId958" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete NLO QCD study of single- and double-quarkonium hadroproduction in the colour-evaporation model at the Tevatron and the LHC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId957" w:history="1">
+            <w:hyperlink r:id="rId959" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Lansberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId958" w:history="1">
+            <w:hyperlink r:id="rId960" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hua-Sheng Shao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId959" w:history="1">
+            <w:hyperlink r:id="rId961" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nodoka Yamanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId960" w:history="1">
+            <w:hyperlink r:id="rId962" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Jie Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 807, pp.135559. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId961" w:history="1">
+            <w:hyperlink r:id="rId963" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId956" w:history="1">
+            <w:hyperlink r:id="rId958" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId962" w:history="1">
+            <w:hyperlink r:id="rId964" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct observation of homogeneous cavitation in nanopores</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Palaeoneurology and the Emergence of Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.255701⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (3-4), pp.147-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId965" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/bmsap-2020-0098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId962" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03065744v1</w:t>
+            <w:hyperlink r:id="rId964" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03007732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId969" w:history="1">
+            <w:hyperlink r:id="rId966" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeoneurology and the Emergence of Language</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chronique d’une mort annoncée ? Quand la Loi de programmation de la recherche sonne le glas de la recherche publique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId967" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nejma Goutas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId968" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId969" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Costamagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32 (3-4), pp.147-157. </w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId970" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/bmsap-2020-0098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nda.10216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId969" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03007732v1</w:t>
+            <w:hyperlink r:id="rId966" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId971" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un numéro « précaires » pour quoi faire ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le bonheur est dans l’indé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId897" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinciane Zabban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId898" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hovig ter Minassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0759106320939885⟩</w:t>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°224 (6), pp.111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId972" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.224.0111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId971" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03135606v1</w:t>
+                <w:t xml:space="preserve">halshs-03384305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId978" w:history="1">
+            <w:hyperlink r:id="rId973" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique d’une mort annoncée ? Quand la Loi de programmation de la recherche sonne le glas de la recherche publique.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Imbrication des dominations et conditions d’émancipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId974" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId975" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Zancarini-Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.10216⟩</w:t>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 146 (2), pp.2-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId976" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vin.146.0002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId978" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03014611v1</w:t>
+            <w:hyperlink r:id="rId973" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId983" w:history="1">
+            <w:hyperlink r:id="rId977" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bonheur est dans l’indé ?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Un numéro « précaires » pour quoi faire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId978" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Balsiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId979" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-André Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId980" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Brugidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId981" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cartron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId982" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/res.224.0111⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 147-148 (1-2), pp.3-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId983" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0759106320939885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId983" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03384305v1</w:t>
+            <w:hyperlink r:id="rId977" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03135606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId985" w:history="1">
+            <w:hyperlink r:id="rId984" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Cars, un graveur-éditeur entrepreneur sous Louis XV</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LPPR : menaces sur une science indépendante et plurielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId985" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId986" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Meyer</w:t>
+                <w:t xml:space="preserve">Valérie Boussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Buob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId987" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lamarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hommes &amp; libertés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 191, pp.20-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId985" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154513v1</w:t>
+            <w:hyperlink r:id="rId984" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId988" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive response to olive cultivation in a generalist parasitic nematode (Meloidogyne javanica)</w:t>
+                <w:t xml:space="preserve">Didier Lett, Sylvie Steinberg, Fabrice Virgili et Camille Noûs, « Éditorial », Clio. Femmes, Genre, Histoire [En ligne], 52 | 2020, 52 | 2020, 7-19.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId989" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Chapuis</w:t>
+                <w:t xml:space="preserve">Fabrice Virgili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId990" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadeen Ali</w:t>
+                <w:t xml:space="preserve">Sylvie Steinberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId991" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Besnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 131 (2), pp.356-368. </w:t>
+              <w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52, </w:t>
             </w:r>
             <w:hyperlink r:id="rId992" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blaa089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/clio.18616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId988" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02988761v1</w:t>
+                <w:t xml:space="preserve">hal-03223304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId993" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citoyennetés : pratiques et ressources</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les études de genre dans le domaine de l’Antiquité. Les archives de la Bryn Mawr Classical Review (2000-2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId994" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Bargaoui</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Violaine Sebillotte Cuchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Combats, débats, transmission : les 20 ans de Mnémosyne. Historiographies, 26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId993" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03091769v1</w:t>
+                <w:t xml:space="preserve">halshs-03195073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId997" w:history="1">
+            <w:hyperlink r:id="rId995" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Lett, Sylvie Steinberg, Fabrice Virgili et Camille Noûs, « Éditorial », Clio. Femmes, Genre, Histoire [En ligne], 52 | 2020, 52 | 2020, 7-19.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archiver, documenter, enquêter sur l’enquête qualitative. Le travail de l’ombre de beQuali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId996" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Cadorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId997" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId998" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Virgili</w:t>
+                <w:t xml:space="preserve">Emilie Groshens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId999" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Steinberg</w:t>
+                <w:t xml:space="preserve">Emeline Juillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1000" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Lett</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jeremie Vandenbunder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 52, </w:t>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, HS 19, pp.183-198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1001" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/clio.18616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/traces.10968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId997" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03223304v1</w:t>
+            <w:hyperlink r:id="rId995" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03036951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1002" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieudonné : antisémitisme, panique morale et communauté déviante</w:t>
+                <w:t xml:space="preserve">Adaptive response to olive cultivation in a generalist parasitic nematode (Meloidogyne javanica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1003" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Proust</w:t>
+                <w:t xml:space="preserve">Elodie Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1004" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Michalon</w:t>
+                <w:t xml:space="preserve">Nadeen Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1005" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Maurin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Guillaume Besnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Déviance et Société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 44 (3), pp.383-419. </w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 131 (2), pp.356-368. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1006" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ds.443.0041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blaa089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1002" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03041886v1</w:t>
+                <w:t xml:space="preserve">hal-02988761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1007" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« On nous déclare la guerre, c’est clair ». Retour sur la grève de 1995 avec Bernard Thibault</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dieudonné : antisémitisme, panique morale et communauté déviante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1008" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Proust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1009" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1010" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Quijoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nrt.6644⟩</w:t>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 44 (3), pp.383-419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1011" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ds.443.0041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1007" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03097894v1</w:t>
+                <w:t xml:space="preserve">halshs-03041886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1010" w:history="1">
+            <w:hyperlink r:id="rId1012" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que nous dit la COVID-19 des injustices spatiales en Inde</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Landy</w:t>
+                <w:t xml:space="preserve">Du « droit des livres » au « droit en actes » dans le champ de la régulation des nanomatériaux : changer de cadre d’analyse pour comprendre les évolutions en cours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1013" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les salles de consommation de drogue à moindre risque, 10, pp.203-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1014" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.1787⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1010" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961311v1</w:t>
+            <w:hyperlink r:id="rId1012" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03084294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1011" w:history="1">
+            <w:hyperlink r:id="rId1015" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archiver, documenter, enquêter sur l’enquête qualitative. Le travail de l’ombre de beQuali</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emeline Juillard</w:t>
+                <w:t xml:space="preserve">De fougères en cimetière. Écriture et réécriture du végétal dans les récits de captivité de Pierre Gascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId865" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Trivisani-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1016" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Vandenbunder</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cristiana Oghină-Pavie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1017" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noûs Camille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/traces.10968⟩</w:t>
+              <w:t xml:space="preserve">L'esprit créateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Etudes végétales. Plant Studies, 60 (4), pp.81-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1018" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1353/esp.2020.0052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1011" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036951v1</w:t>
+            <w:hyperlink r:id="rId1015" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03399098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1018" w:history="1">
+            <w:hyperlink r:id="rId1019" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du « droit des livres » au « droit en actes » dans le champ de la régulation des nanomatériaux : changer de cadre d’analyse pour comprendre les évolutions en cours</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Season of death of domestic horses deposited in a ritual complex from Bronze Age Mongolia Insights from oxygen isotope time-series in tooth enamel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lazzerini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Marchina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1020" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noost Bayarkhuu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cdst.1787⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.102387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1021" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1018" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03084294v1</w:t>
+            <w:hyperlink r:id="rId1019" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1021" w:history="1">
+            <w:hyperlink r:id="rId1022" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les études de genre dans le domaine de l’Antiquité. Les archives de la Bryn Mawr Classical Review (2000-2020)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contacts de langue dans les espaces discursifs numériques des chroniques : la diversité linguistique en partage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1023" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Maillard-de La Corte Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Violaine Sebillotte Cuchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Vol. 23, n° 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1024" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/alsic.4772⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1021" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03195073v1</w:t>
+            <w:hyperlink r:id="rId1022" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1023" w:history="1">
+            <w:hyperlink r:id="rId1025" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Season of death of domestic horses deposited in a ritual complex from Bronze Age Mongolia Insights from oxygen isotope time-series in tooth enamel</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« On nous déclare la guerre, c’est clair ». Retour sur la grève de 1995 avec Bernard Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1026" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Quijoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1027" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nrt.6644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1025" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102387⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02865051v1</w:t>
+                <w:t xml:space="preserve">halshs-03097894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1026" w:history="1">
+            <w:hyperlink r:id="rId1028" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De fougères en cimetière. Écriture et réécriture du végétal dans les récits de captivité de Pierre Gascar</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Noûs Camille</w:t>
+                <w:t xml:space="preserve">Citoyennetés : pratiques et ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1029" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bargaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1030" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grangaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'esprit créateur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1353/esp.2020.0052⟩</w:t>
+              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Citoyennetés : pratiques et ressources (23), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1031" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anneemaghreb.6652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1026" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03399098v1</w:t>
+            <w:hyperlink r:id="rId1028" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03091769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1030" w:history="1">
+            <w:hyperlink r:id="rId1032" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contacts de langue dans les espaces discursifs numériques des chroniques : la diversité linguistique en partage</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Violaine Bigot</w:t>
+                <w:t xml:space="preserve">Ce que nous dit la COVID-19 des injustices spatiales en Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Varia, 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1032" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/alsic.4772⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03260358v1</w:t>
+                <w:t xml:space="preserve">hal-02961311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1033" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques du doute et régimes de vérité à l’« ère de l’os ». ADN et adoptions symboliques des corps récupérés dans les charniers au Pérou et en Espagne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les ateliers au sud-est de la Casa degli amorini dorati à Pompéi Foulerie VI 16, 3-4 et boutique VI 16, 5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Monteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1034" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Delacroix</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François Fouriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Ephrem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1035" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Devogelaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnologie française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ethn.202.0327⟩</w:t>
+              <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, https://journals.openedition.org/cefr/4317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1036" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cefr.4317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1033" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03603851v1</w:t>
+                <w:t xml:space="preserve">halshs-02615752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1036" w:history="1">
+            <w:hyperlink r:id="rId1037" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ateliers au sud-est de la Casa degli amorini dorati à Pompéi Foulerie VI 16, 3-4 et boutique VI 16, 5</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Au commencement, il y a les barbares. Lecture de l’Essai sur le mérite et la vertu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1038" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Devogelaere</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Martine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, https://journals.openedition.org/cefr/4317. </w:t>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°52 (1), pp.83-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1039" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cefr.4317⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dhs.052.0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1036" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02615752v1</w:t>
+            <w:hyperlink r:id="rId1037" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1040" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au commencement, il y a les barbares. Lecture de l’Essai sur le mérite et la vertu</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Université : la fin d’un système ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId876" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Harari-Kermadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1041" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Martine</w:t>
+                <w:t xml:space="preserve">Mélanie Sargeac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, n°52 (1), pp.83-100. </w:t>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 207, pp.79-86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1042" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dhs.052.0083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfp.9256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1040" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03224782v1</w:t>
+                <w:t xml:space="preserve">hal-03547175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1043" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Université : la fin d’un système ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Harari-Kermadec</w:t>
+                <w:t xml:space="preserve">Desert kites et constructions apparentées : découvertes récentes et mise à jour de l’extension géographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1044" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Sargeac</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Wael Abu-Azizeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1045" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Elie Brochier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1046" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Crassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1047" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Régagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Paléorient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46.1-2, p. 179-200</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1043" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03547175v1</w:t>
+                <w:t xml:space="preserve">hal-03034651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1046" w:history="1">
+            <w:hyperlink r:id="rId1048" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desert kites et constructions apparentées : découvertes récentes et mise à jour de l’extension géographique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De l’interdisciplinarité aux disciplines, et réciproquement. Retour sur une expérience pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1049" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Crassard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Régagnon</w:t>
+                <w:t xml:space="preserve">Florence Boulc ' H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Bascaules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariann Chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tonussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paléorient</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 46.1-2, p. 179-200</w:t>
+              <w:t xml:space="preserve">Revue Intelligibilité du Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1046" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034651v1</w:t>
+            <w:hyperlink r:id="rId1048" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02968024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1051" w:history="1">
+            <w:hyperlink r:id="rId1050" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’interdisciplinarité aux disciplines, et réciproquement. Retour sur une expérience pédagogique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Tonussi</w:t>
+                <w:t xml:space="preserve">Défaire la casse néolibérale de l’emploi public au Burkina Faso (1997-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1051" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Intelligibilité du Numérique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Politique africaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°157 (1), pp.217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1052" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/polaf.157.0217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1051" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02968024v1</w:t>
+            <w:hyperlink r:id="rId1050" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1053" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défaire la casse néolibérale de l’emploi public au Burkina Faso (1997-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Roy</w:t>
+                <w:t xml:space="preserve">Un test à l’échelle mondiale : solidarités territoriales dans la crise sanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikola Tietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique africaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1053" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03048786v1</w:t>
+                <w:t xml:space="preserve">hal-02903126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1056" w:history="1">
+            <w:hyperlink r:id="rId1054" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un test à l’échelle mondiale : solidarités territoriales dans la crise sanitaire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nikola Tietze</w:t>
+                <w:t xml:space="preserve">Introduction. La profession faite corps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId986" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie des idées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (117), pp.5--22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1055" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.117.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1056" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903126v1</w:t>
+            <w:hyperlink r:id="rId1054" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04111964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1057" w:history="1">
+            <w:hyperlink r:id="rId1056" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. La profession faite corps</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Boussard</w:t>
+                <w:t xml:space="preserve">Politiques du doute et régimes de vérité à l’« ère de l’os ». ADN et adoptions symboliques des corps récupérés dans les charniers au Pérou et en Espagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1057" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 1 (117), pp.5--22. </w:t>
+              <w:t xml:space="preserve">Ethnologie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Vol. 50 (2), pp.327-344. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1058" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/soco.117.0005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ethn.202.0327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1057" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04111964v1</w:t>
+            <w:hyperlink r:id="rId1056" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03603851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1059" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress or Strain Does Not Impact Sorption in Stiff Mesoporous Materials</w:t>
+                <w:t xml:space="preserve">Le travail des données. Entretien autour du service des enquêtes de l’INED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1060" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bossert</w:t>
+                <w:t xml:space="preserve">Juliette Galonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1061" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Grosman</w:t>
+                <w:t xml:space="preserve">Stefan Le Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1062" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Trimaille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Noûs</w:t>
+                <w:t xml:space="preserve">Cris Beauchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1063" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Rolley</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gwennaëlle Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 36 (37), pp.11054-11060. </w:t>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (Hors-série (2019)), pp.163 - 181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1064" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.0c01939⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/traces.10918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1059" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03395935v1</w:t>
+                <w:t xml:space="preserve">hal-03455806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1065" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail des données. Entretien autour du service des enquêtes de l’INED</w:t>
+                <w:t xml:space="preserve">Bureaucratic and Neoliberal Management in Academia : A Franco-Chinese Dialogue between Two Anthropologists</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1066" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Galonnier</w:t>
+                <w:t xml:space="preserve">Tang Yun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1067" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Le Courant</w:t>
+                <w:t xml:space="preserve">Katiana Le Mentec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/traces.10918⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Turkish Studies. Social Sciences on Contemporary Turkey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1068" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ejts.6638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1065" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03455806v1</w:t>
+                <w:t xml:space="preserve">hal-03094975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1071" w:history="1">
+            <w:hyperlink r:id="rId1069" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques de médiation informationnelle sur Facebook : l’appropriation politique de la presse quotidienne régionale lors de la campagne présidentielle de 2017</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stress or Strain Does Not Impact Sorption in Stiff Mesoporous Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1070" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bossert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1071" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grosman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1072" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bousquet</w:t>
+                <w:t xml:space="preserve">I. Trimaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1073" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Figeac</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Etienne Rolley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mots.26797⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (37), pp.11054-11060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1074" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.0c01939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1071" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02893332v1</w:t>
+            <w:hyperlink r:id="rId1069" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03395935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1076" w:history="1">
+            <w:hyperlink r:id="rId1075" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spin polarization as an electronic cooperative effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId1076" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1077" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Ben Amor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Georges Trinquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1078" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId1079" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Malrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 153 (4), pp.044118. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1080" w:history="1">
+            <w:hyperlink r:id="rId1079" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0011582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1076" w:history="1">
+            <w:hyperlink r:id="rId1075" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1081" w:history="1">
+            <w:hyperlink r:id="rId1080" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur les dix-sept premières années du Prix Mnémosyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre &amp; histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Combats, débats, transmission : les 20 ans de Mnémosyne, Automne 2020 (26)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1081" w:history="1">
+            <w:hyperlink r:id="rId1080" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03721245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1082" w:history="1">
+            <w:hyperlink r:id="rId1081" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I suppose we will hear more about you, Mr Lee&amp;quot;. Angoisse, politique et trouble colonial dans les dernières années de la Singapour britannique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une méthode de suivi de la vulnérabilité systémique à l’érosion et la submersion marines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Meur-Ferec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iwan Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1082" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Cocquempot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1083" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Brisson</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 38, pp.45-61. </w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId1084" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/traces.11222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.16731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1082" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848123v1</w:t>
+            <w:hyperlink r:id="rId1081" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1085" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luttes pour la valorisation d’une profession ! Des enseignant.es en grèves au Burkina Faso (2017-2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Roy</w:t>
+                <w:t xml:space="preserve">I suppose we will hear more about you, Mr Lee&amp;quot;. Angoisse, politique et trouble colonial dans les dernières années de la Singapour britannique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1086" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/mouv.103.0111⟩</w:t>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38, pp.45-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1087" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/traces.11222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1085" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03048807v1</w:t>
+                <w:t xml:space="preserve">hal-03848123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1087" w:history="1">
+            <w:hyperlink r:id="rId1088" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un modèle britannique d’université ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Allouch</w:t>
+                <w:t xml:space="preserve">Luttes pour la valorisation d’une profession ! Des enseignant.es en grèves au Burkina Faso (2017-2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1051" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Savoir/Agir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 53 (3), pp.10-18. </w:t>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Grèves générales, 103, pp.111-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1089" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sava.053.0010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/mouv.103.0111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1087" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03752662v1</w:t>
+            <w:hyperlink r:id="rId1088" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1090" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-permeable vesicles produced by microfluidics to tune the phase behaviour of encapsulated macromolecules</w:t>
+                <w:t xml:space="preserve">Un modèle britannique d’université ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1091" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Cochereau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Renard</w:t>
+                <w:t xml:space="preserve">Annabelle Allouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.07.022⟩</w:t>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (3), pp.10-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1092" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.053.0010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1090" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03154795v1</w:t>
+                <w:t xml:space="preserve">hal-03752662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1095" w:history="1">
+            <w:hyperlink r:id="rId1093" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Acoustics of Liquid Foams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Semi-permeable vesicles produced by microfluidics to tune the phase behaviour of encapsulated macromolecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1094" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cochereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1095" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1096" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Elias</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Colloid &amp; Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cocis.2020.101391⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 580, pp.709-719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1097" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.07.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1095" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961728v1</w:t>
+            <w:hyperlink r:id="rId1093" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1102" w:history="1">
+            <w:hyperlink r:id="rId1098" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une méthode de suivi de la vulnérabilité systémique à l’érosion et la submersion marines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Iwan Le Berre</w:t>
+                <w:t xml:space="preserve">The Acoustics of Liquid Foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1099" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Derec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Cocquempot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Hénaff</w:t>
+                <w:t xml:space="preserve">Wiebke Drenckhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.16731⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Colloid &amp; Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50, pp.101391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cocis.2020.101391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434401v1</w:t>
+            <w:hyperlink r:id="rId1098" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1106" w:history="1">
+            <w:hyperlink r:id="rId1105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hip-hop monde(s) : approche anthropologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pratiques de médiation informationnelle sur Facebook : l’appropriation politique de la presse quotidienne régionale lors de la campagne présidentielle de 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Aterianus-Owanga</w:t>
+                <w:t xml:space="preserve">Julien Figeac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Milliot</w:t>
+                <w:t xml:space="preserve">Guillaume Cabanac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Hip-hop monde(s), 40, </w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 123, pp.81-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25667/ethnographiques/2020-40/001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/mots.26797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301952v1</w:t>
+            <w:hyperlink r:id="rId1105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02893332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que reste-t-il de la propriété dans l'environnement numérique ?</w:t>
+                <w:t xml:space="preserve">Hip-hop monde(s) : approche anthropologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Maurel</w:t>
+                <w:t xml:space="preserve">Alice Aterianus-Owanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Milliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Délibérée</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hip-hop monde(s), 40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25667/ethnographiques/2020-40/001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944308v1</w:t>
+                <w:t xml:space="preserve">hal-04301952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1112" w:history="1">
+            <w:hyperlink r:id="rId1114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bureaucratic and Neoliberal Management in Academia : A Franco-Chinese Dialogue between Two Anthropologists</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Katiana Le Mentec</w:t>
+                <w:t xml:space="preserve">Que reste-t-il de la propriété dans l'environnement numérique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Turkish Studies. Social Sciences on Contemporary Turkey</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Délibérée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, La propriété, sans le vol ?, N°10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03094975v1</w:t>
+            <w:hyperlink r:id="rId1114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rifugiat* e montagna. Prefazione</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leila Giannetto</w:t>
+                <w:t xml:space="preserve">La médiatisation analysée au prisme de la racialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rebillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rga.7262⟩</w:t>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 223 (5), pp.9-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.223.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02975818v2</w:t>
+                <w:t xml:space="preserve">hal-05536646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1119" w:history="1">
+            <w:hyperlink r:id="rId1118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la première à la troisième année d'une licence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1120" w:history="1">
+            <w:hyperlink r:id="rId1119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaële Henri-Panabiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 209, pp.59-72. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1121" w:history="1">
+            <w:hyperlink r:id="rId1120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rfp.9716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1119" w:history="1">
+            <w:hyperlink r:id="rId1118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03896610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1122" w:history="1">
+            <w:hyperlink r:id="rId1121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tu n’as rien vu à Cologne Retour sur une affaire embarrassée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Méadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n°34 (1), pp.206-227. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1123" w:history="1">
+            <w:hyperlink r:id="rId1122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/tdm.034.0206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1122" w:history="1">
+            <w:hyperlink r:id="rId1121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03788616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1124" w:history="1">
+            <w:hyperlink r:id="rId1123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'usage des science studies dans les controverses scientifiques : une illustration archéologique (suivi de : Georges Laplace, “Autorité et tradition en taxinomie”)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Plutniak</w:t>
+                <w:t xml:space="preserve">Le covid-19, la guerre et les quartiers populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/zil.007.0387⟩</w:t>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nrt.6771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02924742v1</w:t>
+            <w:hyperlink r:id="rId1123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1127" w:history="1">
+            <w:hyperlink r:id="rId1125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le covid-19, la guerre et les quartiers populaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gilbert</w:t>
+                <w:t xml:space="preserve">La valeur professionnelle de l'identité. Racialisation, genre et légitimité managériale à New York et à Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bereni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nrt.6771⟩</w:t>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117, pp.99-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.117.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04074706v1</w:t>
+            <w:hyperlink r:id="rId1125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03080051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1129" w:history="1">
+            <w:hyperlink r:id="rId1128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La valeur professionnelle de l'identité. Racialisation, genre et légitimité managériale à New York et à Paris</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">20 Years of ACE Data: How Superposed Epoch Analyses Reveal Generic Features in Interplanetary CME Profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bereni</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Janvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Démoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Auchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Strugarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/soco.117.0099⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JA028150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03080051v1</w:t>
+            <w:hyperlink r:id="rId1128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1132" w:history="1">
+            <w:hyperlink r:id="rId1135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">20 Years of ACE Data: How Superposed Epoch Analyses Reveal Generic Features in Interplanetary CME Profiles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perfectly parallel cosmological simulations using spatial comoving Lagrangian acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Auchère</w:t>
+                <w:t xml:space="preserve">F. Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Strugarek</w:t>
+                <w:t xml:space="preserve">B. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lavaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. D. Wandelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Jaffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020JA028150⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 639, pp.A91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202037995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03002016v1</w:t>
+            <w:hyperlink r:id="rId1135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536126v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1139" w:history="1">
+            <w:hyperlink r:id="rId1142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perfectly parallel cosmological simulations using spatial comoving Lagrangian acceleration</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Du visible à l’invisible : Une autre lecture de la ville au prisme d’outils connectés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. D. Wandelt</w:t>
+                <w:t xml:space="preserve">Amélie Coulbaut-Lazzarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.H. Jaffe</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jacques Araszkiewiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 639, pp.A91. </w:t>
+              <w:t xml:space="preserve">Revue Internationale de Management, Entrepreneuriat et Communication (RIMEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId1145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202037995⟩</w:t>
+                <w:t xml:space="preserve">⟨10.59285/rimec.345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536126v2</w:t>
+            <w:hyperlink r:id="rId1142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why a special issue on ‘precarity’?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le benchmarking biographique : un outil discursif d’accompagnement vers les &amp;quot;carrières scientifiques nomades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Lay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Frances</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0759106320939885a⟩</w:t>
+              <w:t xml:space="preserve">Travailler </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, vol. 44, p. 215-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/trav.044.0215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03135682v1</w:t>
+                <w:t xml:space="preserve">hal-03028335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1148" w:history="1">
+            <w:hyperlink r:id="rId1150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du visible à l’invisible : Une autre lecture de la ville au prisme d’outils connectés</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacques Araszkiewiez</w:t>
+                <w:t xml:space="preserve">COVID-19 dans les Suds : pouvoir, chiffres et domination au quotidien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Racaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Management, Entrepreneuriat et Communication (RIMEC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.59285/rimec.345⟩</w:t>
+              <w:t xml:space="preserve">Les Cahiers d’Outre-Mer. Revue de géographie de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, LXXIII (282), pp.391-396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/com.12570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217896v1</w:t>
+            <w:hyperlink r:id="rId1150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03620822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1152" w:history="1">
+            <w:hyperlink r:id="rId1153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le benchmarking biographique : un outil discursif d’accompagnement vers les &amp;quot;carrières scientifiques nomades</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Frances</w:t>
+                <w:t xml:space="preserve">Sexitud : rapports d’appropriation et pratiques génocidaires. Une lecture de Colette Guillaumin par Angélica Gorodischer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travailler </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/trav.044.0215⟩</w:t>
+              <w:t xml:space="preserve">Cahiers du Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 68 (1), pp.121-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdge.068.0121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028335v1</w:t>
+            <w:hyperlink r:id="rId1153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1156" w:history="1">
+            <w:hyperlink r:id="rId1155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planetary Dance d’Anna Halprin, Étoile d’une constellation kinesthésique et écologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joanne Clavel</w:t>
+                <w:t xml:space="preserve">Rifugiat* e montagna. Prefazione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina del Biaggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Giannetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques et culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 74, pp.174-177. </w:t>
+              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Rifugiat* e montagna, 108 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId1157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/tc.14462⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rga.7262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03053211v1</w:t>
+            <w:hyperlink r:id="rId1155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02975818v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 dans les Suds : pouvoir, chiffres et domination au quotidien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Racaud</w:t>
+                <w:t xml:space="preserve">Planetary Dance d’Anna Halprin, Étoile d’une constellation kinesthésique et écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId905" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers d’Outre-Mer. Revue de géographie de Bordeaux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/com.12570⟩</w:t>
+              <w:t xml:space="preserve">Techniques et culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 74, pp.174-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tc.14462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03620822v1</w:t>
+                <w:t xml:space="preserve">halshs-03053211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1161" w:history="1">
+            <w:hyperlink r:id="rId1160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiatisation analysée au prisme de la racialisation</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Why a special issue on ‘precarity’?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId978" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Balsiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId979" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-André Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId980" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Brugidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId981" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cartron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId982" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/res.223.0009⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 147-148 (1-2), pp.8-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0759106320939885a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05536646v1</w:t>
+            <w:hyperlink r:id="rId1160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03135682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1163" w:history="1">
+            <w:hyperlink r:id="rId1162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexitud : rapports d’appropriation et pratiques génocidaires. Une lecture de Colette Guillaumin par Angélica Gorodischer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Soriano</w:t>
+                <w:t xml:space="preserve">De l'usage des science studies dans les controverses scientifiques : une illustration archéologique (suivi de : Georges Laplace, “Autorité et tradition en taxinomie”)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Plutniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Genre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 68 (1), pp.121-143. </w:t>
+              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.389-413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cdge.068.0121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/zil.007.0387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836115v1</w:t>
+            <w:hyperlink r:id="rId1162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02924742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La traduction en sciences sociales, miroir des réformes de la recherche universitaire</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Allouch</w:t>
+                <w:t xml:space="preserve">Les corps-à-corps de la mondialisation : analyse anthropologique de la situation globale du hip-hop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Milliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Savoir/Agir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sava.053.0040⟩</w:t>
+              <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hip-hop monde(s), 40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25667/ethnographiques/2020-40/003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04455370v1</w:t>
+                <w:t xml:space="preserve">hal-04301974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1169" w:history="1">
+            <w:hyperlink r:id="rId1167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aperçus sur les développements récents de l’histoire des femmes et du genre à l’époque moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId999" w:history="1">
+            <w:hyperlink r:id="rId990" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1170" w:history="1">
+            <w:hyperlink r:id="rId1168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Traversier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre &amp; histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Genre &amp; histoire, 26 (Automne 2020), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1171" w:history="1">
+            <w:hyperlink r:id="rId1169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/genrehistoire.5933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1169" w:history="1">
+            <w:hyperlink r:id="rId1167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1172" w:history="1">
+            <w:hyperlink r:id="rId1170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les corps-à-corps de la mondialisation : analyse anthropologique de la situation globale du hip-hop</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Milliot</w:t>
+                <w:t xml:space="preserve">La traduction en sciences sociales, miroir des réformes de la recherche universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharine Throssell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1091" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Allouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Hip-hop monde(s), 40, </w:t>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53, pp.40-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25667/ethnographiques/2020-40/003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sava.053.0040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301974v1</w:t>
+            <w:hyperlink r:id="rId1170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04455370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting haplogroups using a versatile machine learning program (PredYMaLe) on a new mutationally balanced 32 Y-STR multiplex (CombYplex): unlocking the full potential of the human STR mutation rate spectrum to estimate forensic parameters</w:t>
               </w:r>
@@ -31312,919 +31312,919 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02906055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’agrobiodiversité sous les tropiques, débats et controverses en marge du concept d’Anthropocène ?</w:t>
+                <w:t xml:space="preserve">La grotte ornée de la Mairie (Teyjat, Dordogne, France) dans les musées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Raimond</w:t>
+                <w:t xml:space="preserve">Patrick Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Ouédraogo</w:t>
+                <w:t xml:space="preserve">Elena Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Garine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/belgeo.42927⟩</w:t>
+              <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (2), pp.222-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/paleo.5602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02973616v1</w:t>
+                <w:t xml:space="preserve">hal-02971407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1186" w:history="1">
+            <w:hyperlink r:id="rId1185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Université : la fin d'un système ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’exil au temps du COVID. Pour le Collectif de Galois, la bataille continue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal des anthropologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Journal des anthropologues, 1, pp.65-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/jda.9268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04111977v1</w:t>
+            <w:hyperlink r:id="rId1185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03534359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À la recherche de la LPPR : mener l'enquête face à la gouvernementalité de l'insaisissable</w:t>
+                <w:t xml:space="preserve">Regards sociologiques sur la constitution des bases de sondage. Ce que compter des logements sur le terrain veut dire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Rioufreyt</w:t>
+                <w:t xml:space="preserve">Joanie Cayouette-Remblière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rfp.9211⟩</w:t>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Savoir-faire, 121 / 4, pp.121-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.121.0121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03091496v1</w:t>
+                <w:t xml:space="preserve">hal-03161962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1190" w:history="1">
+            <w:hyperlink r:id="rId1191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What COVID-19 Tells Us about Spatial Injustices in India</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Landy</w:t>
+                <w:t xml:space="preserve">Controlling wet adhesion with elasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kim Agrawal</w:t>
+            <w:hyperlink r:id="rId1193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzie Protière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0SM00618A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03048380v1</w:t>
+            <w:hyperlink r:id="rId1191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1192" w:history="1">
+            <w:hyperlink r:id="rId1195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qui dirige les machines à réformer l'université et la recherche en France ? Portraits comparés de l’Agence nationale de la recherche et de l’Agence d’évaluation de la recherche et de l’enseignement supérieur (2005-2019)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Université : la fin d'un système ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId876" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Harari-Kermadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1041" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Sargeac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Topalov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (207), pp.79--86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gen.119.0019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03993267v1</w:t>
+                <w:t xml:space="preserve">hal-04111977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regards sociologiques sur la constitution des bases de sondage. Ce que compter des logements sur le terrain veut dire</w:t>
+                <w:t xml:space="preserve">À la recherche de la LPPR : mener l'enquête face à la gouvernementalité de l'insaisissable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanie Cayouette-Remblière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Santos</w:t>
+                <w:t xml:space="preserve">Thibaut Rioufreyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/gen.121.0121⟩</w:t>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020/2 (207), pp.49-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfp.9211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03161962v1</w:t>
+                <w:t xml:space="preserve">halshs-03091496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1200" w:history="1">
+            <w:hyperlink r:id="rId1199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte ornée de la Mairie (Teyjat, Dordogne, France) dans les musées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Qui dirige les machines à réformer l'université et la recherche en France ? Portraits comparés de l’Agence nationale de la recherche et de l’Agence d’évaluation de la recherche et de l’enseignement supérieur (2005-2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Laillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Paillet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Christian Topalov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/paleo.5602⟩</w:t>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 119 (2), pp.19-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.119.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971407v1</w:t>
+            <w:hyperlink r:id="rId1199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03993267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1204" w:history="1">
+            <w:hyperlink r:id="rId1203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling wet adhesion with elasticity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Duprat</w:t>
+                <w:t xml:space="preserve">What COVID-19 Tells Us about Spatial Injustices in India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Suzie Protière</w:t>
+            <w:hyperlink r:id="rId1204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Agrawal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03022064v1</w:t>
+            <w:hyperlink r:id="rId1203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1208" w:history="1">
+            <w:hyperlink r:id="rId1205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exil au temps du COVID. Pour le Collectif de Galois, la bataille continue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’agrobiodiversité sous les tropiques, débats et controverses en marge du concept d’Anthropocène ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ouédraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Garine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des anthropologues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Journal des anthropologues, 1, pp.65-79. </w:t>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId1209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/jda.9268⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.42927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03534359v1</w:t>
+            <w:hyperlink r:id="rId1205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02973616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser avec les pratiques chorégraphiques pour habiter autrement la Terre</w:t>
               </w:r>
@@ -32292,64 +32292,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouvrir les données de la recherche ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1066" w:history="1">
+            <w:hyperlink r:id="rId1060" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Galonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1067" w:history="1">
+            <w:hyperlink r:id="rId1061" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Le Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pecqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32409,103 +32409,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le travail des données. Entretien autour du service des enquêtes de l'Ined</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1068" w:history="1">
+            <w:hyperlink r:id="rId1062" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cris Beauchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1069" w:history="1">
+            <w:hyperlink r:id="rId1063" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwennaëlle Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Morisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1066" w:history="1">
+            <w:hyperlink r:id="rId1060" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Galonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Les sciences humaines et sociales au travail (II) : que faire des données de recherche, 19, pp.163-181</w:t>
@@ -32989,51 +32989,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D’une nouvelle qualité chevaleresque : l’humour de Don Brianel de Macédoine dans l’Historia del magnánimo, valiente e invencible Caballero don Belianís de Grecia de Jerónimo Fernández (1547)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId896" w:history="1">
+            <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -33253,51 +33253,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Las trampas del tiempo en El principio del placer de José Emilio Pacheco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId896" w:history="1">
+            <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -33335,51 +33335,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La función profética de los animales en el Amadís de Gaula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId896" w:history="1">
+            <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -33417,51 +33417,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Redescubrimiento del Lenguaje: Teoría y Práctica Poética en El mono gramático de Octavio Paz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId896" w:history="1">
+            <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -33491,51 +33491,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02542582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (55)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -33633,6368 +33633,6618 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SF2A Environmental Transition Commission: Towards a desirable future for research in astronomy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le mystère des pépites vertes (enfin résolu!) – A la source des matières colorantes des sites paléolithiques de la vallée de l’Ardèche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faustine Cantalloube</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antonin Tomasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La semaine de l'astrophysique francaise 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, M. Bethermin, K. Baillie, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille, France. pp.11</w:t>
+              <w:t xml:space="preserve">Journées régionales de l’archéologie Auvergne Rhône Alpes 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction des affaires culturelle Auvergne Rhône Alpes - Service régional de l'Archéologie, Feb 2026, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04907909v1</w:t>
+                <w:t xml:space="preserve">hal-05549684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1244" w:history="1">
+            <w:hyperlink r:id="rId1245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser l'avenir du pastoralisme en Afrique sub saharienne à travers le rapport social d'activité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SF2A Environmental Transition Commission: Chosen pieces from the survey 'French astronomy and astrophysics research activities in the face of the environmental crisis, from 2019 to 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Mercandalli</w:t>
+                <w:t xml:space="preserve">Faustine Cantalloube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Magnani</w:t>
+                <w:t xml:space="preserve">A. Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Rangé</w:t>
+                <w:t xml:space="preserve">Julien Milli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Patat</w:t>
+                <w:t xml:space="preserve">Jean-François Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIe Congrès de l’Association Française d’Économie Politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFEP, ARTdev, Moisa, Innovation, CDED, Jul 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journées annuelles de la Société Française d'Astronomie et d'Astrophysique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SF2A, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04702473v1</w:t>
+            <w:hyperlink r:id="rId1245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du processus d'apparition des feuilles par des durées successives -alternative aux modèles de régression</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+                <w:t xml:space="preserve">SF2A Environmental Transition Commission: Towards a desirable future for research in astronomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Cantalloube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Statistiques (JDS) 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFdS, Jul 2023, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">La semaine de l'astrophysique francaise 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. Bethermin, K. Baillie, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille, France. pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04163940v1</w:t>
+                <w:t xml:space="preserve">hal-04907909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Domino problem is undecidable on every rhombus subshift</w:t>
+                <w:t xml:space="preserve">Penser l'avenir du pastoralisme en Afrique sub saharienne à travers le rapport social d'activité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
+                <w:t xml:space="preserve">Véronique Ancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor H Lutfalla</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sara Mercandalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Magnani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Rangé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Patat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference, Developments in Language Theory (DLT) 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XIIIe Congrès de l’Association Française d’Économie Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFEP, ARTdev, Moisa, Innovation, CDED, Jul 2024, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04004801v1</w:t>
+                <w:t xml:space="preserve">hal-04702473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1255" w:history="1">
+            <w:hyperlink r:id="rId1257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controllable motion lines generation for an abstracted depiction of 3D motion.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Bléron</w:t>
+                <w:t xml:space="preserve">Modélisation du processus d'apparition des feuilles par des durées successives -alternative aux modèles de régression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Plancade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Marchadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J.FIG 2023 - journées Françaises de l'Informatique Graphique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIG, Nov 2023, Montpellier, France. pp.1-5</w:t>
+              <w:t xml:space="preserve">Journées de Statistiques (JDS) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFdS, Jul 2023, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04397569v1</w:t>
+            <w:hyperlink r:id="rId1257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1257" w:history="1">
+            <w:hyperlink r:id="rId1258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des composites viscoélastiques par les approches de type ARX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Boisse</w:t>
+                <w:t xml:space="preserve">The Domino problem is undecidable on every rhombus subshift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor H Lutfalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNC23 : Journées Nationales sur les Composites 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th International Conference, Developments in Language Theory (DLT) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frank Drewes; Martin Berglund; Johanna Björklund; Lena Strobl, Jun 2023, Umeå, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33264-7_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04606803v1</w:t>
+            <w:hyperlink r:id="rId1258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04004801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1258" w:history="1">
+            <w:hyperlink r:id="rId1262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRDT-based Collaborative Editing in OppNets: a Practical Experiment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Guidec</w:t>
+                <w:t xml:space="preserve">Controllable motion lines generation for an abstracted depiction of 3D motion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Amine Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bléron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId735" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Thollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Conference on Mobile Ubiquitous Computing, Systems, Services and Technologies (UBICOMM 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Porto, Portugal. pp.13-21</w:t>
+              <w:t xml:space="preserve">J.FIG 2023 - journées Françaises de l'Informatique Graphique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIG, Nov 2023, Montpellier, France. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249567v1</w:t>
+            <w:hyperlink r:id="rId1262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1259" w:history="1">
+            <w:hyperlink r:id="rId1264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DAT@Z21: A Comprehensive Multimodal Dataset for Rumor Classification in Microblogs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+                <w:t xml:space="preserve">Modélisation des composites viscoélastiques par les approches de type ARX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Conference on Big Data Analytics and Knowledge Discovery (DaWaK 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNC23 : Journées Nationales sur les Composites 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMAC, UFC, Supmicrotech-ENSMM, CNRS, Jul 2023, Besançon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04104145v1</w:t>
+            <w:hyperlink r:id="rId1264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04606803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1261" w:history="1">
+            <w:hyperlink r:id="rId1265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backtracking reference stores</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CRDT-based Collaborative Editing in OppNets: a Practical Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mahéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Scherer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFLA 2023 - 34èmes Journées Francophones des Langages Applicatifs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Praz-sur-Arly, France. pp.190-210</w:t>
+              <w:t xml:space="preserve">17th Conference on Mobile Ubiquitous Computing, Systems, Services and Technologies (UBICOMM 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Porto, Portugal. pp.13-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03936704v1</w:t>
+            <w:hyperlink r:id="rId1265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1263" w:history="1">
+            <w:hyperlink r:id="rId1266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des composites viscoélastiques par les approches de type ARX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Boisse</w:t>
+                <w:t xml:space="preserve">DAT@Z21: A Comprehensive Multimodal Dataset for Rumor Classification in Microblogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazek Azri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouria Harbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur les Composites 2023 (JNC23)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25th International Conference on Big Data Analytics and Knowledge Discovery (DaWaK 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Penang, Malaysia. pp.161-175, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-39831-5_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180376v1</w:t>
+            <w:hyperlink r:id="rId1266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04104145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1264" w:history="1">
+            <w:hyperlink r:id="rId1268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charcoal-making in pits: an ethno-anthraco-archaeological approach in the Moroccan Rif</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Backtracking reference stores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Scherer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthraco2023 - 8th International Anthracology Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">JFLA 2023 - 34èmes Journées Francophones des Langages Applicatifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Praz-sur-Arly, France. pp.190-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05083765v1</w:t>
+            <w:hyperlink r:id="rId1268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03936704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1269" w:history="1">
+            <w:hyperlink r:id="rId1270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practices and representations of data sharing and data protection within research communities practicing or accompanying ethnography</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charcoal-making in pits: an ethno-anthraco-archaeological approach in the Moroccan Rif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Revelin</w:t>
+                <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Levain</w:t>
+                <w:t xml:space="preserve">Vincent Bernollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Arioua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Daide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association for the Study of Science and Technology 2022 Conference (EASST 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">Anthraco2023 - 8th International Anthracology Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03735637v1</w:t>
+            <w:hyperlink r:id="rId1270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05083765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1273" w:history="1">
+            <w:hyperlink r:id="rId1275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archipel 2022 : Risques systémiques, trajectoires et leviers d'action transdisciplinaires</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation des composites viscoélastiques par les approches de type ARX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane André</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur les Composites 2023 (JNC23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04005618v1</w:t>
+            <w:hyperlink r:id="rId1275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1279" w:history="1">
+            <w:hyperlink r:id="rId1276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Certified Derivation of Small-Step From Big-Step Skeletal Semantics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alan Schmitt</w:t>
+                <w:t xml:space="preserve">Practices and representations of data sharing and data protection within research communities practicing or accompanying ethnography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Revelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Levain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PPDP 2022 - 24th International Symposium on Principles and Practice of Declarative Programming</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Association for the Study of Science and Technology 2022 Conference (EASST 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Madrid, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03768820v1</w:t>
+            <w:hyperlink r:id="rId1276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03735637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1284" w:history="1">
+            <w:hyperlink r:id="rId1280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing Vector Fields Across Surfaces: Interest for Characterizing the Orientations of Cortical Folds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1285" w:history="1">
+            <w:hyperlink r:id="rId1281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bohi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1286" w:history="1">
+            <w:hyperlink r:id="rId1282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Auzias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Nous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1287" w:history="1">
+            <w:hyperlink r:id="rId1283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE International Conference on Image Processing (ICIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Bordeaux, France. pp.391-395, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1288" w:history="1">
+            <w:hyperlink r:id="rId1284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIP46576.2022.9897251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1284" w:history="1">
+            <w:hyperlink r:id="rId1280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03890384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1289" w:history="1">
+            <w:hyperlink r:id="rId1285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pensée végétale et simiesque du film &amp;quot;Le voyage du prince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1290" w:history="1">
+            <w:hyperlink r:id="rId1286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pré-conférence ICA (International Communication Association). Au-delà du monde des humains : communication végétale émergente dans l'espace public.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1289" w:history="1">
+            <w:hyperlink r:id="rId1285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03935651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1291" w:history="1">
+            <w:hyperlink r:id="rId1287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flux de macroplastiques issus des eaux urbaines : au plus près des sources</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rachid Dris</w:t>
+                <w:t xml:space="preserve">Certified Derivation of Small-Step From Big-Step Skeletal Semantics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ambal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergueï Lenglet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium métrologie de la pollution de plastique dans le continuum terre-mer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PPDP 2022 - 24th International Symposium on Principles and Practice of Declarative Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Tbilisi, Georgia. pp.1-48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3551357.3551384⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03840329v1</w:t>
+            <w:hyperlink r:id="rId1287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03768820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1294" w:history="1">
+            <w:hyperlink r:id="rId1292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alignement entre sources : cas d'usage des plantes cultivées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archipel 2022 : Risques systémiques, trajectoires et leviers d'action transdisciplinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Baquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Michel</w:t>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Amardeilh</w:t>
+                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Bossy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Roussey</w:t>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones d’Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Saint-Étienne, France</w:t>
+              <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889780v1</w:t>
+            <w:hyperlink r:id="rId1292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1300" w:history="1">
+            <w:hyperlink r:id="rId1298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wet granular flows over a rough inclined plane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alignement entre sources : cas d'usage des plantes cultivées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Amardeilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Deboeuf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Robert Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoulaye Fall</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine Faron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de mécanique - AFM, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées francophones d’Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281731v1</w:t>
+            <w:hyperlink r:id="rId1298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1303" w:history="1">
+            <w:hyperlink r:id="rId1304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déboîter les constructeurs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Chataing</w:t>
+                <w:t xml:space="preserve">Flux de macroplastiques issus des eaux urbaines : au plus près des sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tramoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Ledieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Dris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones des Langages Applicatifs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Saint-Médard-d'Excideuil, France</w:t>
+              <w:t xml:space="preserve">Symposium métrologie de la pollution de plastique dans le continuum terre-mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510931v1</w:t>
+            <w:hyperlink r:id="rId1304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1305" w:history="1">
+            <w:hyperlink r:id="rId1307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frontal sinus variation in large samples of extant species of the genera Pan, Gorilla and Homo</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anna Maria Kubicka</w:t>
+                <w:t xml:space="preserve">Wet granular flows over a rough inclined plane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Deboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laura T Buck</w:t>
+            <w:hyperlink r:id="rId1309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Fall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1847e réunion scientifique de la SAP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de mécanique - AFM, Aug 2022, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.8175⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03977682v1</w:t>
+                <w:t xml:space="preserve">hal-04281731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1308" w:history="1">
+            <w:hyperlink r:id="rId1310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How useful is research on cooperatives? Reflection based on 3 double-cap situations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marius Chevallier</w:t>
+                <w:t xml:space="preserve">Déboîter les constructeurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chataing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Scherer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cooperatives in transition facing crisis ICA CCR Europe 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones des Langages Applicatifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Saint-Médard-d'Excideuil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03288618v1</w:t>
+            <w:hyperlink r:id="rId1310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1310" w:history="1">
+            <w:hyperlink r:id="rId1312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riemannian Geometry on Connectivity for Clinical BCI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frontal sinus variation in large samples of extant species of the genera Pan, Gorilla and Homo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId680" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou Albessard-Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId681" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Maria Kubicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1311" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId1313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Yger</w:t>
+                <w:t xml:space="preserve">Laura T Buck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Toronto / Virtual, Canada. </w:t>
+              <w:t xml:space="preserve">1847e réunion scientifique de la SAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, société d'anthropologie de paris, Jan 2022, Toulouse, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId1314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414790⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.8175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03202349v1</w:t>
+            <w:hyperlink r:id="rId1312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bringing Opportunistic Networking to Smartphones: a Pragmatic Approach</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How useful is research on cooperatives? Reflection based on 3 double-cap situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Launay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Touseau</w:t>
+                <w:t xml:space="preserve">Marius Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPSAC 2021 - IEEE 45th Annual Computers, Software, and Applications Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cooperatives in transition facing crisis ICA CCR Europe 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03523342v1</w:t>
+                <w:t xml:space="preserve">hal-03288618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1319" w:history="1">
+            <w:hyperlink r:id="rId1317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From information to action means “from encoding to decoding</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Riemannian Geometry on Connectivity for Clinical BCI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Yger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A quest for an interface between information and action</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICASSP 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Toronto / Virtual, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03522453v1</w:t>
+            <w:hyperlink r:id="rId1317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1320" w:history="1">
+            <w:hyperlink r:id="rId1322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ArchaeoDAL: A Data Lake for Archaeological Data Management and Analytics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+                <w:t xml:space="preserve">Bringing Opportunistic Networking to Smartphones: a Pragmatic Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mahéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Touseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Database Engineering &amp; Applications Symposium (IDEAS 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3472163.3472266⟩</w:t>
+              <w:t xml:space="preserve">COMPSAC 2021 - IEEE 45th Annual Computers, Software, and Applications Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Madrid, Spain. pp.574-579, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/COMPSAC51774.2021.00085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03265064v1</w:t>
+            <w:hyperlink r:id="rId1322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03523342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1324" w:history="1">
+            <w:hyperlink r:id="rId1326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimizing Subject-dependent Calibration for BCI with Riemannian Transfer Learning</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Karim Haroun</w:t>
+                <w:t xml:space="preserve">From information to action means “from encoding to decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Gaucherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NER (Neural engineering)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A quest for an interface between information and action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pier F. Morette; Vasileios Basios, Apr 2021, Online, Italy. pp.17-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03202360v1</w:t>
+            <w:hyperlink r:id="rId1326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1329" w:history="1">
+            <w:hyperlink r:id="rId1327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description sémantique des stades de développement phénologique des plantes, cas d’étude de la vigne</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ArchaeoDAL: A Data Lake for Archaeological Data Management and Analytics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pengfei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Loudcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC 2021 - 32es Journées francophones d'Ingénierie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25th International Database Engineering &amp; Applications Symposium (IDEAS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Montréal, Canada. pp.252-262, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3472163.3472266⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03260085v1</w:t>
+            <w:hyperlink r:id="rId1327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03265064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1333" w:history="1">
+            <w:hyperlink r:id="rId1331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE TERRITOIRE SCIENTIFIQUE DES RECHERCHES SUR LA FORMATION : UNE APPROCHE SEMANTIQUE ET UN REGARD SOCIO-HISTORIQUE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Description sémantique des stades de développement phénologique des plantes, cas d’étude de la vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Amardeilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId1334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Hébrard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphan Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Inter-AREF Nancy 2021 "Politiques et territoires en éducation et formation : Enjeux, débats et perspectives"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Nancy, France</w:t>
+              <w:t xml:space="preserve">IC 2021 - 32es Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Bordeaux, France. pp.30-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03347557v1</w:t>
+            <w:hyperlink r:id="rId1331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03260085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId1335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calling to CNN-LSTM for Rumor Detection: A Deep Multi-channel Model for Message Veracity Classification in Microblogs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+                <w:t xml:space="preserve">Minimizing Subject-dependent Calibration for BCI with Riemannian Transfer Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Khazem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Barthélemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Haroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint European Conference on Machine Learning and Knowledge Discovery in Databases (ECML PKDD 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-86517-7_31⟩</w:t>
+              <w:t xml:space="preserve">NER (Neural engineering)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Rome (virtual), Italy. pp.523-526, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NER49283.2021.9441279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId1335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03265069v1</w:t>
+                <w:t xml:space="preserve">hal-03202360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1337" w:history="1">
+            <w:hyperlink r:id="rId1340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delta-State-Based Synchronization of CRDTs in Opportunistic Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Mahéo</w:t>
+                <w:t xml:space="preserve">LE TERRITOIRE SCIENTIFIQUE DES RECHERCHES SUR LA FORMATION : UNE APPROCHE SEMANTIQUE ET UN REGARD SOCIO-HISTORIQUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE 46th Conference on Local Computer Networks (LCN)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque Inter-AREF Nancy 2021 "Politiques et territoires en éducation et formation : Enjeux, débats et perspectives"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Nancy, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405138v1</w:t>
+            <w:hyperlink r:id="rId1340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1339" w:history="1">
+            <w:hyperlink r:id="rId1342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison-free polyregular functions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lê Thành Dũng Nguyễn</w:t>
+                <w:t xml:space="preserve">Calling to CNN-LSTM for Rumor Detection: A Deep Multi-channel Model for Message Veracity Classification in Microblogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazek Azri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouria Harbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécilia Pradic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Colloquium on Automata, Languages and Programming 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Joint European Conference on Machine Learning and Knowledge Discovery in Databases (ECML PKDD 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bilbao, Spain. pp.497-513, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-86517-7_31⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02986228v3</w:t>
+            <w:hyperlink r:id="rId1342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03265069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1342" w:history="1">
+            <w:hyperlink r:id="rId1344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MI-LXC: A Small-Scale Internet-Like Environment for Network Security Teaching</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Lesueur</w:t>
+                <w:t xml:space="preserve">Delta-State-Based Synchronization of CRDTs in Opportunistic Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mahéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARES 2021: The 16th International Conference on Availability, Reliability and Security</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE 46th Conference on Local Computer Networks (LCN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Edmonton, Canada. pp.335-338, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LCN52139.2021.9524978⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3465481.3469181⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03340749v1</w:t>
+                <w:t xml:space="preserve">hal-03405138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1345" w:history="1">
+            <w:hyperlink r:id="rId1346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Smartphone-Targeted Opportunistic Computing Environment for Decentralized Web Applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Mahéo</w:t>
+                <w:t xml:space="preserve">Comparison-free polyregular functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lê Thành Dũng Nguyễn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Pradic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE 46th Conference on Local Computer Networks (LCN)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Colloquium on Automata, Languages and Programming 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LCN52139.2021.9524983⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03404474v2</w:t>
+                <w:t xml:space="preserve">hal-02986228v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1347" w:history="1">
+            <w:hyperlink r:id="rId1349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PaleoBRAIN : ressusciter le cerveau d’Homo erectus et des Néandertaliens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId670" w:history="1">
+            <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1348" w:history="1">
+            <w:hyperlink r:id="rId1350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bardinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1349" w:history="1">
+            <w:hyperlink r:id="rId1351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameline Bardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1350" w:history="1">
+            <w:hyperlink r:id="rId1352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gilissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1351" w:history="1">
+            <w:hyperlink r:id="rId1353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asier Gómez-Olivencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1847e réunion scientifique de la SAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, société d'anthropologie de paris, 2021, toulouse, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1352" w:history="1">
+            <w:hyperlink r:id="rId1354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.8185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1347" w:history="1">
+            <w:hyperlink r:id="rId1349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1353" w:history="1">
+            <w:hyperlink r:id="rId1355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Management and Analysis of Textual Documents and Tabular Data within the AUDAL Data Lake</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+                <w:t xml:space="preserve">MI-LXC: A Small-Scale Internet-Like Environment for Network Security Teaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th European Conference on Advances in Databases and Information Systems (ADBIS 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ARES 2021: The 16th International Conference on Availability, Reliability and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Vienna Austria, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3465481.3469181⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03224950v1</w:t>
+                <w:t xml:space="preserve">hal-03340749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1356" w:history="1">
+            <w:hyperlink r:id="rId1358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simuler les processus écologiques dans les agrosystèmes diversifiés pour la transition agroécologique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Smartphone-Targeted Opportunistic Computing Environment for Decentralized Web Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Touseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mahéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire INRA CIRAD modélisation des cultures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE 46th Conference on Local Computer Networks (LCN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Edmonton (virtual), Canada. pp.363-366, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LCN52139.2021.9524983⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03610005v1</w:t>
+            <w:hyperlink r:id="rId1358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404474v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1361" w:history="1">
+            <w:hyperlink r:id="rId1360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Length of a Cylinder on its Aeolian Tone Level: Measurement and Modelling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Noûs</w:t>
+                <w:t xml:space="preserve">Joint Management and Analysis of Textual Documents and Tabular Data within the AUDAL Data Lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pegdwendé Nicolas Sawadogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th WCCM-ECCOMAS Congress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.178⟩</w:t>
+              <w:t xml:space="preserve">25th European Conference on Advances in Databases and Information Systems (ADBIS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Tartu, Estonia. pp.88-101, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220829v1</w:t>
+            <w:hyperlink r:id="rId1360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1365" w:history="1">
+            <w:hyperlink r:id="rId1363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DMA virtuelle sur matériaux hétérogènes : une aide aux développements de modèles d’homogénéisation en viscoélasticité</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Simuler les processus écologiques dans les agrosystèmes diversifiés pour la transition agroécologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Colbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Gaudio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Launay,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées Nationales sur les Composites (JNC 22), conférence virtuelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire INRA CIRAD modélisation des cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810165v1</w:t>
+            <w:hyperlink r:id="rId1363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03610005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1366" w:history="1">
+            <w:hyperlink r:id="rId1368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les contributions du CIRET et l'émergence des nouvelles humanités</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florent Pasquier</w:t>
+                <w:t xml:space="preserve">Influence of the Length of a Cylinder on its Aeolian Tone Level: Measurement and Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Troisième Congrès Mondial de la Transdisciplinarité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th WCCM-ECCOMAS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Virtual conference, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.178⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03850591v1</w:t>
+            <w:hyperlink r:id="rId1368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1369" w:history="1">
+            <w:hyperlink r:id="rId1372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coining goldMEDAL: A New Contribution to Data Lake Generic Metadata Modeling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DMA virtuelle sur matériaux hétérogènes : une aide aux développements de modèles d’homogénéisation en viscoélasticité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Workshop on Design, Optimization, Languages and Analytical Processing of Big Data (DOLAP@EDBT/ICDT 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Nicosia, Cyprus. pp.31-40</w:t>
+              <w:t xml:space="preserve">22èmes Journées Nationales sur les Composites (JNC 22), conférence virtuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03112542v1</w:t>
+            <w:hyperlink r:id="rId1372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03810165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1372" w:history="1">
+            <w:hyperlink r:id="rId1373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MONITOR: A Multimodal Fusion Framework to Assess Message Veracity in Social Networks</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+                <w:t xml:space="preserve">Les contributions du CIRET et l'émergence des nouvelles humanités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Letellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th European Conference on Advances in Databases and Information Systems (ADBIS 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Troisième Congrès Mondial de la Transdisciplinarité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Mexico (online), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03224965v1</w:t>
+                <w:t xml:space="preserve">halshs-03850591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1374" w:history="1">
+            <w:hyperlink r:id="rId1376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Lakes for Digital Humanities</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId253" w:history="1">
+                <w:t xml:space="preserve">Coining goldMEDAL: A New Contribution to Data Lake Generic Metadata Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Scholly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pegdwendé Nicolas Sawadogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pengfei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Alfonso Espinosa-Oviedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Digital Tools &amp; Uses Congress (DTUC 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23rd International Workshop on Design, Optimization, Languages and Analytical Processing of Big Data (DOLAP@EDBT/ICDT 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Nicosia, Cyprus. pp.31-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889487v1</w:t>
+            <w:hyperlink r:id="rId1376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03112542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1376" w:history="1">
+            <w:hyperlink r:id="rId1379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending Riemannian Brain-Computer Interface to Functional Connectivity Estimators</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florian Yger</w:t>
+                <w:t xml:space="preserve">MONITOR: A Multimodal Fusion Framework to Assess Message Veracity in Social Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazek Azri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouria Harbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IROS Workshop on Bringing geometric methods to robot learning, optimization and control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25th European Conference on Advances in Databases and Information Systems (ADBIS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Tartu, Estonia. pp.73-87, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03015390v1</w:t>
+            <w:hyperlink r:id="rId1379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1377" w:history="1">
+            <w:hyperlink r:id="rId1381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the influence of the shape on the spanwise coherence length of the flow over a bluff body</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florent Margnat</w:t>
+                <w:t xml:space="preserve">Data Lakes for Digital Humanities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Loudcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0763⟩</w:t>
+              <w:t xml:space="preserve">2nd International Digital Tools &amp; Uses Congress (DTUC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Hammamet, Tunisia. pp.38-41, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3423603.3424004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03215258v1</w:t>
+            <w:hyperlink r:id="rId1381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1380" w:history="1">
+            <w:hyperlink r:id="rId1383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'effet de la saillance phonologique du sujet sur la forme plurielle des verbes alternants en français L2 : amorçage ou redondance ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental study of the influence of the shape on the spanwise coherence length of the flow over a bluff body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Gerolimich</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wagner Gonçalves Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Mondial de LInguistique Française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/shsconf/20207810006⟩</w:t>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1515-1522, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03111888v1</w:t>
+            <w:hyperlink r:id="rId1383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1387" w:history="1">
+            <w:hyperlink r:id="rId1386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Characterization of Amenable Groups by Besicovitch Pseudodistances</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Guillon</w:t>
+                <w:t xml:space="preserve">Extending Riemannian Brain-Computer Interface to Functional Connectivity Estimators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Yger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Workshop on Cellular Automata and Discrete Complex Systems (AUTOMATA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IROS Workshop on Bringing geometric methods to robot learning, optimization and control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Las Vegas, NV / Virtual, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03100934v1</w:t>
+            <w:hyperlink r:id="rId1386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03015390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1391" w:history="1">
+            <w:hyperlink r:id="rId1387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aeolian tone level as a consequence of distance to the onset of unsteadiness: influence of bluff-body shape on the critical Reynolds number</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L'effet de la saillance phonologique du sujet sur la forme plurielle des verbes alternants en français L2 : amorçage ou redondance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Granget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hadermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malin Ågren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Gerolimich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Eve Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0761⟩</w:t>
+              <w:t xml:space="preserve">Congrès Mondial de LInguistique Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Montpellier, France. pp.10006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/20207810006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03242471v1</w:t>
+            <w:hyperlink r:id="rId1387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03111888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1393" w:history="1">
+            <w:hyperlink r:id="rId1394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precise and Efficient Analysis of Context-Sensitive Cache Conflict Sets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Brandner</w:t>
+                <w:t xml:space="preserve">A Characterization of Amenable Groups by Besicovitch Pseudodistances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Capobianco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTNS 2020: 28th International Conference on Real-Time Networks and Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26th International Workshop on Cellular Automata and Discrete Complex Systems (AUTOMATA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Stockholm, Sweden. pp.99-110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-61588-8_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3394810.3394811⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02894150v1</w:t>
+                <w:t xml:space="preserve">hal-03100934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1395" w:history="1">
+            <w:hyperlink r:id="rId1398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endless journey of macroplastics in rivers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aeolian tone level as a consequence of distance to the onset of unsteadiness: influence of bluff-body shape on the critical Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wagner Gonçalves Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Margnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Nous</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICRO 2020, Fate and Impact of Microplastics : Knowledge and Responsabilities</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2619-2626, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0761⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02974485v1</w:t>
+            <w:hyperlink r:id="rId1398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1399" w:history="1">
+            <w:hyperlink r:id="rId1400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some Things you may Want to Know about Electronic Voting in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chantal Enguehard</w:t>
+                <w:t xml:space="preserve">Precise and Efficient Analysis of Context-Sensitive Cache Conflict Sets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Brandner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-Vote-ID 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RTNS 2020: 28th International Conference on Real-Time Networks and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Paris France, France. pp.44-55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3394810.3394811⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02951467v1</w:t>
+            <w:hyperlink r:id="rId1400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02894150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1401" w:history="1">
+            <w:hyperlink r:id="rId1402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CASO et IRRIG deux ontologies pour le développement de systèmes contextuels : cas d’usage sur l’automatisation de l’irrigation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fibre links for the WEAVE instrument: the making of</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Poveda Villalón</w:t>
+                <w:t xml:space="preserve">Shan Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe de Vaulx</w:t>
+                <w:t xml:space="preserve">Piercarlo Bonifacio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId1405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Chanet</w:t>
+                <w:t xml:space="preserve">Gilles Fasola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Horville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Caffau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31es Journées francophones d'Ingénierie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Modeling, Systems Engineering, and Project Management for Astronomy IX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Online Only, France. pp.95, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2562305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02888201v1</w:t>
+            <w:hyperlink r:id="rId1402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1406" w:history="1">
+            <w:hyperlink r:id="rId1409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malayalam three-way rhotics contrast: Articulatory modelling based on MRI data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lamalle</w:t>
+                <w:t xml:space="preserve">Some Things you may Want to Know about Electronic Voting in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Enguehard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSP 2020 - 12th International Seminar on Speech Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Providence (virtual), United States</w:t>
+              <w:t xml:space="preserve">E-Vote-ID 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Bregenz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03132829v1</w:t>
+            <w:hyperlink r:id="rId1409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02951467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1407" w:history="1">
+            <w:hyperlink r:id="rId1411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fibre links for the WEAVE instrument: the making of</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CASO et IRRIG deux ontologies pour le développement de systèmes contextuels : cas d’usage sur l’automatisation de l’irrigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId1412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabetta Caffau</w:t>
+                <w:t xml:space="preserve">Quang-Duy Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Poveda Villalón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe de Vaulx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modeling, Systems Engineering, and Project Management for Astronomy IX</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">31es Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sébastien Ferré, Jun 2020, Angers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03215398v1</w:t>
+            <w:hyperlink r:id="rId1411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02888201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId1416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Endless journey of macroplastics in rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tramoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Colasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Silvestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MICRO 2020, Fate and Impact of Microplastics : Knowledge and Responsabilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Lanzarote, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02974485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId1420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malayalam three-way rhotics contrast: Articulatory modelling based on MRI data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Kochetov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Savariaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lamalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISSP 2020 - 12th International Seminar on Speech Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Providence (virtual), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03132829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1414" w:history="1">
+            <w:hyperlink r:id="rId1421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projets de Physique Expérimentale - Learning the Scientific Method by doing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1415" w:history="1">
+            <w:hyperlink r:id="rId1422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Daerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1416" w:history="1">
+            <w:hyperlink r:id="rId1423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1417" w:history="1">
+            <w:hyperlink r:id="rId1424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Abello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId948" w:history="1">
+            <w:hyperlink r:id="rId950" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId947" w:history="1">
+            <w:hyperlink r:id="rId949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andreotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Self-Organization in physics and biology, morphogenesis, turbulence, walking droplets and non-linear physics. International meeting in memory of Yves Couder</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1414" w:history="1">
+            <w:hyperlink r:id="rId1421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1418" w:history="1">
+            <w:hyperlink r:id="rId1425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métadonnées des lacs de données et principes FAIR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1419" w:history="1">
+            <w:hyperlink r:id="rId1426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahlame Diouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1420" w:history="1">
+            <w:hyperlink r:id="rId1427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1322" w:history="1">
+            <w:hyperlink r:id="rId1329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Loudcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Darmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e journées Business Intelligence et Big Data (EDA 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Clermont-Ferrand, France. , RNTI, B-18, pp.109-110, 2022, RNTI</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1418" w:history="1">
+            <w:hyperlink r:id="rId1425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03834037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1421" w:history="1">
+            <w:hyperlink r:id="rId1428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification automatique des diatomées par apprentissage profond pour l’amélioration du diagnostic écologique des milieux aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1422" w:history="1">
+            <w:hyperlink r:id="rId1429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faure-Giovagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1423" w:history="1">
+            <w:hyperlink r:id="rId1430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aishwarya Venkataramanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1424" w:history="1">
+            <w:hyperlink r:id="rId1431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Figus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1425" w:history="1">
+            <w:hyperlink r:id="rId1432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Heudre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1426" w:history="1">
+            <w:hyperlink r:id="rId1433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault de Garidel-Thoron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème colloque biennal des Zones Ateliers-CNRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Blois, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1421" w:history="1">
+            <w:hyperlink r:id="rId1428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -40004,421 +40254,421 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1427" w:history="1">
+            <w:hyperlink r:id="rId1434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physique et enjeux de société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1428" w:history="1">
+            <w:hyperlink r:id="rId1435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Paris Cité. , 2023, 978-2-7442-0208-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1429" w:history="1">
+            <w:hyperlink r:id="rId1436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.53480/physique-societe.b046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1427" w:history="1">
+            <w:hyperlink r:id="rId1434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-04068841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1430" w:history="1">
+            <w:hyperlink r:id="rId1437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effort environnemental et équité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1431" w:history="1">
+            <w:hyperlink r:id="rId1438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Deldrève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId798" w:history="1">
+            <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Candau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1432" w:history="1">
+            <w:hyperlink r:id="rId1439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 529 p., 2021, 978-2-8076-1700-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1433" w:history="1">
+            <w:hyperlink r:id="rId1440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/b17992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1430" w:history="1">
+            <w:hyperlink r:id="rId1437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03336696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1434" w:history="1">
+            <w:hyperlink r:id="rId1441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conférence comme performance : formes et actes du discours (XIXe – XXIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1435" w:history="1">
+            <w:hyperlink r:id="rId1442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1436" w:history="1">
+            <w:hyperlink r:id="rId1443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Corbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1437" w:history="1">
+            <w:hyperlink r:id="rId1444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Creissels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Centre d’Etude des Arts Contemporains; Université Lille, 2020, Déméter - Théories &amp; pratiques artistiques contemporaines</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1434" w:history="1">
+            <w:hyperlink r:id="rId1441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1438" w:history="1">
+            <w:hyperlink r:id="rId1445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Europe sanitaire et sociale à l'épreuve du virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId691" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikola Tietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId690" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Faure. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1439" w:history="1">
+            <w:hyperlink r:id="rId1446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Grenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978‑2‑7061‑4918-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1438" w:history="1">
+            <w:hyperlink r:id="rId1445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03041110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -40428,3203 +40678,3203 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1440" w:history="1">
+            <w:hyperlink r:id="rId1447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner les Lumières depuis les Disability Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Chottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Négrel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseigner les Lumières. Questions didactiques et construction des savoirs de l’école élémentaire à l’université</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1440" w:history="1">
+            <w:hyperlink r:id="rId1447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1441" w:history="1">
+            <w:hyperlink r:id="rId1448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que nous devons à l’Ecologie Politique Latino Américaine : entre dette intellectuelle et critiques constructivistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1442" w:history="1">
+            <w:hyperlink r:id="rId1449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Foyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1443" w:history="1">
+            <w:hyperlink r:id="rId1450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’écologie politique latino-américaine Travailler le passé, densifier le présent, esquisser des futurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions de l’IHEAL, pp.142-159, 2026, 978-2-37154-192-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1444" w:history="1">
+            <w:hyperlink r:id="rId1451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/15joj⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1441" w:history="1">
+            <w:hyperlink r:id="rId1448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05490838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1445" w:history="1">
+            <w:hyperlink r:id="rId1452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Complementary to Zipper Semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1281" w:history="1">
+            <w:hyperlink r:id="rId1289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergueï Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1282" w:history="1">
+            <w:hyperlink r:id="rId1290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Components Operationally: Reversibility and System Engineering Essays Dedicated to Jean-Bernard Stefani on the Occasion of His 65th Birthday</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 16065, Springer Nature Switzerland, pp.89-102, 2025, Lecture Notes in Computer Science, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1446" w:history="1">
+            <w:hyperlink r:id="rId1453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-99717-4_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1445" w:history="1">
+            <w:hyperlink r:id="rId1452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1447" w:history="1">
+            <w:hyperlink r:id="rId1454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1448" w:history="1">
+            <w:hyperlink r:id="rId1455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critina del Biaggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1449" w:history="1">
+            <w:hyperlink r:id="rId1456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirsten Koop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1450" w:history="1">
+            <w:hyperlink r:id="rId1457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Pachoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Wiley Blackwell Companion to Political Geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Wiley, pp.144-160, 2025, 9781119753995. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1451" w:history="1">
+            <w:hyperlink r:id="rId1458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119753995.ch9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1447" w:history="1">
+            <w:hyperlink r:id="rId1454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063342v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1452" w:history="1">
+            <w:hyperlink r:id="rId1459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une histoire de transplantation. Le végétal de Madagascar et des Mascareignes dans les récits de voyage de la première modernité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId861" w:history="1">
+            <w:hyperlink r:id="rId866" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nuscia Taïbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId860" w:history="1">
+            <w:hyperlink r:id="rId865" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Trivisani-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rachel Bouvet et Stéphanie Posthumus. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvantes et émouvantes. Les plantes à travers le récit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1453" w:history="1">
+            <w:hyperlink r:id="rId1460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l'Université de Montréal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.91-113, 2024, Cavales, 978-2-7606-4958-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1452" w:history="1">
+            <w:hyperlink r:id="rId1459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04384600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1454" w:history="1">
+            <w:hyperlink r:id="rId1461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface déconfinée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId998" w:history="1">
+            <w:hyperlink r:id="rId989" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Virgili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fanny Bugnon; Camille Cleret; Valérie Dubslaff; Tauana Gomes Silva; Solenn Mabo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Femmes contre le changement, Conservatisme, réaction et extrémisme en Europe. XVIIIe-XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.7-12, 2024, 9782753595897</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1454" w:history="1">
+            <w:hyperlink r:id="rId1461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04894441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1455" w:history="1">
+            <w:hyperlink r:id="rId1462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Mediterranean Sea: A Laboratory to Characterize Micro-Continental Drift and Oceanic Basin Formation Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1456" w:history="1">
+            <w:hyperlink r:id="rId1463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Aslanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1457" w:history="1">
+            <w:hyperlink r:id="rId1464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schnürle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1458" w:history="1">
+            <w:hyperlink r:id="rId1465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1459" w:history="1">
+            <w:hyperlink r:id="rId1466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1460" w:history="1">
+            <w:hyperlink r:id="rId1467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pellen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Khomsi, S., Roure, F. (eds) Geology of North Africa and the Mediterranean: Sedimentary Basins and Georesources. Part of the Regional Geology Reviews book series. DOI 10.1007/978-3-031-18747-6, eBook ISBN978-3-031-18747-6, Series E-ISSN 2364-6446. Part I, First Thematic: Geodynamic Evolution of the Mediterranean and Peri-Mediterranean Sedimentary Basins and Regional Geology. Chap.1 pp.3-30</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1461" w:history="1">
+            <w:hyperlink r:id="rId1468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-18747-6_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1455" w:history="1">
+            <w:hyperlink r:id="rId1462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04309755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1462" w:history="1">
+            <w:hyperlink r:id="rId1469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veterinary expertise, public health and animal contagion : the control of bovine tuberculosis in France and UK, 1860-1960</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1463" w:history="1">
+            <w:hyperlink r:id="rId1470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Berdah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bohlau Verlag Koln. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animals and Epidemics. Interspecies entanglements in historical perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bohlau Verlag Koln, 2023, 978-3412525705</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1462" w:history="1">
+            <w:hyperlink r:id="rId1469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04380056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1464" w:history="1">
+            <w:hyperlink r:id="rId1471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la recherche de l’attitude ludique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1465" w:history="1">
+            <w:hyperlink r:id="rId1472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Haydée Silva. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards sur le jeu en didactique des langues et des cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, Peter Lang Verlag, pp.61-83, 2022, Champs Didactiques Plurilingues, 978-2-87574-400-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1466" w:history="1">
+            <w:hyperlink r:id="rId1473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/b19412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1464" w:history="1">
+            <w:hyperlink r:id="rId1471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03671585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1467" w:history="1">
+            <w:hyperlink r:id="rId1474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 19 Mauvais sujets ? Sujet et actance en allemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Modicom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’œuvre de Lucien Tesnière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, pp.349-366, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1468" w:history="1">
+            <w:hyperlink r:id="rId1475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/9783110715118-019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1467" w:history="1">
+            <w:hyperlink r:id="rId1474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03648311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1469" w:history="1">
+            <w:hyperlink r:id="rId1476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Paul, Auguste, Jules et les autres. Quand les dictionnaires s'imposent ou s'opposent »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1470" w:history="1">
+            <w:hyperlink r:id="rId1477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinquante ans de Métalexicographie : bilan et perspectives. Hommage à Jean Pruvost,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1469" w:history="1">
+            <w:hyperlink r:id="rId1476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1471" w:history="1">
+            <w:hyperlink r:id="rId1478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space, Territories, and Borders in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId691" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikola Tietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sebastian M. Büttner Monika Eigmüller and Susann Worschech. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociology of Europeanization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, pp.51-74, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1472" w:history="1">
+            <w:hyperlink r:id="rId1479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/9783110673630-003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1471" w:history="1">
+            <w:hyperlink r:id="rId1478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03891932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1473" w:history="1">
+            <w:hyperlink r:id="rId1480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment l’entomologie et la musique peuvent se nourrir l’une de l’autre : le cas de la communication acoustique des moustiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1474" w:history="1">
+            <w:hyperlink r:id="rId1481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Feugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1475" w:history="1">
+            <w:hyperlink r:id="rId1482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Gibson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Benjamin Lassauzet; Alain Montandon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les insectes et la musique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1476" w:history="1">
+            <w:hyperlink r:id="rId1483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.37-57, 2022, Gream, 9791037022493</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1473" w:history="1">
+            <w:hyperlink r:id="rId1480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03914043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1477" w:history="1">
+            <w:hyperlink r:id="rId1484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expertise médicale et réélaboration du récit d’asile : intertextualité et pratiques en interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vendredi Ricet</w:t>
+                <w:t xml:space="preserve">Vers un auteur collectif ? Les collaborations surréalistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Véronique Traverso; Nicolas Chambon. </w:t>
+              <w:t xml:space="preserve">Claude Coste; Marianne Froye; Joanna Nowicki. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raconter, relater, traduire : paroles de la migration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lambert-Lucas, 2022, 978-2-35935-355-6</w:t>
+              <w:t xml:space="preserve">L'Auteur en question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cerf Patrimoines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 83-97, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03942805v1</w:t>
+            <w:hyperlink r:id="rId1484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03823336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1479" w:history="1">
+            <w:hyperlink r:id="rId1487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un auteur collectif ? Les collaborations surréalistes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Belin</w:t>
+                <w:t xml:space="preserve">Expertise médicale et réélaboration du récit d’asile : intertextualité et pratiques en interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId1488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vendredi Ricet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Claude Coste; Marianne Froye; Joanna Nowicki. </w:t>
+              <w:t xml:space="preserve">Véronique Traverso; Nicolas Chambon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Auteur en question</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, p. 83-97, 2022</w:t>
+              <w:t xml:space="preserve">Raconter, relater, traduire : paroles de la migration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lambert-Lucas, 2022, 978-2-35935-355-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03823336v1</w:t>
+            <w:hyperlink r:id="rId1487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03942805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1482" w:history="1">
+            <w:hyperlink r:id="rId1489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’éthique du care comme procédé méthodologique et analytique : expérimentations à propos des rapports de genre dans l’espace public à Gennevilliers (2014-2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corinne Luxembourg</w:t>
+                <w:t xml:space="preserve">Dealing with the Dead at Beisamoun During the Middle PPNB: Revisiting Lechevallier’s Field Archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ex-oriente. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fragments de Géo</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dealing with the Dead: Studies on Burial Practices in the Pre-Pottery Neolithic Levant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 23, , pp.197-213, 2022, Studies in Early Near Eastern Production, Subsistence and Environment, 978-3-944178-20-2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03799017v1</w:t>
+            <w:hyperlink r:id="rId1489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03946504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1484" w:history="1">
+            <w:hyperlink r:id="rId1490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dealing with the Dead at Beisamoun During the Middle PPNB: Revisiting Lechevallier’s Field Archives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+                <w:t xml:space="preserve">L’éthique du care comme procédé méthodologique et analytique : expérimentations à propos des rapports de genre dans l’espace public à Gennevilliers (2014-2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Luxembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dealing with the Dead: Studies on Burial Practices in the Pre-Pottery Neolithic Levant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fragments de Géo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Vincennes, pp.187-198, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId1491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/puv.rouge.2022.01.0187⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1484" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03946504v1</w:t>
+            <w:hyperlink r:id="rId1490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03799017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1485" w:history="1">
+            <w:hyperlink r:id="rId1492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai sur quelques avatars mimétiques des Maîtres fous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Buob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1486" w:history="1">
+            <w:hyperlink r:id="rId1493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Demesmaeker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gilles Remillet; Julie Savelli; Maxime Scheinfeigel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jean Rouch. Passeur d'images, passeur de mondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1487" w:history="1">
+            <w:hyperlink r:id="rId1494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téraèdre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.331-354, 2021, Cinéma / Formes autonomes, 978-2-36085-111-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1485" w:history="1">
+            <w:hyperlink r:id="rId1492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03347422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1488" w:history="1">
+            <w:hyperlink r:id="rId1495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le genre en français : est-ce que tout évolue ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1489" w:history="1">
+            <w:hyperlink r:id="rId1496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Guha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Annie Bertin; Françoise Gadet; Danielle Leeman; Anaïs Moreno (éditrices). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réflexions méthodologiques autour de données variationnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Savoie Mont Blanc, pp.233-246, 2021, 9782377410583</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1488" w:history="1">
+            <w:hyperlink r:id="rId1495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03215967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1490" w:history="1">
+            <w:hyperlink r:id="rId1497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’approche en réseau pour l’analyse des questionnaires d’intervention organisationnelle en santé au travail : une solution élégante à deux problèmes obsédants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1491" w:history="1">
+            <w:hyperlink r:id="rId1498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Kop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1492" w:history="1">
+            <w:hyperlink r:id="rId1499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1493" w:history="1">
+            <w:hyperlink r:id="rId1500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Althaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1494" w:history="1">
+            <w:hyperlink r:id="rId1501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadja Formet-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Houssemand Claude. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches actuelles en psychologie différentielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1495" w:history="1">
+            <w:hyperlink r:id="rId1502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Université du Luxembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.252-262, 2021, 978-2-9577604-0-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1490" w:history="1">
+            <w:hyperlink r:id="rId1497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02953810v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1496" w:history="1">
+            <w:hyperlink r:id="rId1503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bonaparte and female frigidity: from physiology to psychology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1497" w:history="1">
+            <w:hyperlink r:id="rId1504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chaperon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Giami; Sharman Levinson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histories of sexology: between science and politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Palgrave Macmillan, pp.207-224, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1496" w:history="1">
+            <w:hyperlink r:id="rId1503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04267110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1498" w:history="1">
+            <w:hyperlink r:id="rId1505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Die zentralistische Organisation des öffentlichen Handelns in Frankreich konfrontiert mit den Herausforderungen der Covid-19-Pandemie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId690" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId691" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikola Tietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jahrbuch des Föderalismus 2021. Föderalismus, Subsidiartität und Regionen in Europa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nomos, pp.85-98, 2021, 978-3-8487-8388-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1498" w:history="1">
+            <w:hyperlink r:id="rId1505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03505802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1499" w:history="1">
+            <w:hyperlink r:id="rId1506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dendrochronologie : potentialités et nouveaux enjeux pour l’archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1500" w:history="1">
+            <w:hyperlink r:id="rId1507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1501" w:history="1">
+            <w:hyperlink r:id="rId1508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Labbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1502" w:history="1">
+            <w:hyperlink r:id="rId1509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Shindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches : Actes du 4e séminaire scientifique et technique de l’Inrap, 28-29 nov. 2019, Sélestat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1503" w:history="1">
+            <w:hyperlink r:id="rId1510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inrap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23 p., 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1504" w:history="1">
+            <w:hyperlink r:id="rId1511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/n7b7-y170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1499" w:history="1">
+            <w:hyperlink r:id="rId1506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03081687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1505" w:history="1">
+            <w:hyperlink r:id="rId1512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Between Two Worlds: The PPNB–PPNC Transition in the Central Levant as Seen Through Discoveries at Beisamoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Bocquentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1506" w:history="1">
+            <w:hyperlink r:id="rId1513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamoudi Khalaily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1507" w:history="1">
+            <w:hyperlink r:id="rId1514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Boaretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1508" w:history="1">
+            <w:hyperlink r:id="rId1515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1509" w:history="1">
+            <w:hyperlink r:id="rId1516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heeli C. Schechter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hamoudi Khalaily; Amit Re'em; Jacob Vardi; Ianir Milevski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mega Project at Motza (Moẓa): The Neolithic and Later Occupations up to the 20th Century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Supplementary Volume, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1510" w:history="1">
+            <w:hyperlink r:id="rId1517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Israel Antiquities Authority</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.163-199, 2020, New Studies in the Archaeology of Jerusalem and Its Region, 978-965-406-715-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1511" w:history="1">
+            <w:hyperlink r:id="rId1518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2307/j.ctv1b9f5bh.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1505" w:history="1">
+            <w:hyperlink r:id="rId1512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1512" w:history="1">
+            <w:hyperlink r:id="rId1519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Py. La Jeune fille, le Diable et le moulin, L'Ecole des loisirs, &amp;quot;Théâtre&amp;quot;, 1995, analyse de la scène 9, p. 41-44</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1513" w:history="1">
+            <w:hyperlink r:id="rId1520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1514" w:history="1">
+            <w:hyperlink r:id="rId1521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Milland-Bove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bénédicte Milland-Bove, Marie Sorel (dir.), La Littérature de jeunesse par ses textes, Presses Sorbonne Nouvelle, "Les Fondamentaux"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978-2-37906-053-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1512" w:history="1">
+            <w:hyperlink r:id="rId1519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03026962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1515" w:history="1">
+            <w:hyperlink r:id="rId1522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les articles AVEUGLE, AVEUGLEMENT et CÉCITÉ dans les dictionnaires français des XVIIe et XVIIIe siècles : le rôle de l’Encyclopédie dans le combat contre les préjugés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Chottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires Blaise Pascal. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M. F. ARENTSEN et F. FABERON (dir.), Regards croisés sur le handicap en contexte francophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978-2-84516-963-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1515" w:history="1">
+            <w:hyperlink r:id="rId1522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1516" w:history="1">
+            <w:hyperlink r:id="rId1523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migrer au travers des frontières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina del Biaggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1517" w:history="1">
+            <w:hyperlink r:id="rId1524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rekacewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne-Laure Amilhat Szary; Grégory Hamez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières. Capes-Agrégation Histoire Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.238-245, 2020, Histoire Géographie Capes Agrégation, 978-2-200-62977-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1516" w:history="1">
+            <w:hyperlink r:id="rId1523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03090003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1518" w:history="1">
+            <w:hyperlink r:id="rId1525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Penser les périphéries : l’apport du concept d’urbain pour Paris au XIVe siècle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1519" w:history="1">
+            <w:hyperlink r:id="rId1526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Bove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dans D. Menjot et P. Clark (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Subaltern city ? Alternative and peripheral urban spaces in the pre-modern period (13th-18th Centuries). La ville subalterne ? Espaces urbains subalternes et périphéries à l’époque pré-industrielle (XIIIe-XVIIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brepols, pp.67-94, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1518" w:history="1">
+            <w:hyperlink r:id="rId1525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02536037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1520" w:history="1">
+            <w:hyperlink r:id="rId1527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ‘profecía autorrealizadora’ en la Gran conquista de Ultramar: entre estructura narrativa y construcción ideológica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId896" w:history="1">
+            <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabella Tomassetti. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avatares y perspectivas del medievalismo ibérico</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, I, Cilengua, pp.759-773, 2019, 978-84-17107-88-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1520" w:history="1">
+            <w:hyperlink r:id="rId1527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02542410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1521" w:history="1">
+            <w:hyperlink r:id="rId1528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation et dossier critique de l’article AVEUGLES (Hist. mod.) (vol. I, 1751)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Chottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de France - Académie des Sciences, http://enccre.academie-sciences.fr/encyclopedie/article/v1-3608-1/, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1521" w:history="1">
+            <w:hyperlink r:id="rId1528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03381233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1522" w:history="1">
+            <w:hyperlink r:id="rId1529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Dios es contigo’: el papel ejemplarizante de las profecías en el Libro del Cavallero Zifar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId896" w:history="1">
+            <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Karla Xiomara Luna Mariscal, Axayácatl Campos García Rojas y Aurelio González. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">El caballero Zifar y sus libros: 500 años</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, El Colegio de México, pp.341-373, 2015, 978-607-462-804-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1522" w:history="1">
+            <w:hyperlink r:id="rId1529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02542503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1523" w:history="1">
+            <w:hyperlink r:id="rId1530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la cabalgata a la sopa en vino: la mecanización del recurso profético en las Mocedades de Rodrigo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId896" w:history="1">
+            <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Cartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carlos Alvar. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estudios de literatura medieval en la Península Ibérica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cilengua, pp.439-462, 2015, 978-84-943903-1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1523" w:history="1">
+            <w:hyperlink r:id="rId1530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02542516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -43634,314 +43884,314 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1524" w:history="1">
+            <w:hyperlink r:id="rId1531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des migrations dans l'écheveau de l'autoritarisme: politiques migratoires, frontières et gestion des étrangers dans la Tunisie &amp;quot;post-démocratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2, Synergies Migrations; Institut convergences Migrations. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1524" w:history="1">
+            <w:hyperlink r:id="rId1531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05266686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1525" w:history="1">
+            <w:hyperlink r:id="rId1532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical BCI Challenge-WCCI2020: RIGOLETTO -- RIemannian GeOmetry LEarning, applicaTion To cOnnectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1311" w:history="1">
+            <w:hyperlink r:id="rId1318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1313" w:history="1">
+            <w:hyperlink r:id="rId1320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Yger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1312" w:history="1">
+            <w:hyperlink r:id="rId1319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] ARAMIS, LAMSADE, LISV. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1525" w:history="1">
+            <w:hyperlink r:id="rId1532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03139990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1526" w:history="1">
+            <w:hyperlink r:id="rId1533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur la Responsabilité de l'ESR en ces temps incertains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1527" w:history="1">
+            <w:hyperlink r:id="rId1534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1528" w:history="1">
+            <w:hyperlink r:id="rId1535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Capet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1529" w:history="1">
+            <w:hyperlink r:id="rId1536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1530" w:history="1">
+            <w:hyperlink r:id="rId1537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1531" w:history="1">
+            <w:hyperlink r:id="rId1538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Berné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Labo1point5. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1526" w:history="1">
+            <w:hyperlink r:id="rId1533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -43951,211 +44201,211 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1532" w:history="1">
+            <w:hyperlink r:id="rId1539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast approximations for R_II-A redistribution function in python</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1533" w:history="1">
+            <w:hyperlink r:id="rId1540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Paletou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1534" w:history="1">
+            <w:hyperlink r:id="rId1541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:f0e101ebe4eb8d168879fcc7e24d20d645032e7c;origin=https://hal.archives-ouvertes.fr/hal-02535772;visit=swh:1:snp:9940cf8487be1d2ddeda5ad449692f614d3c188a;anchor=swh:1:rev:5070d8d89ae3101cc81fd626379cd43f94843f2a;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1532" w:history="1">
+            <w:hyperlink r:id="rId1539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02535772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId1535" w:history="1">
+            <w:hyperlink r:id="rId1542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State-of-the art iterative methods for non-LTE radiative transfer: from (A)LI to Gauss-Seidel/SOR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1536" w:history="1">
+            <w:hyperlink r:id="rId1543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Paletou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId1537" w:history="1">
+            <w:hyperlink r:id="rId1544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:43b7a45a89c836b1baad8849215a51e65a67f80e;origin=https://hal.archives-ouvertes.fr/hal-02546057;visit=swh:1:snp:526c43a6e4459f2c72c67031adf931ed6d3bdca7;anchor=swh:1:rev:6092187a814702b4f4b4289fb36f93bcb3c45e45;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId1535" w:history="1">
+            <w:hyperlink r:id="rId1542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02546057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId1538"/>
+      <w:footerReference w:type="default" r:id="rId1545"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -44223,51 +44473,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="009073E7"/>
+    <w:nsid w:val="924B723C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -44454,51 +44704,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cnous" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0778-8115" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249647966" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/17159818638813811756" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000507128266" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828666v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanteraud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemasson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pacheco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106277" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003437v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morizot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boulc'H" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Scavino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Giovanetti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Depretto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096859v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Arredondo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; M. Corujo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nous" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Chikhi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.05.10.540112" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634495v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jecko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-025-01975-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022596v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bachellerie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina del Biaggio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lnk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045456v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;al" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourgeois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dormois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Miot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ges.2025.33" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939910v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05496840v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Fontaine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Thompson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulangeat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gpz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519294v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Thompson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gq0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390607v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura P&#233;aud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leroux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1569d" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459785v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Riban" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277940v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Kochetov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savariaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamalle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100323000221" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777614v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Aubry de Maromont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Provini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.244.0081" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04354995v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Reynes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zsc.12643" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197687v3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/ATMP.241030214555" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04902441v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chalando" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Barthes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518087v4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ypu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05193652v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morsel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/134xn" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493645v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ravel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline S&#233;gard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guihini Mollo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamat Hiss&#232;ne Mahamat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Argiles-Herrero" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024013" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854233v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence H Mullaly" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Soriano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Maury" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cheyroux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314899v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Ribert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.22940" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525681v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05193654v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.130.0131" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04137899v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pryen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428199v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/artelogie.13121" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166668v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Schlagdenhauffen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gauthier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.128.0005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330608v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Rebelle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.4589" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245463v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laslaz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Robert-K&#233;rivel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vial-Pailler" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22521" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148819v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Mee&#251;s" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#251;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.280" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03879755v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hardy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.14157" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226943v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vergnaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.3844" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901142v3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gou&#235;zel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schapira" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tapie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Riquelme" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2007.08816" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04061163v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Andr&#233;s Herrera R&#237;os" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Boulet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Aranda" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vallot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6160" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120523v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bascaules" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariann Chr&#233;tien" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Tonussi- Reboh" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tonussi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jimis.8897" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03845394v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.10304" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148852v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Argil&#233;s-Herrero" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bouyer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.257" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443300v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Margnat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves da Silva Pinto" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2022061" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146598v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Plancade" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marchadier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-023-01029-7" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182374v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.232.0065" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955640v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Djadaojee" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Parisi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Grucker" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10909-022-02936-0" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047341v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Ledru" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Garnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Guillot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Faou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.330" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285562v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mazet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.285" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04334736v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Harma" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.11459" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03926527v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Meier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie McClure" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Whibley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13749" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559078v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Modicom" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eger.303.0379" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231121v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mialland" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kinsiklounon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tian" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonvilain" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2021.05.001" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03656338v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Girard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F&#233;liu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661155v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Houssay-Holzschuch" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Le Goix" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.22889" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012003v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gallet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2021.109844" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508053v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Avignon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chatelain" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604096v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Houz&#233;" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Durand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude M&#252;gler" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pessel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Monvoisin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14498" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03744459v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0308518X221116114" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864602v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Marchina" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lazzerini" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Coulon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lepetz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/np.2022.260103" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774130v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Pratlong" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Oury" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline G&#233;lin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-022-00165-7" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731237v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.23589" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814246v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Azri" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Favre" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Harbi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darmont" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10796-022-10315-z" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04004618v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.221.0037" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808527v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Souchaud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boutillon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Charron" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Asnacios" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.199765" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632687v2" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Malige" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Patris" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hauray" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Giraudet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2022.111184" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861310v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Guedj" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Him-Aquilli" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nossik" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.16505" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-94L39VPK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850558v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Servain" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sawtschuk" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dargentas Magdalini" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Roux" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.20545" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148689v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.165" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03624861v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farge" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Spiegel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lain&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20220062" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706093v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cuq" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guillou" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lami" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103122" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091700v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.862.0034" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03879719v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hillion" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hallali" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Clerc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lopez" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lalatonne" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c04738" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193634v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.129.0116" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922310v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guidec" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mah&#233;o" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-022-01404-6" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273797v4" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gaboriau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1695" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909941v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine P&#233;rouse de Montclos" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610576v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5070/H920353650" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981870v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roma Hooge" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landy" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.28942" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091706v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdg.8075" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682559v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9548" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682551v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Schotsmans" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemmamuth&#233; Goudiaby" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9878" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779982v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rabau" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333564v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Rhor" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.139" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857592v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Ma&#238;tre" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10434" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03783582v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Faure" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Yankaya" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ferri&#232;re" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03902900v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Schweyer" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Vezinat" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.045.0001" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649586v2" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Moisdon" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seez" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marcq" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.034403" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924631v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lacroix" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.17136" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907064v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bernier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giordano Iacomelli" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.4981" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507381v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lap&#244;tre" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03987549v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.21053" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611919v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabre" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Keller" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rola Milman" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.105.052429" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566073v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gibert" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vignoles" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Contoux" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Banks" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Barboni" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2022.103756" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03543467v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tramoy" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blin" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Poitou" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2022.01.015" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797413v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Arboleda-Obando" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Cheruy" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefine Ghattas" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021ef002613" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685670v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Wion" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.063.0045" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588806v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Luxembourg" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moull&#233;" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206966v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Guillaud" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dondeyne" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taillens" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guyon" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.043.0073" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656248v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103454" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969029v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eychenne" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.029.0111" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564774v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mondon-Navazo" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16435-7.p.0031" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981854v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Gauch&#233;" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve D&#233;ry" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022033" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998595v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;na&#239;de Dervieux" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799044v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Penaud" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Laurent" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.10.e85587" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148796v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Romero" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Truc" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.188" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690055v2" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Niang" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Kane" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssoupha Niang" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sarr" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura March" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25225/jvb.22015" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03508146v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cartier" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Collet" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Czerny" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilbert" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0033" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300002v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.053.0541" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462860v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Kobelinsky" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Furri" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33182/ml.v18i6.1243" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274404v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;roud" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Nizzoli" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28523" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472832v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Clouet" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Oudot" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.043.0085" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342743v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Copello" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14754835.2020.1868295" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289388v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Absi" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.10780" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03251817v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael Laloux" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Petitjean" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab173" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202905v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bigot" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ollivier" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Soubri&#233;" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.9181" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02877132v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Laviale" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2020.1779811" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504719v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Vapnarsky" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19794" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233548v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102898" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554670v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas G. Heiss" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zech-Matterne" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tillier" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6298" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03274788v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Haller" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28603" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116675v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia E. Ryan" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Dabrowski" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauthier" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Douville" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79675-3" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941432v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vandevelde-Rougale" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28443" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02911616v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Perello" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Regagnon" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.05.020" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03143244v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garcia" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Farhat" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nard" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C No&#251;s" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.142613" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03215881v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouchaud" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102729" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674373v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Serre" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.11872" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03721270v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bonnard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928898v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Martelli" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Garalyt&#233;" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.121.0171" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328521v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianyela Sabina Petrizzelli" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique de Vienne" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dillmann" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009157" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03147171v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Ploog" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cance" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Badin" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03359757v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bernard" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Saux Wiederhold" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leconte" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendall Petit" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.03541" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248301v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacquet" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard Ferroudji" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0973005220945428" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03559857v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brandner" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-021-09372-5" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153197v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Choquer" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rascle" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie de Vall&#233;e" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ribot" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15416" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274659v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jeanjean" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vinot" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03509662v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genrehistoire.6569" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03875564v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrell" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;adel" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S&#233;cail" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.035.0005" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225615v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis B&#233;nard" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vavre" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Kremer" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.11.29.402545" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03236190v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tramoy" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colasse" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tassin" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.112513" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381426v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anton" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098793v2" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chottin" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2021.05.002" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03213799v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adou Emmanuel Ehounou" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cornet" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Desfontaines" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Maledon" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09670335211007575" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562362v3" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisse" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.6450" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558998v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n J. Aliaga" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Petitjean" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Prochazka" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4064/sm200925-18-1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03797605v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robette" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roueff" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.598" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03808327v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.124.0121" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435248v2" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gondran" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gondran" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910944v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Buob" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.211.0111" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04291771v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Schott&#233;" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.149.0047" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039548v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaucherel" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse R. Geijzendorffer" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pommereau" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2020.101205" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03329941v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dessertine" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2021.102348" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021589v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.8198" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03367847v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulet" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dalmas" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gon&#231;alves" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vernay" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6531/JFS.202109_26(1).0006" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423338v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Albessard-Ball" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Kubicka" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura T.&#160;buck" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7840" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306904v3" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellila Bouam" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bouillaguet" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delaplace" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2021.102804" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232900v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7438" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504721v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19495" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161398v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Urbanski" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.008.0315" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221443v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Giraud" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Tietze" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Toffanin" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120847v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Robert" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Imbert" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cabiran" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020269" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609864v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Loison-Leruste" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosane Braud" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph.073.0079" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03826992v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hulot" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Msiteli-Shumba" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Iung" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Th&#233;bault" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20442041.2021.1935612" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03368806v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bessi&#232;re" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Olivier Durand" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2021-0254" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536624v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rebillard" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.230.0009" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639704v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Saint-Raymond" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Frugier" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31031/SBB.2021.04.000591" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244566v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guyeux" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sola" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guislaine Refr&#233;gier" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008500" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883912v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barr&#232;re" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.045.0161" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03207743v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mouralis" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhsh.5431" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03140647v2" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan Mestres" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Thollot" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.142656" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224762v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l de Wijn" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Rollet" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Olieric" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Hennig" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Thome" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61972" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412164v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Caron" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3949321" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03482799v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Haute" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.043.0063" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487483v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.10549" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264540v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04824005v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Perrier" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.069.0005" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301904v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy C&#233;nac" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chauvin" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paccaut" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pouyanne" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/20-BEJ1299" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993040v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Heim Boissier" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rotella" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/tosc.v2021.i1.239-268" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674536v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Potay" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rochette" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225972v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Guillon" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7476" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03229110v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Virgoulay" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousset" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leblois" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab261" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03423942v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0135" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578274v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hur&#233;" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28423" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03190284v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pantxo Diribarne" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rousset" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri A. Sergeev" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Valentin" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.144509" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637155v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoss&#232; Nad&#232;ge Degbelo" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33921" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357746v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gatelier" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.185.0065" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554642v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6288" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277258v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dezellus" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jacques" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lacaze" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2021.1933841" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335657v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Andoh" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Long Yue" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Julea" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tardieu" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4543" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03485164v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Benicourt" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jallais" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434356v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mineo-Kleiner" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perherin" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.738.0050" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452684v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04234328v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhardt Stenger" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.052.0437" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932439v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gasperi" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Silvestre" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubois" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111566" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090753v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bullen" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie M&#233;tais" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Monnet" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.2917" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074698v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.116.0187" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913700v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.21572" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468236v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Boni-Le Goff" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.117.0073" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04001807v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Babou" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brulon Soares" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hester Du Plessis" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Le Marec" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carpanin Marimoutou" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.204.0031" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03057213v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Denave" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Renard" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.8238" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02902993v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cavallo" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10793" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03161914v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trivisani-Moreau" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nuscia Ta&#239;bi" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2020.0047" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326316v1" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnecase" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brachet" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.157.0183" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-CWHCBN9P-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905727v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andr&#233;" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Veillard" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wolff" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lobstein" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Compain" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CB00060D" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112188v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Harari-Kermadec" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11704" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426954v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Florin" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100667v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charton" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.157.0189" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-7T4NSTND-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939899v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mernier" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cucchetti" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tornatore" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Biffi" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pointecouteau" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038638" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04124454v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fretel" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0011" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542548v1" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Cartelet" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03136038v1" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Cohen" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temporalites.7871" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03384301v1" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Zabban" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovig ter Minassian" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.224.0009" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935907v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Perrin" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reper.045.0017" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564608v1" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moreau" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serreau" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.125015" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02916200v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Mathieu" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnet" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Fracchiolla" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.26527" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333720v1" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gallot" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Zancarini-Fournel" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.146.0002" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909104v1" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bosse" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lilensten" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rochat" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delboulb&#233;" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2020036" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962989v1" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aymes" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boussard" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04120081v1" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zune" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0023" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098078v1" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ferret" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.3273" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103051v1" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carton de Grammont" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Agier" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naepels" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit M&#252;ller" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/moco.004.0001" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956000v2" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andreotti" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Toutain" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia El Rhandour-Essmaili" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P&#233;rignon-Hubert" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.46" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03208704v1" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010220v1" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tawa Lama-Rewal" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.079.0041" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614348v1" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lansberg" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua-Sheng Shao" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nodoka Yamanaka" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Jie Zhang" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135559" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065744v1" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Doebele" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benoit-Gonin" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Souris" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cagnon" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Spathis" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.255701" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007732v1" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2020-0098" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135606v1" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Balsiger" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Bodet" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brugidou" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cartron" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Delon" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014611v1" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10216" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03384305v1" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.224.0111" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154513v1" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Meyer" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.052.0355" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988761v1" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadeen Ali" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Besnard" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blaa089" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091769v1" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bargaoui" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grangaud" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.6652" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223304v1" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Virgili" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Steinberg" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lett" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.18616" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041886v1" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Proust" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michalon" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Maurin" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.443.0041" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03097894v1" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Quijoux" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.6644" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961311v1" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036951v1" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cadorel" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garcia" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Groshens" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Juillard" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Vandenbunder" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10968" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084294v1" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.1787" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195073v1" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Sebillotte Cuchet" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02865051v1" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noost Bayarkhuu" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102387" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03399098v1" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Oghin&#259;-Pavie" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#251;s Camille" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2020.0052" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260358v1" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.4772" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603851v1" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Delacroix" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.202.0327" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02615752v1" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fouriaux" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Devogelaere" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.4317" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224782v1" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Martine" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.052.0083" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03547175v1" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Sargeac" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9256" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034651v1" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Abu-Azizeh" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Elie Brochier" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;gagnon" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968024v1" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boulc ' H" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048786v1" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Roy" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.157.0217" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02903126v1" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111964v1" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.117.0005" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395935v1" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bossert" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grosman" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Trimaille" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rolley" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c01939" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03455806v1" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Galonnier" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Le Courant" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cris Beauchemin" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;lle Brilhault" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10918" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02893332v1" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bousquet" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Figeac" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.26797" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958773v1" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Ben Amor" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Trinquier" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Malrieu" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0011582" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03721245v1" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03848123v1" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brisson" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11222" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048807v1" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.103.0111" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03752662v1" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Allouch" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.053.0010" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154795v1" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.022" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961728v1" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elias" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Derec" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dollet" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Drenckhan" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cocis.2020.101391" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434401v1" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cocquempot" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naff" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16731" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04301952v1" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Aterianus-Owanga" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Milliot" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25667/ethnographiques/2020-40/001" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944308v1" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurel" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094975v1" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Yun" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katiana Le Mentec" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejts.6638" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975818v2" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Giannetto" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.7262" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896610v1" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Henri-Panabiere" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9716" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03788616v1" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.034.0206" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02924742v1" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plutniak" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.007.0387" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074706v1" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.6771" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03080051v1" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bereni" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.117.0099" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03002016v1" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Regnault" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janvier" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D&#233;moulin" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auch&#232;re" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Strugarek" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028150" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536126v2" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leclercq" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Faure" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lavaux" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Wandelt" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Jaffe" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037995" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135682v1" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885a" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217896v1" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut-Lazzarini" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Araszkiewiez" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59285/rimec.345" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03028335v1" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Lay" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Frances" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/trav.044.0215" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03053211v1" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.14462" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620822v1" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Racaud" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.12570" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536646v1" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.223.0009" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836115v1" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.068.0121" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455370v1" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Garnier" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharine Throssell" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.053.0040" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04189764v1" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Traversier" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genrehistoire.5933" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04301974v1" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25667/ethnographiques/2020-40/003" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906055v1" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bouakaze" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Delehelle" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy S&#225;enz-Oyh&#233;r&#233;guy" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Moreira" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Schiavinato" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsigen.2020.102342" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973616v1" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Raimond" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garine" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.42927" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111977v1" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091496v1" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Rioufreyt" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9211" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03048380v1" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Agrawal" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993267v1" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Laillier" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Topalov" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.119.0019" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161962v1" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanie Cayouette-Rembli&#232;re" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Santos" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.121.0121" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02971407v1" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paillet" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Paillet" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.5602" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022064v1" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Duprat" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Proti&#232;re" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM00618A" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03534359v1" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.9268" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03065731v1" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036924v1" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pecqueux" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10588" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924168v1" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morisset" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Simon" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03092503v1" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duchesne" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10738" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098902v1" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Mohammed" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10843" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916251v1" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Ortiz Caria" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10688" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02927069v1" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Tr&#233;guer" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11038" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106213v1" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Montagne" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.116.0031" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542555v1" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263576v1" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428676v1" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542565v1" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542573v1" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542582v1" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472326v1" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biu" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pierre Lopez" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Montagne" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907909v1" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702473v1" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ancey" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mercandalli" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Magnani" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Rang&#233;" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Patat" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163940v1" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004801v1" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H Lutfalla" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33264-7_9" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397569v1" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bl&#233;ron" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606803v1" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249567v1" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104145v1" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39831-5_16" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03936704v1" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Scherer" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180376v1" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05083765v1" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernollin" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Arioua" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Daide" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735637v1" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Noel" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Revelin" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03768820v1" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ambal" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergue&#239; Lenglet" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Schmitt" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3551357.3551384" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890384v1" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bohi" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Auzias" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefevre" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP46576.2022.9897251" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935651v1" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gerber" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03840329v1" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Ledieu" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889780v1" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Michel" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Amardeilh" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281731v1" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deboeuf" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Fall" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03510931v1" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chataing" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977682v1" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura T Buck" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8175" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288618v1" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Chevallier" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202349v1" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Constance Corsi" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chevallier" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414790" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523342v1" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Launay" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Touseau" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC51774.2021.00085" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03522453v1" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265064v1" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Loudcher" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3472163.3472266" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03202360v1" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Khazem" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Haroun" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER49283.2021.9441279" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260085v1" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347557v1" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H&#233;brard" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265069v1" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86517-7_31" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405138v1" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN52139.2021.9524978" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986228v3" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#234; Th&#224;nh D&#361;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pradic" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340749v1" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lesueur" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3465481.3469181" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404474v2" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN52139.2021.9524983" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977690v1" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bardinet" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Bardo" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gilissen" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asier G&#243;mez-Olivencia" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8185" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224950v1" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegdwend&#233; Nicolas Sawadogo" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_8" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610005v1" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Robert" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Launay," TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220829v1" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pinto" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Margnat" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.178" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810165v1" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03850591v1" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Letellier" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pasquier" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112542v1" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Scholly" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Alfonso Espinosa-Oviedo" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224965v1" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_7" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889487v1" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423603.3424004" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015390v1" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03215258v1" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves Pinto" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0763" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03111888v1" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Granget" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hadermann" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malin &#197;gren" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Gerolimich" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Michot" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207810006" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100934v1" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Capobianco" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillon" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-61588-8_8" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242471v1" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0761" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02894150v1" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3394810.3394811" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02974485v1" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Colasse" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubois" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02951467v1" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Enguehard" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888201v1" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Duy Nguyen" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Poveda Villal&#243;n" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Vaulx" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chanet" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132829v1" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215398v1" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Mignot" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piercarlo Bonifacio" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fasola" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horville" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Caffau" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562305" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947044v1" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Daerr" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Courson" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Abello" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834037v1" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Diouan" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferey" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02961595v1" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faure-Giovagnoli" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aishwarya Venkataramanan" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Figus" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Heudre" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de Garidel-Thoron" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04068841v1" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53480/physique-societe.b046" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336696v1" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/73384" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17992" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04440577v1" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Boisson" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Corbel" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Creissels" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041110v1" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/1837/9782706149184/l-europe-sanitaire-et-sociale-a-l-epreuve-du-virus/preview?escape=false#lg=1&amp;amp;slide=0" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098777v1" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05490838v1" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Foyer" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gautreau" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15joj" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05322293v1" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-99717-4_5" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063342v2" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Critina del Biaggio" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Koop" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pachoud" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119753995.ch9" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384600v1" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894441v1" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309755v1" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aslanian" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schn&#252;rle" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Moulin" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Evain" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pellen" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18747-6_1" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380056v1" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Berdah" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671585v1" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Loiseau" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b19412" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648311v1" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110715118-019" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703329v1" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaudin" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891932v1" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110673630-003" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914043v1" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Feug&#232;re" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Gibson" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/les-insectes-et-la-musique-alain-montandon" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03942805v1" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vendredi Ricet" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03823336v1" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Belin" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsducerf.fr/librairie/livre/19593/l-auteur-en-question" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799017v1" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puv.rouge.2022.01.0187" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946504v1" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03347422v1" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Demesmaeker" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teraedre.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=71079" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215967v1" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Guha" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953810v2" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Althaus" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Formet-Robert" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwen.uni.lu/research/fhse/desw/research_areas/lifelong_learning_guidance/news_events_lllg/vient_de_paraitre_recherches_actuelles_en_psychologie_differentielle" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267110v1" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chaperon" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03505802v1" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03081687v1" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labbas" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Shindo" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/category/seminaire/bioarcheologie-minimums-methodologiques-referentiels-communs-nouvelles-approches" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/n7b7-y170" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993132v1" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamoudi Khalaily" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Boaretto" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dubreuil" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heeli C. Schechter" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/j.ctv1b9f5bh?turn_away=true" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1b9f5bh.9" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026962v1" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sorel" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Milland-Bove" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098788v1" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090003v1" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rekacewicz" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02536037v1" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bove" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542410v1" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381233v1" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542503v1" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542516v1" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266686v1" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03139990v1" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145453v1" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ragueneau" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capet" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillet" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben Ari" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bern&#233;" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535772v1" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Paletou" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f0e101ebe4eb8d168879fcc7e24d20d645032e7c;origin=https://hal.archives-ouvertes.fr/hal-02535772;visit=swh:1:snp:9940cf8487be1d2ddeda5ad449692f614d3c188a;anchor=swh:1:rev:5070d8d89ae3101cc81fd626379cd43f94843f2a;path=/" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546057v1" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paletou" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:43b7a45a89c836b1baad8849215a51e65a67f80e;origin=https://hal.archives-ouvertes.fr/hal-02546057;visit=swh:1:snp:526c43a6e4459f2c72c67031adf931ed6d3bdca7;anchor=swh:1:rev:6092187a814702b4f4b4289fb36f93bcb3c45e45;path=/" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cnous" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0778-8115" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249647966" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/17159818638813811756" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000507128266" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828666v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanteraud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemasson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pacheco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106277" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096859v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Arredondo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; M. Corujo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nous" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Chikhi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tpb.2025.03.003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003437v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morizot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boulc'H" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Scavino" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Giovanetti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Depretto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634495v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jecko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-025-01975-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022596v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bachellerie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina del Biaggio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lnk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045456v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;al" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourgeois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dormois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Miot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ges.2025.33" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939910v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05496840v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Fontaine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Thompson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulangeat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gpz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519294v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Thompson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gq0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390607v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura P&#233;aud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leroux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1569d" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459785v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Riban" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277940v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Kochetov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savariaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamalle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100323000221" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777614v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Aubry de Maromont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Provini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.244.0081" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04354995v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Reynes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zsc.12643" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197687v3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/ATMP.241030214555" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04902441v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chalando" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Barthes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518087v4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ypu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05193652v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morsel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/134xn" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493645v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ravel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline S&#233;gard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guihini Mollo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamat Hiss&#232;ne Mahamat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Argiles-Herrero" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024013" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854233v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence H Mullaly" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Soriano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Maury" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cheyroux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05193654v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.130.0131" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428199v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pryen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/artelogie.13121" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314899v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Ribert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.22940" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04137899v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525681v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166668v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Schlagdenhauffen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gauthier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.128.0005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330608v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Rebelle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.4589" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245463v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laslaz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Robert-K&#233;rivel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vial-Pailler" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22521" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148819v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Mee&#251;s" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#251;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.280" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03879755v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hardy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.14157" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901142v3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gou&#235;zel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schapira" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tapie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Riquelme" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2007.08816" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04061163v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Andr&#233;s Herrera R&#237;os" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Boulet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Aranda" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vallot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6160" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226943v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vergnaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.3844" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03845394v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.10304" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120523v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bascaules" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariann Chr&#233;tien" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Tonussi- Reboh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tonussi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jimis.8897" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148852v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Argil&#233;s-Herrero" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bouyer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.257" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04443300v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Margnat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves da Silva Pinto" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2022061" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146598v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Plancade" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marchadier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-023-01029-7" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955640v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Djadaojee" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Parisi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Grucker" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10909-022-02936-0" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047341v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Ledru" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Garnier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Guillot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Faou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.330" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182374v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.232.0065" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285562v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mazet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.285" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03926527v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Meier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie McClure" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Whibley" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13749" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04334736v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Harma" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.11459" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508053v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Avignon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chatelain" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03656338v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Girard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F&#233;liu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604096v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Houz&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Durand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude M&#252;gler" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pessel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Monvoisin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14498" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559078v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Modicom" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eger.303.0379" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231121v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mialland" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kinsiklounon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tian" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonvilain" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2021.05.001" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012003v2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gallet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2021.109844" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661155v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Houssay-Holzschuch" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Le Goix" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.22889" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864602v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Marchina" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lazzerini" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Coulon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lepetz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/np.2022.260103" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814246v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Azri" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Favre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Harbi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darmont" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10796-022-10315-z" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774130v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Pratlong" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Oury" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline G&#233;lin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-022-00165-7" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731237v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.23589" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03744459v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0308518X221116114" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04004618v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.221.0037" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850558v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Servain" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sawtschuk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dargentas Magdalini" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Roux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.20545" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808527v2" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Souchaud" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boutillon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Charron" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Asnacios" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.199765" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632687v2" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Malige" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Patris" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hauray" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Giraudet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2022.111184" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861310v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Guedj" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Him-Aquilli" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nossik" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.16505" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-94L39VPK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148689v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.165" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03624861v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farge" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Spiegel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lain&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20220062" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706093v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cuq" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guillou" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lami" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103122" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922310v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guidec" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mah&#233;o" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-022-01404-6" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610576v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5070/H920353650" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909941v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine P&#233;rouse de Montclos" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273797v4" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gaboriau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1695" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193634v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.129.0116" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03879719v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hillion" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hallali" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Clerc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lopez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lalatonne" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c04738" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091700v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.862.0034" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682559v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9548" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682551v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Schotsmans" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemmamuth&#233; Goudiaby" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9878" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779982v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rabau" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333564v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Rhor" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.139" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981870v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roma Hooge" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landy" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.28942" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091706v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdg.8075" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566073v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gibert" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vignoles" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Contoux" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Banks" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Barboni" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2022.103756" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611919v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabre" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Keller" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rola Milman" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.105.052429" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857592v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Ma&#238;tre" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10434" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03783582v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Faure" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Yankaya" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ferri&#232;re" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03902900v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Schweyer" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Vezinat" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.045.0001" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649586v2" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Moisdon" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seez" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marcq" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.034403" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924631v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lacroix" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.17136" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907064v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bernier" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giordano Iacomelli" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.4981" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507381v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lap&#244;tre" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03987549v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.21053" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656248v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103454" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206966v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Guillaud" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dondeyne" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taillens" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guyon" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.043.0073" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03543467v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tramoy" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blin" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Poitou" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2022.01.015" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797413v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Arboleda-Obando" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Cheruy" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefine Ghattas" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021ef002613" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685670v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Wion" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.063.0045" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588806v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Luxembourg" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moull&#233;" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969029v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eychenne" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.029.0111" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998595v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;na&#239;de Dervieux" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799044v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Penaud" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Laurent" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.10.e85587" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690055v2" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Niang" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Kane" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssoupha Niang" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sarr" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura March" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25225/jvb.22015" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148796v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Romero" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Truc" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.188" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564774v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mondon-Navazo" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16435-7.p.0031" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981854v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Gauch&#233;" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve D&#233;ry" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022033" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274404v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;roud" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Nizzoli" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28523" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462860v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Kobelinsky" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Furri" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33182/ml.v18i6.1243" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300002v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.053.0541" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289388v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Absi" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.10780" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03251817v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael Laloux" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Petitjean" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab173" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472832v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Clouet" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Oudot" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.043.0085" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03508146v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cartier" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Collet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Czerny" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilbert" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0033" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342743v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Copello" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14754835.2020.1868295" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202905v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bigot" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ollivier" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Soubri&#233;" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.9181" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504719v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Vapnarsky" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19794" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233548v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102898" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02877132v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Laviale" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2020.1779811" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554670v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas G. Heiss" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zech-Matterne" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tillier" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6298" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03274788v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Haller" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28603" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941432v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vandevelde-Rougale" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28443" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116675v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia E. Ryan" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Dabrowski" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauthier" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Douville" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79675-3" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03359757v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bocher" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bernard" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Saux Wiederhold" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leconte" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendall Petit" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.03541" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02911616v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Perello" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Regagnon" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.05.020" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03143244v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garcia" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Farhat" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C No&#251;s" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.142613" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03215881v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouchaud" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102729" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674373v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Serre" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.11872" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03721270v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bonnard" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928898v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Martelli" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Garalyt&#233;" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.121.0171" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328521v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianyela Sabina Petrizzelli" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique de Vienne" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dillmann" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009157" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03147171v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Ploog" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cance" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Badin" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248301v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacquet" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard Ferroudji" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0973005220945428" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03559857v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brandner" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11241-021-09372-5" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03875564v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrell" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;adel" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S&#233;cail" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.035.0005" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381426v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anton" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03236190v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tramoy" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colasse" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tassin" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.112513" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225615v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis B&#233;nard" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vavre" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Kremer" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.11.29.402545" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153197v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Choquer" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rascle" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie de Vall&#233;e" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ribot" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15416" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098793v2" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chottin" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2021.05.002" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03509662v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genrehistoire.6569" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274659v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jeanjean" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vinot" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03213799v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adou Emmanuel Ehounou" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cornet" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Desfontaines" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Maledon" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09670335211007575" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562362v3" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisse" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.6450" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03797605v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robette" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roueff" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.598" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03808327v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.124.0121" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435248v2" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gondran" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gondran" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910944v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Buob" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.211.0111" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04291771v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Schott&#233;" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.149.0047" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039548v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaucherel" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse R. Geijzendorffer" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pommereau" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2020.101205" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558998v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n J. Aliaga" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Petitjean" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Prochazka" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4064/sm200925-18-1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03329941v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dessertine" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2021.102348" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021589v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.8198" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306904v3" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellila Bouam" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bouillaguet" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delaplace" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2021.102804" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232900v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7438" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03367847v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulet" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dalmas" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gon&#231;alves" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vernay" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6531/JFS.202109_26(1).0006" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423338v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Albessard-Ball" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Kubicka" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura T.&#160;buck" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7840" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504721v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19495" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221443v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Giraud" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Tietze" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Toffanin" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161398v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Urbanski" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.008.0315" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536624v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rebillard" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.230.0009" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609864v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Loison-Leruste" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosane Braud" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph.073.0079" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03826992v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hulot" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Msiteli-Shumba" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Iung" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Th&#233;bault" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20442041.2021.1935612" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03368806v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bessi&#232;re" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Olivier Durand" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2021-0254" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120847v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Robert" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Imbert" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Cabiran" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020269" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639704v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Saint-Raymond" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Frugier" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31031/SBB.2021.04.000591" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244566v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guyeux" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sola" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guislaine Refr&#233;gier" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008500" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883912v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barr&#232;re" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.045.0161" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03207743v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mouralis" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhsh.5431" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03140647v2" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan Mestres" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Thollot" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.142656" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224762v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l de Wijn" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Rollet" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Olieric" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Hennig" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Thome" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61972" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412164v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Caron" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3949321" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03482799v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Haute" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.043.0063" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487483v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.10549" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264540v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452684v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03229110v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Virgoulay" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousset" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leblois" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab261" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04824005v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Perrier" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.069.0005" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434356v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mineo-Kleiner" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perherin" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.738.0050" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637155v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoss&#232; Nad&#232;ge Degbelo" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33921" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03190284v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pantxo Diribarne" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rousset" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri A. Sergeev" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Valentin" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.144509" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674536v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Potay" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rochette" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554642v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6288" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03485164v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Benicourt" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jallais" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277258v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dezellus" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jacques" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lacaze" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2021.1933841" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301904v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy C&#233;nac" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chauvin" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paccaut" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pouyanne" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/20-BEJ1299" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993040v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Heim Boissier" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rotella" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/tosc.v2021.i1.239-268" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335657v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Andoh" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Long Yue" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Julea" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tardieu" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4543" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578274v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hur&#233;" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.28423" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225972v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Guillon" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7476" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03423942v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0135" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357746v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gatelier" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.185.0065" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074698v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.116.0187" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932439v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gasperi" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Silvestre" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubois" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111566" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468236v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Boni-Le Goff" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.117.0073" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913700v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.21572" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04234328v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhardt Stenger" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.052.0437" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326316v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnecase" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brachet" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.157.0183" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-CWHCBN9P-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905727v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andr&#233;" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Veillard" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wolff" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lobstein" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Compain" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CB00060D" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090753v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bullen" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie M&#233;tais" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Monnet" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.2917" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02902993v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cavallo" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10793" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03057213v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Denave" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Renard" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.8238" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03161914v1" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trivisani-Moreau" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nuscia Ta&#239;bi" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2020.0047" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04001807v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Babou" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brulon Soares" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hester Du Plessis" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Le Marec" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carpanin Marimoutou" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.204.0031" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112188v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Harari-Kermadec" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11704" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426954v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Florin" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100667v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charton" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.157.0189" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-7T4NSTND-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939899v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mernier" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cucchetti" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tornatore" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Biffi" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pointecouteau" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038638" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542548v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Cartelet" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03136038v1" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Cohen" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temporalites.7871" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03384301v1" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Zabban" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovig ter Minassian" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.224.0009" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04124454v1" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fretel" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0011" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935907v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Perrin" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reper.045.0017" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564608v1" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moreau" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serreau" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.125015" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04120081v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zune" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0023" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065744v1" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Doebele" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benoit-Gonin" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Souris" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cagnon" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Spathis" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.255701" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02916200v1" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Mathieu" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnet" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Fracchiolla" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.26527" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909104v1" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bosse" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lilensten" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rochat" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delboulb&#233;" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2020036" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154513v1" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Meyer" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.052.0355" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098078v1" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ferret" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.3273" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103051v1" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carton de Grammont" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Agier" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naepels" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit M&#252;ller" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/moco.004.0001" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956000v2" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andreotti" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Toutain" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia El Rhandour-Essmaili" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P&#233;rignon-Hubert" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.46" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03208704v1" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010220v1" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tawa Lama-Rewal" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.079.0041" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614348v1" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lansberg" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua-Sheng Shao" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nodoka Yamanaka" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Jie Zhang" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135559" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007732v1" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2020-0098" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014611v1" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejma Goutas" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10216" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03384305v1" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.224.0111" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333720v1" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gallot" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Zancarini-Fournel" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.146.0002" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135606v1" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Balsiger" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Bodet" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brugidou" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cartron" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Delon" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962989v1" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aymes" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boussard" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223304v1" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Virgili" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Steinberg" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lett" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.18616" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195073v1" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Sebillotte Cuchet" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036951v1" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cadorel" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garcia" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Groshens" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Juillard" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Vandenbunder" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10968" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988761v1" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadeen Ali" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Besnard" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blaa089" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041886v1" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Proust" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michalon" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Maurin" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.443.0041" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084294v1" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.1787" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03399098v1" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Oghin&#259;-Pavie" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#251;s Camille" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2020.0052" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02865051v1" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noost Bayarkhuu" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102387" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260358v1" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.4772" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03097894v1" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Quijoux" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.6644" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091769v1" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bargaoui" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grangaud" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.6652" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961311v1" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02615752v1" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fouriaux" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Devogelaere" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.4317" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224782v1" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Martine" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.052.0083" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03547175v1" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Sargeac" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9256" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034651v1" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Abu-Azizeh" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Elie Brochier" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;gagnon" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968024v1" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boulc ' H" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048786v1" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Roy" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.157.0217" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02903126v1" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111964v1" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.117.0005" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603851v1" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Delacroix" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.202.0327" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03455806v1" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Galonnier" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Le Courant" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cris Beauchemin" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;lle Brilhault" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10918" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094975v1" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Yun" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katiana Le Mentec" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejts.6638" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395935v1" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bossert" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grosman" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Trimaille" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rolley" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c01939" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958773v1" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Ben Amor" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Trinquier" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Malrieu" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0011582" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03721245v1" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434401v1" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cocquempot" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naff" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16731" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03848123v1" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brisson" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11222" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048807v1" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.103.0111" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03752662v1" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Allouch" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.053.0010" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154795v1" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.022" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961728v1" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elias" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Derec" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dollet" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Drenckhan" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cocis.2020.101391" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02893332v1" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bousquet" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Figeac" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.26797" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04301952v1" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Aterianus-Owanga" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Milliot" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25667/ethnographiques/2020-40/001" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944308v1" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurel" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536646v1" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.223.0009" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896610v1" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Henri-Panabiere" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9716" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03788616v1" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.034.0206" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074706v1" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.6771" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03080051v1" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bereni" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.117.0099" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03002016v1" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Regnault" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janvier" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D&#233;moulin" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auch&#232;re" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Strugarek" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028150" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536126v2" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leclercq" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Faure" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lavaux" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Wandelt" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Jaffe" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037995" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217896v1" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coulbaut-Lazzarini" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Araszkiewiez" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59285/rimec.345" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03028335v1" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Lay" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Frances" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/trav.044.0215" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620822v1" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Racaud" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.12570" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836115v1" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.068.0121" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975818v2" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Giannetto" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.7262" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03053211v1" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.14462" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03135682v1" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106320939885a" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02924742v1" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plutniak" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.007.0387" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04301974v1" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25667/ethnographiques/2020-40/003" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04189764v1" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Traversier" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genrehistoire.5933" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455370v1" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Garnier" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharine Throssell" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.053.0040" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906055v1" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bouakaze" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Delehelle" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy S&#225;enz-Oyh&#233;r&#233;guy" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Moreira" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Schiavinato" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsigen.2020.102342" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02971407v1" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paillet" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Paillet" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.5602" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03534359v1" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.9268" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161962v1" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanie Cayouette-Rembli&#232;re" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Santos" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.121.0121" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022064v1" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Duprat" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Proti&#232;re" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM00618A" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111977v1" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091496v1" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Rioufreyt" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9211" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993267v1" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Laillier" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Topalov" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.119.0019" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03048380v1" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Agrawal" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973616v1" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Raimond" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garine" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.42927" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03065731v1" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036924v1" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pecqueux" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10588" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924168v1" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morisset" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Simon" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03092503v1" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duchesne" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10738" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098902v1" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Mohammed" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10843" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916251v1" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Ortiz Caria" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.10688" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02927069v1" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Tr&#233;guer" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11038" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106213v1" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Montagne" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.116.0031" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542555v1" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263576v1" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428676v1" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542565v1" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542573v1" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542582v1" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472326v1" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biu" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pierre Lopez" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Montagne" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549684v1" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Tomasso" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guillermin" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565414v1" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jolly" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gonzalez" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907909v1" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702473v1" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ancey" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mercandalli" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Magnani" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Rang&#233;" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Patat" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163940v1" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004801v1" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H Lutfalla" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33264-7_9" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397569v1" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bl&#233;ron" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606803v1" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249567v1" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104145v1" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39831-5_16" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03936704v1" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Scherer" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05083765v1" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernollin" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Arioua" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Daide" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180376v1" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735637v1" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Noel" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Revelin" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890384v1" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bohi" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Auzias" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefevre" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP46576.2022.9897251" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935651v1" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gerber" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03768820v1" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ambal" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergue&#239; Lenglet" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Schmitt" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3551357.3551384" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889780v1" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Michel" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Amardeilh" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03840329v1" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Ledieu" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281731v1" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deboeuf" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Fall" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03510931v1" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chataing" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977682v1" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura T Buck" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8175" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288618v1" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Chevallier" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202349v1" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Constance Corsi" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chevallier" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414790" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523342v1" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Launay" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Touseau" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC51774.2021.00085" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03522453v1" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265064v1" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Loudcher" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3472163.3472266" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260085v1" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03202360v1" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Khazem" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Haroun" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER49283.2021.9441279" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347557v1" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H&#233;brard" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265069v1" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86517-7_31" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405138v1" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN52139.2021.9524978" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986228v3" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#234; Th&#224;nh D&#361;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pradic" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977690v1" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bardinet" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Bardo" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gilissen" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asier G&#243;mez-Olivencia" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8185" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340749v1" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lesueur" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3465481.3469181" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404474v2" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN52139.2021.9524983" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224950v1" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegdwend&#233; Nicolas Sawadogo" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_8" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610005v1" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Robert" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Launay," TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220829v1" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Pinto" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Margnat" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.178" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810165v1" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03850591v1" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Letellier" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pasquier" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112542v1" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Scholly" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Alfonso Espinosa-Oviedo" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224965v1" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_7" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889487v1" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423603.3424004" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03215258v1" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Gon&#231;alves Pinto" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0763" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015390v1" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03111888v1" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Granget" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hadermann" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malin &#197;gren" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Gerolimich" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Michot" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207810006" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100934v1" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Capobianco" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillon" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-61588-8_8" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242471v1" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0761" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02894150v1" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3394810.3394811" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215398v1" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Mignot" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piercarlo Bonifacio" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fasola" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horville" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Caffau" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562305" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02951467v1" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Enguehard" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888201v1" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Duy Nguyen" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Poveda Villal&#243;n" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Vaulx" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chanet" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02974485v1" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Colasse" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubois" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132829v1" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947044v1" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Daerr" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Courson" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Abello" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834037v1" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Diouan" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferey" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02961595v1" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faure-Giovagnoli" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aishwarya Venkataramanan" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Figus" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Heudre" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de Garidel-Thoron" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04068841v1" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53480/physique-societe.b046" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336696v1" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/73384" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17992" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04440577v1" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Boisson" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Corbel" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Creissels" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041110v1" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/1837/9782706149184/l-europe-sanitaire-et-sociale-a-l-epreuve-du-virus/preview?escape=false#lg=1&amp;amp;slide=0" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098777v1" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05490838v1" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Foyer" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gautreau" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15joj" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05322293v1" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-99717-4_5" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063342v2" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Critina del Biaggio" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Koop" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pachoud" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119753995.ch9" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384600v1" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894441v1" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309755v1" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aslanian" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schn&#252;rle" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Moulin" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Evain" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pellen" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18747-6_1" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380056v1" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Berdah" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671585v1" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Loiseau" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b19412" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648311v1" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110715118-019" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703329v1" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaudin" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891932v1" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110673630-003" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914043v1" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Feug&#232;re" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Gibson" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/les-insectes-et-la-musique-alain-montandon" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03823336v1" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Belin" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsducerf.fr/librairie/livre/19593/l-auteur-en-question" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03942805v1" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vendredi Ricet" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946504v1" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799017v1" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puv.rouge.2022.01.0187" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03347422v1" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Demesmaeker" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teraedre.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=71079" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215967v1" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Guha" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953810v2" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Althaus" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Formet-Robert" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwen.uni.lu/research/fhse/desw/research_areas/lifelong_learning_guidance/news_events_lllg/vient_de_paraitre_recherches_actuelles_en_psychologie_differentielle" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267110v1" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chaperon" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03505802v1" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03081687v1" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labbas" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Shindo" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/category/seminaire/bioarcheologie-minimums-methodologiques-referentiels-communs-nouvelles-approches" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/n7b7-y170" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993132v1" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamoudi Khalaily" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Boaretto" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dubreuil" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heeli C. Schechter" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/j.ctv1b9f5bh?turn_away=true" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1b9f5bh.9" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026962v1" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sorel" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Milland-Bove" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098788v1" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090003v1" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rekacewicz" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02536037v1" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bove" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542410v1" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381233v1" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542503v1" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542516v1" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266686v1" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03139990v1" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145453v1" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ragueneau" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capet" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillet" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben Ari" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bern&#233;" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535772v1" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Paletou" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f0e101ebe4eb8d168879fcc7e24d20d645032e7c;origin=https://hal.archives-ouvertes.fr/hal-02535772;visit=swh:1:snp:9940cf8487be1d2ddeda5ad449692f614d3c188a;anchor=swh:1:rev:5070d8d89ae3101cc81fd626379cd43f94843f2a;path=/" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546057v1" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paletou" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:43b7a45a89c836b1baad8849215a51e65a67f80e;origin=https://hal.archives-ouvertes.fr/hal-02546057;visit=swh:1:snp:526c43a6e4459f2c72c67031adf931ed6d3bdca7;anchor=swh:1:rev:6092187a814702b4f4b4289fb36f93bcb3c45e45;path=/" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>