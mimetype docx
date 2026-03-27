--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -586,299 +586,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04433411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oral and periodontal assessment at the first trimester of pregnancy: The PERISCOPE longitudinal study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Role of Dysbiotic Oral Microbiota in Cardiometabolic Diseases: A Narrative Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Cecchin-Albertoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inessa Timofeeva</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Camille Champion</w:t>
+                <w:t xml:space="preserve">Philippe Kemoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Minty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Obstetricia et Gynecologica Scandinavica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/aogs.14529⟩</w:t>
+              <w:t xml:space="preserve">Diagnostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (20), pp.3184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/diagnostics13203184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04277182v1</w:t>
+                <w:t xml:space="preserve">hal-04819623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Dysbiotic Oral Microbiota in Cardiometabolic Diseases: A Narrative Review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oral and periodontal assessment at the first trimester of pregnancy: The PERISCOPE longitudinal study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inessa Timofeeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyes Bouchoucha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Canceill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Kemoun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Minty</w:t>
+                <w:t xml:space="preserve">Camille Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (20), pp.3184. </w:t>
+              <w:t xml:space="preserve">Acta Obstetricia et Gynecologica Scandinavica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 102 (6), pp.669 - 680. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/diagnostics13203184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/aogs.14529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04819623v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04277182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obesity Is Associated with the Severity of Periodontal Inflammation Due to a Specific Signature of Subgingival Microbiota</w:t>
               </w:r>
@@ -1132,51 +1132,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human liver microbiota modeling strategy at the early onset of fibrosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu M Neagoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1394,697 +1394,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04574671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Child to Adulthood, a Multidisciplinary Approach of Multiple Microdontia Associated with Hypodontia: Case Report Relating a 15 Year-Long Management and Follow-Up</w:t>
+                <w:t xml:space="preserve">How Oral Specialists Can Help Diagnose and Manage Extra-Digestive Inflammatory Bowel Disease Complications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Vaysse</w:t>
+                <w:t xml:space="preserve">Mylène Dimmock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teva Courset</w:t>
+                <w:t xml:space="preserve">Cyrielle Gilletta de saint-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Nasr</w:t>
+                <w:t xml:space="preserve">Béatrice Barres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Courtois</w:t>
+                <w:t xml:space="preserve">Carle Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthcare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (9), pp.1180. </w:t>
+              <w:t xml:space="preserve">Case Reports in Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (1), pp.276-281. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/healthcare9091180⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000513156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03651982v1</w:t>
+                <w:t xml:space="preserve">hal-03270312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Oral Specialists Can Help Diagnose and Manage Extra-Digestive Inflammatory Bowel Disease Complications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Dimmock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylène Dimmock</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Gilletta de Saint Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Barres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carle Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Case Reports in Gastroenterology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 15 (1), pp.276-281. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1159/000513156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03651971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Oral Specialists Can Help Diagnose and Manage Extra-Digestive Inflammatory Bowel Disease Complications</w:t>
+                <w:t xml:space="preserve">Obesity Drives an Oral Microbiota Signature of Female Patients with Periodontitis: A Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cyrielle Gilletta de saint-Joseph</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Minty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Canceill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Barres</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carle Paul</w:t>
+                <w:t xml:space="preserve">Pascale Loubières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Azalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Reports in Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000513156⟩</w:t>
+              <w:t xml:space="preserve">Diagnostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/diagnostics11050745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03270312v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obesity Drives an Oral Microbiota Signature of Female Patients with Periodontitis: A Pilot Study</w:t>
+                <w:t xml:space="preserve">Oral Microbiota: A Major Player in the Diagnosis of Systemic Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Minty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Vinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Canceill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Loubières</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Azalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnostics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11 (5), pp.745. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/diagnostics11050745⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 11 (8), pp.1376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/diagnostics11081376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03651976v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oral Microbiota: A Major Player in the Diagnosis of Systemic Diseases</w:t>
+                <w:t xml:space="preserve">From Child to Adulthood, a Multidisciplinary Approach of Multiple Microdontia Associated with Hypodontia: Case Report Relating a 15 Year-Long Management and Follow-Up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thibault Canceill</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vaysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Loubières</w:t>
+                <w:t xml:space="preserve">Teva Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Nasr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (8), pp.1376. </w:t>
+              <w:t xml:space="preserve">Healthcare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (9), pp.1180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/diagnostics11081376⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/healthcare9091180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03651980v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2499,51 +2499,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/coco33920" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baguettesharp.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boulangerie.baguettesharp.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/coco33920/STARFinder" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502863v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Prosper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Broutin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L&#234;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Cecchin-Albertoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monsarrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ime5010007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05382072v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Sturaro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Thomas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Canceill" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ekambi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41368-025-00403-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433411v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Minty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023189" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277182v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inessa Timofeeva" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Bouchoucha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Champion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aogs.14529" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819623v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kemoun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics13203184" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824980v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Laurencin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Assoulant-Anduze" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Vinel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms242015123" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04959342v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Azalbert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24021589" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951093v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu M Neagoe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Effernberger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela T Sala" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Servant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-023-02774-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04574671v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dubuc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Zitouni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe K&#233;moun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cousty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11216596" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651982v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vaysse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Courset" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Nasr" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Courtois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare9091180" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651971v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Dimmock" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Gilletta de Saint Joseph" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barres" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carle Paul" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000513156" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270312v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Gilletta&#160;de&#160;saint-Joseph" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651976v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Loubi&#232;res" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11050745" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651980v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11081376" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030270v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04416243v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU30234" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/coco33920" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baguettesharp.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boulangerie.baguettesharp.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/coco33920/STARFinder" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502863v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Prosper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Broutin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L&#234;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Cecchin-Albertoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monsarrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ime5010007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05382072v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Sturaro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Thomas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Canceill" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ekambi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41368-025-00403-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433411v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Minty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023189" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819623v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kemoun" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics13203184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277182v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inessa Timofeeva" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Bouchoucha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Champion" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aogs.14529" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824980v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Laurencin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Assoulant-Anduze" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Vinel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms242015123" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04959342v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Azalbert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24021589" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951093v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu M Neagoe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Effernberger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela T Sala" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Servant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-023-02774-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04574671v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dubuc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Zitouni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe K&#233;moun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cousty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11216596" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270312v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Dimmock" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Gilletta&#160;de&#160;saint-Joseph" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barres" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carle Paul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000513156" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651971v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Gilletta de Saint Joseph" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651976v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Loubi&#232;res" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11050745" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651980v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11081376" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651982v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vaysse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Courset" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Nasr" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Courtois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare9091180" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030270v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04416243v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU30234" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>