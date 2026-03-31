--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:79.6875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Colas Duflo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur à l'Université Paris Nanterre.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'Institut Universitaire de France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches actuelles portent sur la littérature et sur la philosophie du XVIIIe siècle en France (Diderot, Bernardin de Saint-Pierre…). Depuis quelques années, mes travaux portent plus particulièrement sur la présence de la philosophie dans le roman, sur ses formes, ses modalités, ses contenus et ses effets dans la fiction. Après avoir abordé ces questions sous un angle général, puis autour de questions liées à la philosophie morale, je m’intéresse à présent aux fictions politiques du XVIIIe siècle.</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://philpolnar.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animation scientifique et valorisation de la recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dans le cadre du CSLF (EA 1586 Centre des Sciences de la Littérature Française – UPN-UPL), création et direction de l’équipe Litt&Phi (littérature et philosophie).</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://cslf.u-paris10.fr/axes-equipes/litt-phi-litterature-et-philosophie-/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://webtv.parisnanterre.fr/channels/#littphi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réalisation du Mooc : « Dix-huitième siècle : le combat des Lumières » (UPN-UPL, dans le cadre d’un projet Feder) : 6 semaines de cours, 72 vidéos, 12 e-book d’accompagnement.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.fun-mooc.fr/fr/cours/18e-siecle-le-combat-des-lumieres/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur ou co-directeur de quatre collections chez Honoré Champion : « L’âge des Lumières », « Les Dix-huitièmes siècles », « Le Tournant des Lumières », « Champion – commentaires ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**SYNTHÈSE DU PARCOURS PROFESSIONNEL : **</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carrière :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022 (à partir du 01/10/22) : Membre senior de l’Institut Universitaire de France.2022 (15/01/22-15/09/22) : Directeur de l’UFR Philosophie, Information-Communication, Langage, Littérature, Arts du Spectacle (PHILLIA).2013 : Élu professeur de littérature française à l’Université Paris Nanterre.2006 : Élu professeur de littérature française à l’Université de Picardie Jules Verne1996 : Élu Maître de Conférences en philosophie à l'Université de Picardie-Jules Verne (Amiens).1993-1996 : A.M.N. à l'université de Franche-Comté</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titres et diplômes :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002 : Habilitation à Diriger des Recherches, soutenue le 25 juin 2002 à l’Université de Paris IV-Sorbonne (jury : Catherine Larrère, Jean-Claude Bourdin, Pierre Frantz, Jean-Louis Labussière, Pierre-François Moreau). Sujet : « Études sur Diderot et sur le XVIIIe siècle ».1992-1995 : Thèse pour le doctorat (nouveau régime). Sujet : « Le Jeu, une approche philosophique ». Sous la direction de M. Tosel (université de Franche-Comté). Soutenance le 8 novembre 1995 (jury : MM. R. Damien, P. Livet, P. Magnard, P.-F. Moreau, A. Tosel). Mention « Très honorable à l'unanimité avec les félicitations du jury ».1992 : Reçu premier à l'agrégation externe de philosophie.1991 : D. E. A., sous la direction de M. Magnard (Paris IV-Sorbonne). Sujet du mémoire : « Bernardin de Saint-Pierre et la finalité généralisée » (mention très bien).1990 : Maîtrise, sous la direction de M. Marquet (Paris IV-Sorbonne) (mention très bien).1989 : Admis à l'École Normale Supérieure de Fontenay-Saint-Cloud, section philosophie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Aventures de Télémaque de Fénelon, ou le roman politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 146 p., 2023, Champion-Commentaires, 9782380960761</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot. Du matérialisme à la politique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éditions, collection Biblis, 247 p., 2021, 9782271135797</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre, Œuvres complètes, t. III, Œuvres scientifiques, Études de la nature et textes périphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Castonguay-Bélanger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 1134 p., 2019, 978-2-406-08779-3. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08781-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Œuvres complètes. Tome III Œuvres scientifiques : Études de la Nature et textes périphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Castonguay-Bélanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Bernardin De Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, Tome III, 2019, Bibliothèque du xviiie siècle, 978-2-406-08781-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre, Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 667, 462 p., 2019, Classiques jaunes, 978-2-406-06206-6. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06207-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie des pornographes. Les ambitions philosophiques du roman libertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions du Seuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 307 p., 2019, 9782021404173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumières, matérialisme et morale : autour de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. Publications de la Sorbonne, 2016, 978-2-85944-968-1. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.96587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévost et les débats d'idées de son temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Bournonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Pelvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Faulot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas and Faulot, Audrey. Editions Peeters, 60, 2015, La république des Lettres, 978-90-429-3152-7 978-2-7584-0219-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontenelle. Digression sur les Anciens et les Modernes : et autres textes philosophiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Audidière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Guichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 30, 793 p., 2015, Bibliothèque du XVIIIe siècle, ISSN 2109-7623, Sophie Audidière; Jean-Claude Bourdin; Isabelle Mullet; François Pépin; Mitia Rioux-Beaulne; Maria Susana Seguin; Franck Cabane; Colas Duflo; Jean-Luc Guichet; Véronique Le Ru; Christophe Martin; Anne Beate Maurseth, 978-2-8124-3231-6. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3232-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oeuvres complètes. Tome I. Romans et contes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Bernardin De Saint-Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantale Meure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Gigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Racault, Jean-Michel and Armand, Guilhem and Duflo, Colas and Meure, Chantale and Gigan, Angélique. Classiques Garnier, 28, 2014, Bibliothèque du XVIIIe siècle, 9782812430862. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3088-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, pp.544, 2013, 9782745325617</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00428795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fictions de la pensée, pensées de la fiction : roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. Hermann, 2013, 978-2-7056-8473-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot : du matérialisme à la politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éd., impr. 2013, 2013, 978-2-271-07658-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aventures de Sophie : la philosophie dans le roman au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éd., 2013, 978-2-271-07612-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rousseau et le roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Bournonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas. Classiques Garnier, 2012, 978-2-8124-0854-0. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-0918-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures de &amp;quot;Cleveland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Salaün</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peeters, 39, pp.222, 2010, La République des lettres, 978-9042921979</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01457142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse philosophe et Dom Bougre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Monde-éditions; Garnier, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures de Cleveland / textes réunis et présentés par Colas Duflo, Florence Magnot et Franck Salaün</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnot-Ogilvy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Salaün</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peeters, pp.222, 2010, 978-90-429-2197-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et D'Alembert, L'Encyclopédie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion; Le Monde, 304 p., 2010, 2081226855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot, Entretien d’un philosophe avec Madame la Maréchale de ***</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 112 p., 2009, 2081220024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes de la nature / Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'université de Saint-Étienne, pp.623, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Encyclopédie du Rêve de D’Alembert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Audidière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 2-271-06431-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02077801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encyclopédie du Rêve de d'Alembert de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Audidière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Editions, pp.423, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensées sur l'interprétation de la nature / Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, pp.244, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00428794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Rabelais à Sade : l'analyse des passions dans le roman de l'âge classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ruiz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publ. de l'Université de Saint-Etienne, pp.131, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le philosophe, le sage et le politique: de Machiavel aux Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'université de Saint-Étienne, pp.276, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rêve de d'Alembert / Denis Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, pp.245, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les âmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Robelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Franc-Comtoises, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kant, la raison du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 128 p., 1999, Le bien commun, 978-2-84186-097-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer et philosopher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de France, pp.268, 1997, Pratiques théoriques, 978-2130487340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer et philosopher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 256 p., 1997, Pratiques théoriques, Etienne Balibar; Dominique Lecourt, 978-2130487340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01477878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de France, 94, pp.132, 1997, Philosophies, 2-13-048688-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour des morales par provision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Ricoeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labor et Fides, 111 p., 1996, 978-2-8309-0778-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La finalité dans la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de France, 71, pp.132, 1996, Philosophies, 2-13-047741-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot, Les Bijoux indiscrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actes Sud, 416 p., 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophies du roman policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Éditions, 1995, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espion turc et autres fictions du témoin étranger (1684-1829)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52, 331 p., 2025, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14v05⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sade : roman et philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n°46, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dom Bougre, portier de la subversion [dossier]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 49, p. 389-527, https://www.cairn.info/revue-dix-huitieme-siecle-2017-1.htm, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la morale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Manuel A. V. Bernardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura, Revista de História e Teoria das Ideias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34, https://journals.openedition.org/cultura/2448, 2015, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cultura.2448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dossier sur l’Histoire de Jenni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Voltaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, https://societe-voltaire.org/cv14.php, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire la philosophie au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 78, 2015, 9770003963008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et le roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 171, 2013, 9782200928568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 45, https://www.cairn.info/revue-dix-huitieme-siecle-2013-1.htm, 2013, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 71, https://www.cairn.info/revue-archives-de-philosophie-2008-1.htm, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rêve de d'Alembert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;Lettre sur les aveugles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La raison sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52, pp.197-222. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14uzy⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espion turc et autres fictions du témoin étranger — Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52, pp.5-14. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14uzp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le flou des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Svet Literatury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, p. 27-39. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14712/23366729.2024.3.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiences idéales et défaillances réelles : une lecture des Lettres persanes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 44, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/episteme.17236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments d’introduction à la pensée de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">études françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32, pp.50-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il romanzo libertino a vocazione filosofica e la politica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mimesis giornale critico di storia delle idee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N.1/2022 Libertinismo: Filosofia e Scrittura, 1, pp.167-181. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53129/gcsi_01-2022-09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lettres persanes et le « roman politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Autour des Lettres persanes : Montesquieu et la fiction, 40, pp. 15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Nouvelle Héloïse, roman politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 75, http://revel.unice.fr/loxias/index.html?id=9854</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a literary and philosophical genre in the 18th century: the ‘political novel’ or narrative political philosophy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mimesis giornale critico di storia delle idee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, p. 81-96 https://www.giornalecritico.it/n-2-2021-dulfo-revel. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53129/gcsi_02-2021-04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La philosophie politique au risque du romanesque : fictions politiques et politique fiction chez Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sens public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, http://sens-public.org/articles/1427/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sade et l’histoire du roman à ambition philosophique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, « Sade : roman et philosophie », 46, p. 5-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Qu’est-ce qu’on attend pour être heureux ? Les morales eudémonistes du roman libertin à ambition philosophique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TrOPICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, « Bonheur et mièvrerie. Dire le bonheur, une gageure littéraire ? », Hors-série n°2, https://tropics.univ-reunion.fr/accueil/hors-serie-n2/i-des-lumieres-aux-lendemains-de-la-revolution/colas-duflo</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature et morale dans &amp;lt;i&amp;gt;Le Portier des Chartreux&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49, p. 439-452. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.049.0439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dom Bougre, portier de la subversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49, p. 389-392. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.049.0389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Expériences en philosophie morale dans le roman libertin du dix-huitième siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odradek</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, « Like a Novel » Crossing Perspectives between Knowing, Story and Digression, 2 (1), https://odradek.cfs.unipi.it/index.php/odradek/article/view/53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’air des bijoux. L’Opéra de Banza dans Les Bijoux indiscrets »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Hors série Opéra et Romanesque, p. 89-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La théodicée hétérodoxe des Études de la nature et son expression dans Paul et Virginie »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIEK OŚWIECENIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31, p. 61-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théodicée hétérodoxe des Etudes de la nature et son expression dans Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiek Oswiecenia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31, pp.61--71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raisonner comme un bijou. Expérience et détermination dans Les Bijoux indiscrets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 140, pp.52--63. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/caph.140.0052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de Jenni de Voltaire : problèmes et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Voltaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects philosophiques du roman libertin : Thérèse philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.433--450. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/aphi.783.0433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire la philosophie au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.395--397. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/aphi.783.0395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquence morale et écriture philosophique chez Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura, Revista de História e Teoria das Ideias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Diderot et la morale (34), pp.83-93. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cultura.2460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment rater un conte philosophique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Voltaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Histoire de Jenni de Voltaire (14), pp.9--21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et la morale – Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Manuel A. V. Bernardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura, Revista de História e Teoria das Ideias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Diderot et la morale (34), pp.11--17. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cultura.2450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cet abîme de ténèbres, pourquoi l'a-t-on creusé ?&amp;quot; : la dynamique matérielle d'après les Observations sur Hemsterhuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, tome 34, pp.185--198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forme di presenza della filosofia nel romanzo del XVIII secolo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iride</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 72, pp.381--392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une oeuvre cohérente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dossier Diderot (374), pp.37--45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot : roman, morale et vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Diderot et le roman (171), pp.3--12. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/litt.171.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vive les libres commerces ! » (sur Diderot)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, p. 64-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu dans l'Encyclopédie de Diderot et d'Alembert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ludica. Annali di storia e civiltà del gioco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15-16, pp.143--152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques le fataliste, l'antiroman dont vous êtes le héros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, tome XXXII, pp.251--264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on lire en philosophe sa propre actualité politique ? Le dernier Diderot et l'héritage de Montesquieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, tome XXXII, pp.25--45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la fin de la clandestinité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre clandestine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Diderot et la littérature clandestine, 19, p. 25-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Fiacre de nuit, ou l’image narrative »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57, p. 149-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Fille de Fantômas, ou le titre d’épisode »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54, p. 81-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une encyclopédie des passions : Le Monde moral de Prévost »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">lez valenciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Romanesque et Encyclopédie, 43, p. 33-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jouer, c’est tromper » (sur Rousseau)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Nouvel observateur. Hors-série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, p. 26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zoologie botanique de Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 42, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.042.0385⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Pendu de Londres, ou le titre sériel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52-53, p. 329-334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un Roi prisonnier de Fantômas, ou épitexte et péritexte sériels »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 46, p. 139-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Policier apache, ou le péritexte éditorial populaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 48-49, p. 312-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Mort qui tue, ou le pacte de lecture »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 42, p. 133-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Agent secret, ou l’épitexte populaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45, p. 137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moi-multiple : fondements physiologiques, conséquences anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, N° 71-1, pp.95- 110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00423212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot philosophe [introduction]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, N° 71-1, pp.5- 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00423274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Juve contre Fantômas, ou le contrat d’écriture »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 39-40, p. 287-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantômas&amp;quot;, un feuilleton théorique (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Rocambole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, N° 39-40, Pagination non précisée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantômas&amp;quot; ou la puissance de la fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Rocambole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, N° 38, pp.137-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La statue du bon despote : Diderot et la figure de Pierre le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies on Voltaire and the Eighteenth Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 9, pp.77-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une société de savants [sur le siècle des Lumières]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 450 (Fév. 2006), pp.47-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Lumières radicales : Spinoza, la philosophie et la naissance de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Israel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des amis de Spinoza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 38, pp.2-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Les Lumières radicales : la philosophie, Spinoza et la naissance de la modernité : 1650-1750 / Jonathan I. Israel ; traduit de l'anglais par Pauline Hugues, Charlotte Nordmann et Jérôme Rosanvallon, Éditions Amsterdam, 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des amis de Spinoza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 38, pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semences de l'exotisme au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les carnets de l'exotisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 6, pp.13-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montesquieu, une science politique des religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Théologiques et Religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 80 (2), pp.189. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etr.0802.0189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et Ménuret de Chambaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.4782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grandeur et misère du jeu à l'ère du divertissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 7 (3), p. 109-118. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cite.007.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la religion naturelle à la religion de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 33 (1), pp.517-527. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/dhs.2001.2439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le goût du temps », à propos du livre Le Rythme et la Raison, de P. Sauvanet (Kimé, 2000)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, « Rouvrir l’art », LVII (649-650), p. 530-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 28, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système du dégoût. Diderot critique de Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 29, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.88⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Et pourquoi des dialogues en des temps de systèmes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 28, p. 95-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fin du finalisme. Les deux natures : Holmes et Saunderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 28, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le nouvel ordre mondial selon Emmanuel Kant »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 320, p. 27-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lien et la ficelle. Diderot, le lien social et les pantins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 25, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.1231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les habitants des autres planètes dans les Harmonies de la nature de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 60, p. 47-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Y a-t-il une actualité de Descartes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autres temps : cahiers d'éthique sociale et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 54, p. 89-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une bonne guerre ? Hegel ou Voltaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autres temps : cahiers d'éthique sociale et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 53, p. 37-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le surhomme et la tortue, les figures du savoir chez Gaston Leroux »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tapis-Franc. Revue du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 7, p. 81-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La religion dans la philosophie de Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de Fontenay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 71 (1), pp.135-163. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/cafon.1993.1630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la machine à la machination : un démontage »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 5, p. 61-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Introduction à la Parislittérature »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 3, p. 23-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les vies du diable ou l'horreur du vrai : sur les Mémoires du diable de Frédéric Soulié »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 2, p. 81-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« M(él)anger l'autre : la philosofiction de Maurice Renard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 1, p. 5-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (85)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marmontel et le roman politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Cussac; Magali Fourgnaud; Pierino Gallo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean-François Marmontel (1723-1799). Approches critiques renouvelées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 185-202, 2026, 978-2-406-18945-9. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18945-9.p.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’article RÉFUGIÉS de l’Encyclopédie, préparation du dossier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Irène Passeron; Alain Sandrier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mots de Diderot. Mélanges offerts à Marie Leca-Tsiomis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENCCRE, https://mots-de-diderot.fr/?p=839, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman politique et ses dissertations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Hersant; Nathalie Kremer; Catherine Ramond. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digressions, réflexions et dissertations dans le récit à l'époque classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 387-400, 2025, La République des Lettres, 77, ISBN 978-90-429-5252-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot e o Materialismo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luis Manuel Bernardo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Denis Diderot, O Sonho de d’Alembert et Demais Conjecturas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediçoes Humus, p. 7-14, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la philosophie politique descriptive à la philosophie politique narrative. Les avatars du récit utopique au XVIIIe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Antoine-Mahut; André Charrak; Pierre Girard; Marina Mestre Zaragozá. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La raison au travail, 1. Pour une histoire rationnelle des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, p. 253-264, 2024, 979-10-362-0782-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Figures et lectures de Fénelon chez Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">STIKER-MÉTRAL (Charles-Olivier); TRÉMOLIÈRES (François). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures et Figures de Fénelon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 175-186, 2023, 978-2-406-14491-2. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14491-5.p.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La philosophie, fille de la pornographie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Testot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Lumières, une révolution de la pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Humaines éditions, p. 219-225, 2022, 9782361067342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À QUI S’ADRESSENT LES ROMANS LIBERTINS À AMBITION PHILOSOPHIQUE EXPLICITE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures et fonctions du destinataire dans les Memoires et les romans-Memoires de l'epoque classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peeters Publishers, pp.271-282, 2021, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctv1vwbt3f.22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La critique utopique du luxe au risque du romanesque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elise Pavy-Guibert; François Poulet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contre le luxe (XVIIe -XVIIIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 471-480, 2021, 978-2-406-10505-3. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10505-3.p.0471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier transversal « Jeux et vocabulaire du jeu dans l'Encyclopédie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Depaulis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article * JOUER, (Gram. Mathémat. pures.) (Encyclopédie, t. VIII, p. 884)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« [Attribué à Th. de Saint-Hyacinthe], Le Chef d’œuvre d’un inconu et [Anonyme] L’Anti- Mathanase », édition et présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Boidin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Groupe de recherches "Lire, Commenter, Réécrire", université Paris Nanterre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métamorphoses du commentaire, (XVe-XVIIIe siècles). Une anthologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Paris Nanterre, pp.403-464, 2020, coll. Orbis Litterarum, 978-2-84016-356-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article WHISK, le, (Jeux.) ou Whist, (Encyclopédie, t. XVII, p. 608)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article * BRUSQUEMBILLE (Jeu de la) (Encyclopédie, t. II, p. 451)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article JOUER (gramm.) (Encyclopédie, t. VIII, p. 884b)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article JEU, s. m. (Droit naturel &amp; Morale.) (Encyclopédie, t. VIII, p. 531)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article BRELAND (Encyclopédie, t. II, p. 410b–411a)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article DRAGONADE (Hist. Mod.) (Encyclopédie, t. V, p. 104b-105a)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , http://enccre.academie-sciences.fr/encyclopedie/article/v5-202-0/, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les romans clandestins sont-ils matérialistes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adrien Paschoud; Barbara Selmeci Castioni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matérialisme(s) en France au XVIIIe siècle. Entre littérature et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Band 29, Frank &amp; Timme Verlag für wissenschaftliche Literatur, pp.135-146, 2019, Romanistik,, 978-3-7329-0330-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques le fataliste, der Antiroman, dessen Held Du bist »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caroline Mannweiler; Olaf Müller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderots Jacques le fataliste et son maître und der europäische Roman. Transformationen und Potentiale der Gattung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Band 9, Universitätsverlag Winter, p. 16-27, 2019, Intercultural Studies. Schriftenreihe des Zentrums für Interkulturelle Studien (ZIS), 978-3-8253-6959-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Paul et Virginie et l’émergence d’une littérature indianocéanique. Éléments et problèmes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guilhem Armand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières et océan Indien. Bernardin de Saint-Pierre, Évariste Parny, Antoine de Bertin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 149-158, 2017, 978-2-406-06185-4. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06185-4.p.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ateismo e morale nel Colloquio con la Marescialla di Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentina Sperotto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Denis Diderot, Colloquio di un filosofo con la Marescialla di ***,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inschibboleth, p. 9-26, 2017, 978-8898694594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article PHILOSOPHE (Encyclopédie, t. XII, p. 509b–511a)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sous le nom et à la suite de mes Études de la nature » : Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre : idées, réseaux, réception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.19-31, 2016, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.purh.16202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principes d'éducation de Moi : une contribution anonyme de Diderot dans le Mercure de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières, matérialisme et morale: autour de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de la Sorbonne, pp.127--135, 2016, 978-2-85944-968-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principes d’éducation de Moi : une contribution anonyme de Diderot dans le Mercure de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumière, matérialisme, morale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.127-135, 2016, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.96662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le matérialisme des Lumières implique-t-il une pensée morale et politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumière, matérialisme, morale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.5-9, 2016, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.96612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Le philosophe transporté dans le Bisnapore…” Un moment utopique dans l’Histoire des deux Indes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annie Ibrahim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utopies noires, utopies roses. Politiques au temps des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 21-41, 2016, 978-2-343-08679-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le matérialisme des Lumières implique-t-il une pensée morale et politique ? Hommages à Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières, matérialisme et morale: autour de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de la Sorbonne, pp.5--9, 2016, 978-2-85944-968-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le débat sur la postérité et la philosophie du temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot et le temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.291--300, 2016, 979-10-320-0052-6. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pup.10833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous le nom et à la suite de mes Etudes de la nature : Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anton, Sonia and Macé, Laurence and Thibault, Gabriel-Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre: idées, réseaux, réception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.19-- 31, 2016, 979-10-240-0607-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition critique, présentation et notes du Traité sur la liberté de l'âme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard De Fontenelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo; Colas and Audidière; Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digression sur les Anciens et les Modernes: et autres textes philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.213--230, 2015, 978-2-8124-3231-6. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3232-3.p.0213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadening Views : Diderot, the Encyclopédie and the Enlightenment Propaganda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ferr~ao, Léonor and Bernardo, Luís Manuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Views on Eighteenth Century Culture: Design, Books and Ideas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.192--205, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition critique, présentation et notes d'extraits des Nouveaux dialogues des morts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard De Fontenelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo; Colas and Audidière; Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digression sur les Anciens et les Modernes: et autres textes philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.647--690, 2015, 978-2-8124-3231-6. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3232-3.p.0647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débats d'idées et production de l'intérêt romanesque chez Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas and Faulot, Audrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévost et les débats d'idées de son temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peeters, pp.1--13, 2015, 978-90-429-3152-7 978-2-7584-0219-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique in situ. Pensées sur l'interprétation de l'Histoire des deux Indes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salaün, Franck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le langage politique de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.197--217, 2014, 978-2-7056-8810-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide, roman antiphilosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cronk, Nicholas and Ferrand, Nathalie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 250 ans de Candide: lectures et relectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peeters, pp.107--115, 2014, 978-90-429-2707-0 978-2-7584-0173-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fictions de la pensée, pensées de la fiction: roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.1--10, 2013, 978-2-7056-8473-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordre de la pensée, ordre de la fiction dans L’Histoire des Sevarambes de Denis Veiras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Trivisani-Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fictions de la pensée, Pensées de la fiction. Roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.11-26, 2013, République des Lettres Sympoiums, 9782705684730</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un roman philosophique sur les passions : Clairval philosophe de Durosoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazauric, Simone and Moreau, Pierre-François. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raison et passions des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.113--130, 2013, 978-2-343-01525-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mudar a maneira comum de pensar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernardo, Luís Manuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pensamentos sobre a interpretaçao da natureza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediçoes Humus, pp.5--7, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du dissertatif. Les lettres &amp;quot;fastueusement raisonnées&amp;quot; de La Nouvelle Héloïse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rousseau et le roman: Journée d'études qui s'est tenue à l'Abbaye de Chaalis à Ermenonville, le 30 septembre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.51--67, 2012, 978-2-8124-0854-0. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-0918-9.p.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul et Virginie, tome IV des Etudes de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre au tournant des Lumières. Mélanges en l'honneur de Malcom Cook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peeters, pp.125--136, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman, relève de la philosophie des passions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Desjardins, Lucie and Dumouchel, Daniel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les passions à l'âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.235--245, 2012, 978-2-7056-8404-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Présences de l’océan Indien dans les Études de la nature de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel RACAULT; Chantale MEURE; Angélique GIGAN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre et l’océan Indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 391-401, 2011, 978-2-8124-4222-3. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-4222-3.p.0391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La tentation matérialiste de Cleveland »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colas Duflo; Florence Magnot; Franck Salaun. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures de Cleveland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peeters, p. 183-204, 2010, 978-9042921979</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le principe de déviation : une lecture des Mémoires pour servir à l’histoire de Malte de Prévost »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marius Warholm Haugen; Knut Ove Eliassen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dévier et divertir. Littérature et pensée du XVIIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Solum Forlag, p. 23-43, 2010, ‎ 978-2296103306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le finalisme esthétisant des Études de la nature de Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Bernardin de Saint-Pierre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.157-163, 2010, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.purh.3221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bernardin de Saint-Pierre, Études de la nature »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hedi Kaddour. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et saveur. Explications de textes et commentaires offerts à Jean Goldzink</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Manuscrit, p. 47-56, 2009, 978-2304024005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le voyage de Robert Lade du monde réel à la littérature (ou Le canard de Buffon)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Graal; Marielle Macé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devant la fiction, dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 49-68, 2009, ‎ 978-2753510050</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot And The Publicizing Of Censorship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mogens Laerke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Use of Censorship in the Enlightenment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BRILL, pp.119-135, 2009, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/EJ.9789004175587.I-206.33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Approche philosophique du jeu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux de hasard et d’argent. Contextes et addictions, Expertise collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les éditions Inserm, p. 351-360, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ombres des Lumières »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Svein Eirik Fauskevag; Trude Kolderup. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’ombre des Lumières. Littérature et pensée française du XVIIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Solum Forlag, p. 13-28, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le narrateur philosophe, un oxymore narratologique : l'exemple du &amp;quot;Monde moral&amp;quot; de Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hartmann, Pierre;Lotterie, Florence;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe romanesque : l'image du philosophe dans le roman des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Strasbourg, Pagination non précisée, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'allure du génie : couleur, matière et création dans les &amp;quot;Essais sur la peinture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cammagre, Geneviève;Talon-Hugon, Carole;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot, l'expérience de l'art : Salons de 1759, 1761, 1763 et Essais sur la peinture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de France : CNED, pp.42-50, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Suzanne un instant philosophe. Amour, sexualité, violence à la lumière de quelques lignes de La Religieuse de Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Wåhlberg; Trude Kolderup. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amour, violence, sexualité. De Sade à nos jours, Hommage à Svein-Eirik Fauskevåg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Solum Forlag, p. 43-54, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interprétation kantienne de l'histoire de Job</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vetö, Miklos;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia philosophiae : hommage à Alexis Philonenko</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp.55-69, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Vicaire hanté par l’Aveugle »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Salaün. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot-Rousseau. Un entretien à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Editions Desjonquères, p. 160-170, 2006, 978-2843210822</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu dans la cité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sautot, Jean-Pierre;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jouer à l'école : socialisation, culture, apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRDP de l'Académie de Grenoble, pp.21-30, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème de la métaphysique comme problème des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bourdin, Jean-Claude;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Lumières et l'idéalisme allemand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.21-30, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu, une approche philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bigrel, François;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La performance humaine : art de jouer, art de vivre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les éditions du CREPS Aquitaine, pp.61-76, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Vicaire hanté par l'Aveugle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salaün, Franck;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot-Rousseau : un entretien à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Desjonquères, pp.160-170, 2006, L'Esprit des lettres</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 11. Pourquoi des dialogues en un temps de système ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dialogue : introduction à un genre philosophique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.257-272, 2005, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.74249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Kant et l’héritage des Lumières »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nadine Descendre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Bottin des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ‎ ENSBA, p. 42-47, 2005, ‎ 978-2840561972</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la morale naturelle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Syliane Malinowski-Charles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures du sentiment : morale, politique et esthétique à l’époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Université Laval, p. 35-46, 2004, 978-2763780337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Éléments pour une histoire du concept de jeu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Joly. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jouer…Le jeu dans le développement, la pathologie et la thérapeutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Press, p. 61-69, 2003, 978-2848350011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature pervertie. L’analyse des passions dans La Religieuse de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colas Duflo, Luc Ruiz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Rabelais à Sade. L’analyse des passions dans le roman de l’âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Université de Saint-Étienne, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Finalisme ou matérialisme ? La finalité en débats dans les œuvres du premier Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Bastit; Jean-Jacques Wunenburger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Finalité en question, philosophie et sciences contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, p. 103-121., 2003, 978-2747501132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot : le philosophe, le prince et la fin d’un monde »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Bove; Colas Duflo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe, le sage et le politique: de Machiavel aux Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Université de Saint-Étienne, p. 263-276, 2002, 9782862722610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les joueurs de flûte : Diderot et la philosophie distrayante »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ulla Kölving; Irène Passeron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences, musiques, Lumières. Mélanges offerts à Anne-Marie Chouillet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre International d’Études du XVIIIe siècle, p. 153-161, 2002, 978-2-84559-013-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La science dans l’Encyclopédie. D’Alembert et Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Wagner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Wagner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Philosophes et la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, p. 205-245, 2002, 978-2070416257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principaux concepts de la philosophie de la nature de Bernardin de Saint-pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophies de la nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.59-66, 2000, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.15174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une assez belle excursion. A quoi rêvent les philosophes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Louis Tritter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rêve de d’Alembert, le Fils naturel et les écrits annexes de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, p. 30-44, 2000, ‎ 978-2729802868</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et l’autorité du langage »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-François Moreau; Jean Robelin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et pouvoir à l'âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, p. 109-126, 2000, 978-2-913322-93-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot, la vérité par tous les moyens »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récits de la pensée. Etudes sur le roman et l'essai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sedes, p. 83-96, 2000, 9782718193212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la conséquence de l’athéisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Chubilleau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Athéismes philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, p. 63-78, 2000, 978-2-84174-217-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La théorie des âmes dans la philosophie de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colas Duflo; Jean Robelin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les âmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche Comté, p.119-136, 1999, 978-2-913322-14-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La nature ne fait rien d’incorrect. Forme artistique et forme naturelle chez Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annie Ibrahim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot et la question de la forme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, p. 61-86, 1999, 9782130502050</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kant, Diderot, Chardin, les olives et le rossignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Art et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.83-93, 1998, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La lecture du paysage de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Perrin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'idée de paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Reineke Verlag, p. 185-203, 1997, 3-89492-084-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'humanité du rythme (Marcher - Ramer - Parler) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Sauvanet; Jean-Jacques Wunenburger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rythmes et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, p. 53-66, 1996, 978-2-84174-035-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le livre-jeu des facultés : l’invention du lecteur de roman policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophies du roman policier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.113-133, 1995, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Éléments d'une grammaire des épopées populaires : le récit dramaxical »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Mellier; Luc Ruiz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dramaxes. De la fiction policière, fantastique et d'aventures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, p. 145-161, 1995, 9782902126101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophies du roman policier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.5-11, 1995, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La prudence dans le jeu : une économie du risque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Tosel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes de rationalité et phronétique moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche Comté, p. 163-185, 1995, 978-2-251-60574-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer à l'école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sautot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gondonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Barrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, https://www.reseau-canope.fr/notice/jouer-a-lecole.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03751183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId318"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:79.6875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Colas Duflo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur à l'Université Paris Nanterre.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'Institut Universitaire de France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches actuelles portent sur la littérature et sur la philosophie du XVIIIe siècle en France (Diderot, Bernardin de Saint-Pierre…). Depuis quelques années, mes travaux portent plus particulièrement sur la présence de la philosophie dans le roman, sur ses formes, ses modalités, ses contenus et ses effets dans la fiction. Après avoir abordé ces questions sous un angle général, puis autour de questions liées à la philosophie morale, je m’intéresse à présent aux fictions politiques du XVIIIe siècle.</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://philpolnar.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animation scientifique et valorisation de la recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dans le cadre du CSLF (EA 1586 Centre des Sciences de la Littérature Française – UPN-UPL), création et direction de l’équipe Litt&Phi (littérature et philosophie).</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://cslf.u-paris10.fr/axes-equipes/litt-phi-litterature-et-philosophie-/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://webtv.parisnanterre.fr/channels/#littphi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réalisation du Mooc : « Dix-huitième siècle : le combat des Lumières » (UPN-UPL, dans le cadre d’un projet Feder) : 6 semaines de cours, 72 vidéos, 12 e-book d’accompagnement. Désormais accessible de façon libre et gratuite sur un site pérenne :</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://combat-des-lumieres.parisnanterre.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur ou co-directeur de quatre collections chez Honoré Champion : « L’âge des Lumières », « Les Dix-huitièmes siècles », « Le Tournant des Lumières », « Champion – commentaires ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**SYNTHÈSE DU PARCOURS PROFESSIONNEL : **</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carrière :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022 (à partir du 01/10/22) : Membre senior de l’Institut Universitaire de France.2022 (15/01/22-15/09/22) : Directeur de l’UFR Philosophie, Information-Communication, Langage, Littérature, Arts du Spectacle (PHILLIA).2013 : Élu professeur de littérature française à l’Université Paris Nanterre.2006 : Élu professeur de littérature française à l’Université de Picardie Jules Verne1996 : Élu Maître de Conférences en philosophie à l'Université de Picardie-Jules Verne (Amiens).1993-1996 : A.M.N. à l'université de Franche-Comté</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titres et diplômes :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002 : Habilitation à Diriger des Recherches, soutenue le 25 juin 2002 à l’Université de Paris IV-Sorbonne (jury : Catherine Larrère, Jean-Claude Bourdin, Pierre Frantz, Jean-Louis Labussière, Pierre-François Moreau). Sujet : « Études sur Diderot et sur le XVIIIe siècle ».1992-1995 : Thèse pour le doctorat (nouveau régime). Sujet : « Le Jeu, une approche philosophique ». Sous la direction de M. Tosel (université de Franche-Comté). Soutenance le 8 novembre 1995 (jury : MM. R. Damien, P. Livet, P. Magnard, P.-F. Moreau, A. Tosel). Mention « Très honorable à l'unanimité avec les félicitations du jury ».1992 : Reçu premier à l'agrégation externe de philosophie.1991 : D. E. A., sous la direction de M. Magnard (Paris IV-Sorbonne). Sujet du mémoire : « Bernardin de Saint-Pierre et la finalité généralisée » (mention très bien).1990 : Maîtrise, sous la direction de M. Marquet (Paris IV-Sorbonne) (mention très bien).1989 : Admis à l'École Normale Supérieure de Fontenay-Saint-Cloud, section philosophie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Aventures de Télémaque de Fénelon, ou le roman politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 146 p., 2023, Champion-Commentaires, 9782380960761</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot. Du matérialisme à la politique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éditions, collection Biblis, 247 p., 2021, 9782271135797</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre, Œuvres complètes, t. III, Œuvres scientifiques, Études de la nature et textes périphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Castonguay-Bélanger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 1134 p., 2019, 978-2-406-08779-3. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08781-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Œuvres complètes. Tome III Œuvres scientifiques : Études de la Nature et textes périphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Castonguay-Bélanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Bernardin De Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, Tome III, 2019, Bibliothèque du xviiie siècle, 978-2-406-08781-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre, Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 667, 462 p., 2019, Classiques jaunes, 978-2-406-06206-6. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06207-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie des pornographes. Les ambitions philosophiques du roman libertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions du Seuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 307 p., 2019, 9782021404173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumières, matérialisme et morale : autour de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. Publications de la Sorbonne, 2016, 978-2-85944-968-1. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.96587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévost et les débats d'idées de son temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Bournonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Pelvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Faulot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas and Faulot, Audrey. Editions Peeters, 60, 2015, La république des Lettres, 978-90-429-3152-7 978-2-7584-0219-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontenelle. Digression sur les Anciens et les Modernes : et autres textes philosophiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Audidière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Guichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 30, 793 p., 2015, Bibliothèque du XVIIIe siècle, ISSN 2109-7623, Sophie Audidière; Jean-Claude Bourdin; Isabelle Mullet; François Pépin; Mitia Rioux-Beaulne; Maria Susana Seguin; Franck Cabane; Colas Duflo; Jean-Luc Guichet; Véronique Le Ru; Christophe Martin; Anne Beate Maurseth, 978-2-8124-3231-6. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3232-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oeuvres complètes. Tome I. Romans et contes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Bernardin De Saint-Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Racault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantale Meure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Gigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Racault, Jean-Michel and Armand, Guilhem and Duflo, Colas and Meure, Chantale and Gigan, Angélique. Classiques Garnier, 28, 2014, Bibliothèque du XVIIIe siècle, 9782812430862. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3088-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fictions de la pensée, pensées de la fiction : roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. Hermann, 2013, 978-2-7056-8473-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, pp.544, 2013, 9782745325617</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00428795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot : du matérialisme à la politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éd., impr. 2013, 2013, 978-2-271-07658-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aventures de Sophie : la philosophie dans le roman au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éd., 2013, 978-2-271-07612-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rousseau et le roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Bournonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas. Classiques Garnier, 2012, 978-2-8124-0854-0. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-0918-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures de &amp;quot;Cleveland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Salaün</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peeters, 39, pp.222, 2010, La République des lettres, 978-9042921979</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01457142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse philosophe et Dom Bougre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Monde-éditions; Garnier, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures de Cleveland / textes réunis et présentés par Colas Duflo, Florence Magnot et Franck Salaün</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnot-Ogilvy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Salaün</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peeters, pp.222, 2010, 978-90-429-2197-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et D'Alembert, L'Encyclopédie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion; Le Monde, 304 p., 2010, 2081226855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot, Entretien d’un philosophe avec Madame la Maréchale de ***</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 112 p., 2009, 2081220024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes de la nature / Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'université de Saint-Étienne, pp.623, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Encyclopédie du Rêve de D’Alembert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Audidière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 2-271-06431-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02077801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encyclopédie du Rêve de d'Alembert de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Audidière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Editions, pp.423, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensées sur l'interprétation de la nature / Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, pp.244, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00428794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Rabelais à Sade : l'analyse des passions dans le roman de l'âge classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ruiz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publ. de l'Université de Saint-Etienne, pp.131, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rêve de d'Alembert / Denis Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, pp.245, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le philosophe, le sage et le politique: de Machiavel aux Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'université de Saint-Étienne, pp.276, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les âmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Robelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Franc-Comtoises, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kant, la raison du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 128 p., 1999, Le bien commun, 978-2-84186-097-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer et philosopher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de France, pp.268, 1997, Pratiques théoriques, 978-2130487340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer et philosopher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 256 p., 1997, Pratiques théoriques, Etienne Balibar; Dominique Lecourt, 978-2130487340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01477878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de France, 94, pp.132, 1997, Philosophies, 2-13-048688-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour des morales par provision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Ricoeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labor et Fides, 111 p., 1996, 978-2-8309-0778-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La finalité dans la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de France, 71, pp.132, 1996, Philosophies, 2-13-047741-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot, Les Bijoux indiscrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actes Sud, 416 p., 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophies du roman policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Éditions, 1995, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espion turc et autres fictions du témoin étranger (1684-1829)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52, 331 p., 2025, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14v05⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sade : roman et philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n°46, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dom Bougre, portier de la subversion [dossier]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 49, p. 389-527, https://www.cairn.info/revue-dix-huitieme-siecle-2017-1.htm, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la morale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Manuel A. V. Bernardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura, Revista de História e Teoria das Ideias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34, https://journals.openedition.org/cultura/2448, 2015, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cultura.2448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dossier sur l’Histoire de Jenni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Voltaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, https://societe-voltaire.org/cv14.php, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire la philosophie au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 78, 2015, 9770003963008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et le roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 171, 2013, 9782200928568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 45, https://www.cairn.info/revue-dix-huitieme-siecle-2013-1.htm, 2013, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 71, https://www.cairn.info/revue-archives-de-philosophie-2008-1.htm, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rêve de d'Alembert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;Lettre sur les aveugles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La raison sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52, pp.197-222. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14uzy⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espion turc et autres fictions du témoin étranger — Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52, pp.5-14. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14uzp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le flou des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Svet Literatury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, p. 27-39. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14712/23366729.2024.3.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiences idéales et défaillances réelles : une lecture des Lettres persanes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 44, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/episteme.17236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments d’introduction à la pensée de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">études françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32, pp.50-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il romanzo libertino a vocazione filosofica e la politica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mimesis giornale critico di storia delle idee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N.1/2022 Libertinismo: Filosofia e Scrittura, 1, pp.167-181. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53129/gcsi_01-2022-09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lettres persanes et le « roman politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Autour des Lettres persanes : Montesquieu et la fiction, 40, pp. 15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Nouvelle Héloïse, roman politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 75, http://revel.unice.fr/loxias/index.html?id=9854</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a literary and philosophical genre in the 18th century: the ‘political novel’ or narrative political philosophy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mimesis giornale critico di storia delle idee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, p. 81-96 https://www.giornalecritico.it/n-2-2021-dulfo-revel. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53129/gcsi_02-2021-04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La philosophie politique au risque du romanesque : fictions politiques et politique fiction chez Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sens public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, http://sens-public.org/articles/1427/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sade et l’histoire du roman à ambition philosophique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, « Sade : roman et philosophie », 46, p. 5-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Qu’est-ce qu’on attend pour être heureux ? Les morales eudémonistes du roman libertin à ambition philosophique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TrOPICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, « Bonheur et mièvrerie. Dire le bonheur, une gageure littéraire ? », Hors-série n°2, https://tropics.univ-reunion.fr/accueil/hors-serie-n2/i-des-lumieres-aux-lendemains-de-la-revolution/colas-duflo</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature et morale dans &amp;lt;i&amp;gt;Le Portier des Chartreux&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49, p. 439-452. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.049.0439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dom Bougre, portier de la subversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49, p. 389-392. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.049.0389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Expériences en philosophie morale dans le roman libertin du dix-huitième siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odradek</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, « Like a Novel » Crossing Perspectives between Knowing, Story and Digression, 2 (1), https://odradek.cfs.unipi.it/index.php/odradek/article/view/53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’air des bijoux. L’Opéra de Banza dans Les Bijoux indiscrets »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Hors série Opéra et Romanesque, p. 89-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La théodicée hétérodoxe des Études de la nature et son expression dans Paul et Virginie »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIEK OŚWIECENIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31, p. 61-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théodicée hétérodoxe des Etudes de la nature et son expression dans Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiek Oswiecenia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31, pp.61--71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raisonner comme un bijou. Expérience et détermination dans Les Bijoux indiscrets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 140, pp.52--63. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/caph.140.0052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de Jenni de Voltaire : problèmes et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Voltaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire la philosophie au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.395--397. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/aphi.783.0395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects philosophiques du roman libertin : Thérèse philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.433--450. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/aphi.783.0433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquence morale et écriture philosophique chez Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura, Revista de História e Teoria das Ideias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Diderot et la morale (34), pp.83-93. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cultura.2460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment rater un conte philosophique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Voltaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Histoire de Jenni de Voltaire (14), pp.9--21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et la morale – Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Manuel A. V. Bernardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura, Revista de História e Teoria das Ideias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Diderot et la morale (34), pp.11--17. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cultura.2450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cet abîme de ténèbres, pourquoi l'a-t-on creusé ?&amp;quot; : la dynamique matérielle d'après les Observations sur Hemsterhuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, tome 34, pp.185--198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forme di presenza della filosofia nel romanzo del XVIII secolo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iride</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 72, pp.381--392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une oeuvre cohérente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dossier Diderot (374), pp.37--45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot : roman, morale et vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Diderot et le roman (171), pp.3--12. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/litt.171.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vive les libres commerces ! » (sur Diderot)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, p. 64-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu dans l'Encyclopédie de Diderot et d'Alembert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ludica. Annali di storia e civiltà del gioco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15-16, pp.143--152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques le fataliste, l'antiroman dont vous êtes le héros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, tome XXXII, pp.251--264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on lire en philosophe sa propre actualité politique ? Le dernier Diderot et l'héritage de Montesquieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, tome XXXII, pp.25--45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la fin de la clandestinité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre clandestine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Diderot et la littérature clandestine, 19, p. 25-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Fiacre de nuit, ou l’image narrative »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57, p. 149-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Fille de Fantômas, ou le titre d’épisode »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54, p. 81-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une encyclopédie des passions : Le Monde moral de Prévost »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">lez valenciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Romanesque et Encyclopédie, 43, p. 33-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jouer, c’est tromper » (sur Rousseau)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Nouvel observateur. Hors-série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, p. 26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zoologie botanique de Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 42, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.042.0385⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Pendu de Londres, ou le titre sériel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52-53, p. 329-334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un Roi prisonnier de Fantômas, ou épitexte et péritexte sériels »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 46, p. 139-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Policier apache, ou le péritexte éditorial populaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 48-49, p. 312-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Mort qui tue, ou le pacte de lecture »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 42, p. 133-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Agent secret, ou l’épitexte populaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45, p. 137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moi-multiple : fondements physiologiques, conséquences anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, N° 71-1, pp.95- 110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00423212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot philosophe [introduction]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, N° 71-1, pp.5- 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00423274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Juve contre Fantômas, ou le contrat d’écriture »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rocambole. Bulletin des amis du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 39-40, p. 287-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantômas&amp;quot;, un feuilleton théorique (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Rocambole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, N° 39-40, Pagination non précisée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantômas&amp;quot; ou la puissance de la fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Rocambole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, N° 38, pp.137-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La statue du bon despote : Diderot et la figure de Pierre le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies on Voltaire and the Eighteenth Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 9, pp.77-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Lumières radicales : Spinoza, la philosophie et la naissance de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Israel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des amis de Spinoza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 38, pp.2-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une société de savants [sur le siècle des Lumières]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 450 (Fév. 2006), pp.47-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Les Lumières radicales : la philosophie, Spinoza et la naissance de la modernité : 1650-1750 / Jonathan I. Israel ; traduit de l'anglais par Pauline Hugues, Charlotte Nordmann et Jérôme Rosanvallon, Éditions Amsterdam, 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des amis de Spinoza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 38, pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semences de l'exotisme au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les carnets de l'exotisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 6, pp.13-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montesquieu, une science politique des religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Théologiques et Religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 80 (2), pp.189. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etr.0802.0189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot et Ménuret de Chambaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.4782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grandeur et misère du jeu à l'ère du divertissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 7 (3), p. 109-118. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cite.007.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la religion naturelle à la religion de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 33 (1), pp.517-527. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/dhs.2001.2439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le goût du temps », à propos du livre Le Rythme et la Raison, de P. Sauvanet (Kimé, 2000)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, « Rouvrir l’art », LVII (649-650), p. 530-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 28, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système du dégoût. Diderot critique de Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 29, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.88⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Et pourquoi des dialogues en des temps de systèmes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 28, p. 95-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fin du finalisme. Les deux natures : Holmes et Saunderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 28, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le nouvel ordre mondial selon Emmanuel Kant »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 320, p. 27-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lien et la ficelle. Diderot, le lien social et les pantins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 25, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rde.1231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les habitants des autres planètes dans les Harmonies de la nature de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 60, p. 47-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Y a-t-il une actualité de Descartes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autres temps : cahiers d'éthique sociale et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 54, p. 89-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une bonne guerre ? Hegel ou Voltaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autres temps : cahiers d'éthique sociale et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 53, p. 37-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le surhomme et la tortue, les figures du savoir chez Gaston Leroux »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tapis-Franc. Revue du roman populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 7, p. 81-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La religion dans la philosophie de Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de Fontenay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 71 (1), pp.135-163. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/cafon.1993.1630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la machine à la machination : un démontage »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 5, p. 61-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Introduction à la Parislittérature »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 3, p. 23-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les vies du diable ou l'horreur du vrai : sur les Mémoires du diable de Frédéric Soulié »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 2, p. 81-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« M(él)anger l'autre : la philosofiction de Maurice Renard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 1, p. 5-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (86)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marmontel et le roman politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Cussac; Magali Fourgnaud; Pierino Gallo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean-François Marmontel (1723-1799). Approches critiques renouvelées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 185-202, 2026, 978-2-406-18945-9. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18945-9.p.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imagination du futur dans les romans politiques du XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Danilo Manca; Matteo Marcheschi; Tommaso Parducci. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pensare il futuro. Forme del tempo in età moderna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mimesis eidizioni, p. 205-223, 2025, 9791222325316. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53129/gcsi_02-2021-04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’article RÉFUGIÉS de l’Encyclopédie, préparation du dossier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Irène Passeron; Alain Sandrier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mots de Diderot. Mélanges offerts à Marie Leca-Tsiomis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENCCRE, https://mots-de-diderot.fr/?p=839, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman politique et ses dissertations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Hersant; Nathalie Kremer; Catherine Ramond. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digressions, réflexions et dissertations dans le récit à l'époque classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 387-400, 2025, La République des Lettres, 77, ISBN 978-90-429-5252-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot e o Materialismo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luis Manuel Bernardo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Denis Diderot, O Sonho de d’Alembert et Demais Conjecturas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediçoes Humus, p. 7-14, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la philosophie politique descriptive à la philosophie politique narrative. Les avatars du récit utopique au XVIIIe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Antoine-Mahut; André Charrak; Pierre Girard; Marina Mestre Zaragozá. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La raison au travail, 1. Pour une histoire rationnelle des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, p. 253-264, 2024, 979-10-362-0782-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Figures et lectures de Fénelon chez Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">STIKER-MÉTRAL (Charles-Olivier); TRÉMOLIÈRES (François). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures et Figures de Fénelon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 175-186, 2023, 978-2-406-14491-2. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14491-5.p.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La philosophie, fille de la pornographie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Testot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Lumières, une révolution de la pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Humaines éditions, p. 219-225, 2022, 9782361067342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À QUI S’ADRESSENT LES ROMANS LIBERTINS À AMBITION PHILOSOPHIQUE EXPLICITE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures et fonctions du destinataire dans les Memoires et les romans-Memoires de l'epoque classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peeters Publishers, pp.271-282, 2021, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctv1vwbt3f.22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La critique utopique du luxe au risque du romanesque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elise Pavy-Guibert; François Poulet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contre le luxe (XVIIe -XVIIIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 471-480, 2021, 978-2-406-10505-3. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10505-3.p.0471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier transversal « Jeux et vocabulaire du jeu dans l'Encyclopédie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Depaulis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article * JOUER, (Gram. Mathémat. pures.) (Encyclopédie, t. VIII, p. 884)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« [Attribué à Th. de Saint-Hyacinthe], Le Chef d’œuvre d’un inconu et [Anonyme] L’Anti- Mathanase », édition et présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Boidin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Groupe de recherches "Lire, Commenter, Réécrire", université Paris Nanterre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métamorphoses du commentaire, (XVe-XVIIIe siècles). Une anthologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Paris Nanterre, pp.403-464, 2020, coll. Orbis Litterarum, 978-2-84016-356-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article WHISK, le, (Jeux.) ou Whist, (Encyclopédie, t. XVII, p. 608)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article * BRUSQUEMBILLE (Jeu de la) (Encyclopédie, t. II, p. 451)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article JOUER (gramm.) (Encyclopédie, t. VIII, p. 884b)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article JEU, s. m. (Droit naturel &amp; Morale.) (Encyclopédie, t. VIII, p. 531)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article BRELAND (Encyclopédie, t. II, p. 410b–411a)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article DRAGONADE (Hist. Mod.) (Encyclopédie, t. V, p. 104b-105a)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , http://enccre.academie-sciences.fr/encyclopedie/article/v5-202-0/, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les romans clandestins sont-ils matérialistes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adrien Paschoud; Barbara Selmeci Castioni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matérialisme(s) en France au XVIIIe siècle. Entre littérature et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Band 29, Frank &amp; Timme Verlag für wissenschaftliche Literatur, pp.135-146, 2019, Romanistik,, 978-3-7329-0330-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques le fataliste, der Antiroman, dessen Held Du bist »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caroline Mannweiler; Olaf Müller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderots Jacques le fataliste et son maître und der europäische Roman. Transformationen und Potentiale der Gattung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Band 9, Universitätsverlag Winter, p. 16-27, 2019, Intercultural Studies. Schriftenreihe des Zentrums für Interkulturelle Studien (ZIS), 978-3-8253-6959-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Paul et Virginie et l’émergence d’une littérature indianocéanique. Éléments et problèmes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guilhem Armand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières et océan Indien. Bernardin de Saint-Pierre, Évariste Parny, Antoine de Bertin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 149-158, 2017, 978-2-406-06185-4. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06185-4.p.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ateismo e morale nel Colloquio con la Marescialla di Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentina Sperotto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Denis Diderot, Colloquio di un filosofo con la Marescialla di ***,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inschibboleth, p. 9-26, 2017, 978-8898694594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édition et Dossier critique de l’article PHILOSOPHE (Encyclopédie, t. XII, p. 509b–511a)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sous le nom et à la suite de mes Études de la nature » : Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre : idées, réseaux, réception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.19-31, 2016, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.purh.16202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principes d'éducation de Moi : une contribution anonyme de Diderot dans le Mercure de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières, matérialisme et morale: autour de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de la Sorbonne, pp.127--135, 2016, 978-2-85944-968-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principes d’éducation de Moi : une contribution anonyme de Diderot dans le Mercure de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumière, matérialisme, morale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.127-135, 2016, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.96662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le matérialisme des Lumières implique-t-il une pensée morale et politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumière, matérialisme, morale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.5-9, 2016, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.96612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Le philosophe transporté dans le Bisnapore…” Un moment utopique dans l’Histoire des deux Indes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annie Ibrahim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utopies noires, utopies roses. Politiques au temps des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 21-41, 2016, 978-2-343-08679-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le matérialisme des Lumières implique-t-il une pensée morale et politique ? Hommages à Jean-Claude Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumières, matérialisme et morale: autour de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de la Sorbonne, pp.5--9, 2016, 978-2-85944-968-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le débat sur la postérité et la philosophie du temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot et le temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.291--300, 2016, 979-10-320-0052-6. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pup.10833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous le nom et à la suite de mes Etudes de la nature : Paul et Virginie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anton, Sonia and Macé, Laurence and Thibault, Gabriel-Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre: idées, réseaux, réception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.19-- 31, 2016, 979-10-240-0607-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition critique, présentation et notes du Traité sur la liberté de l'âme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard De Fontenelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo; Colas and Audidière; Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digression sur les Anciens et les Modernes: et autres textes philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.213--230, 2015, 978-2-8124-3231-6. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3232-3.p.0213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadening Views : Diderot, the Encyclopédie and the Enlightenment Propaganda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ferr~ao, Léonor and Bernardo, Luís Manuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Views on Eighteenth Century Culture: Design, Books and Ideas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.192--205, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition critique, présentation et notes d'extraits des Nouveaux dialogues des morts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard De Fontenelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duflo; Colas and Audidière; Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digression sur les Anciens et les Modernes: et autres textes philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.647--690, 2015, 978-2-8124-3231-6. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3232-3.p.0647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débats d'idées et production de l'intérêt romanesque chez Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas and Faulot, Audrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévost et les débats d'idées de son temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peeters, pp.1--13, 2015, 978-90-429-3152-7 978-2-7584-0219-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique in situ. Pensées sur l'interprétation de l'Histoire des deux Indes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salaün, Franck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le langage politique de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.197--217, 2014, 978-2-7056-8810-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide, roman antiphilosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cronk, Nicholas and Ferrand, Nathalie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 250 ans de Candide: lectures et relectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peeters, pp.107--115, 2014, 978-90-429-2707-0 978-2-7584-0173-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fictions de la pensée, pensées de la fiction: roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.1--10, 2013, 978-2-7056-8473-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordre de la pensée, ordre de la fiction dans L’Histoire des Sevarambes de Denis Veiras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Trivisani-Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fictions de la pensée, Pensées de la fiction. Roman et philosophie aux XVIIe et XVIIIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.11-26, 2013, République des Lettres Sympoiums, 9782705684730</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un roman philosophique sur les passions : Clairval philosophe de Durosoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazauric, Simone and Moreau, Pierre-François. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raison et passions des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.113--130, 2013, 978-2-343-01525-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mudar a maneira comum de pensar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernardo, Luís Manuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pensamentos sobre a interpretaçao da natureza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediçoes Humus, pp.5--7, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du dissertatif. Les lettres &amp;quot;fastueusement raisonnées&amp;quot; de La Nouvelle Héloïse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bournonville, Coralie and Duflo, Colas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rousseau et le roman: Journée d'études qui s'est tenue à l'Abbaye de Chaalis à Ermenonville, le 30 septembre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.51--67, 2012, 978-2-8124-0854-0. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-0918-9.p.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul et Virginie, tome IV des Etudes de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre au tournant des Lumières. Mélanges en l'honneur de Malcom Cook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peeters, pp.125--136, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman, relève de la philosophie des passions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Desjardins, Lucie and Dumouchel, Daniel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les passions à l'âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.235--245, 2012, 978-2-7056-8404-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Présences de l’océan Indien dans les Études de la nature de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel RACAULT; Chantale MEURE; Angélique GIGAN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernardin de Saint-Pierre et l’océan Indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 391-401, 2011, 978-2-8124-4222-3. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-4222-3.p.0391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La tentation matérialiste de Cleveland »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colas Duflo; Florence Magnot; Franck Salaun. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures de Cleveland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peeters, p. 183-204, 2010, 978-9042921979</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le principe de déviation : une lecture des Mémoires pour servir à l’histoire de Malte de Prévost »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marius Warholm Haugen; Knut Ove Eliassen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dévier et divertir. Littérature et pensée du XVIIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Solum Forlag, p. 23-43, 2010, ‎ 978-2296103306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le finalisme esthétisant des Études de la nature de Bernardin de Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Bernardin de Saint-Pierre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.157-163, 2010, </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.purh.3221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bernardin de Saint-Pierre, Études de la nature »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hedi Kaddour. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et saveur. Explications de textes et commentaires offerts à Jean Goldzink</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Manuscrit, p. 47-56, 2009, 978-2304024005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le voyage de Robert Lade du monde réel à la littérature (ou Le canard de Buffon)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Graal; Marielle Macé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Devant la fiction, dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 49-68, 2009, ‎ 978-2753510050</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diderot And The Publicizing Of Censorship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mogens Laerke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Use of Censorship in the Enlightenment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BRILL, pp.119-135, 2009, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/EJ.9789004175587.I-206.33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Approche philosophique du jeu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux de hasard et d’argent. Contextes et addictions, Expertise collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les éditions Inserm, p. 351-360, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ombres des Lumières »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Svein Eirik Fauskevag; Trude Kolderup. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’ombre des Lumières. Littérature et pensée française du XVIIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Solum Forlag, p. 13-28, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le narrateur philosophe, un oxymore narratologique : l'exemple du &amp;quot;Monde moral&amp;quot; de Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hartmann, Pierre;Lotterie, Florence;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe romanesque : l'image du philosophe dans le roman des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Strasbourg, Pagination non précisée, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'allure du génie : couleur, matière et création dans les &amp;quot;Essais sur la peinture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cammagre, Geneviève;Talon-Hugon, Carole;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot, l'expérience de l'art : Salons de 1759, 1761, 1763 et Essais sur la peinture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de France : CNED, pp.42-50, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Suzanne un instant philosophe. Amour, sexualité, violence à la lumière de quelques lignes de La Religieuse de Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Wåhlberg; Trude Kolderup. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amour, violence, sexualité. De Sade à nos jours, Hommage à Svein-Eirik Fauskevåg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Solum Forlag, p. 43-54, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interprétation kantienne de l'histoire de Job</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vetö, Miklos;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia philosophiae : hommage à Alexis Philonenko</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp.55-69, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Vicaire hanté par l’Aveugle »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Salaün. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot-Rousseau. Un entretien à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Editions Desjonquères, p. 160-170, 2006, 978-2843210822</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu dans la cité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sautot, Jean-Pierre;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jouer à l'école : socialisation, culture, apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRDP de l'Académie de Grenoble, pp.21-30, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème de la métaphysique comme problème des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bourdin, Jean-Claude;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Lumières et l'idéalisme allemand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.21-30, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu, une approche philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bigrel, François;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La performance humaine : art de jouer, art de vivre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les éditions du CREPS Aquitaine, pp.61-76, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Vicaire hanté par l'Aveugle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salaün, Franck;;. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot-Rousseau : un entretien à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Desjonquères, pp.160-170, 2006, L'Esprit des lettres</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00264583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 11. Pourquoi des dialogues en un temps de système ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dialogue : introduction à un genre philosophique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.257-272, 2005, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.74249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Kant et l’héritage des Lumières »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nadine Descendre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Bottin des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ‎ ENSBA, p. 42-47, 2005, ‎ 978-2840561972</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la morale naturelle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Syliane Malinowski-Charles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures du sentiment : morale, politique et esthétique à l’époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Université Laval, p. 35-46, 2004, 978-2763780337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Éléments pour une histoire du concept de jeu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Joly. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jouer…Le jeu dans le développement, la pathologie et la thérapeutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Press, p. 61-69, 2003, 978-2848350011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature pervertie. L’analyse des passions dans La Religieuse de Diderot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colas Duflo, Luc Ruiz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Rabelais à Sade. L’analyse des passions dans le roman de l’âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Université de Saint-Étienne, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Finalisme ou matérialisme ? La finalité en débats dans les œuvres du premier Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Bastit; Jean-Jacques Wunenburger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Finalité en question, philosophie et sciences contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, p. 103-121., 2003, 978-2747501132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot : le philosophe, le prince et la fin d’un monde »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Bove; Colas Duflo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe, le sage et le politique: de Machiavel aux Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Université de Saint-Étienne, p. 263-276, 2002, 9782862722610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les joueurs de flûte : Diderot et la philosophie distrayante »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ulla Kölving; Irène Passeron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences, musiques, Lumières. Mélanges offerts à Anne-Marie Chouillet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre International d’Études du XVIIIe siècle, p. 153-161, 2002, 978-2-84559-013-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La science dans l’Encyclopédie. D’Alembert et Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Wagner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Wagner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Philosophes et la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, p. 205-245, 2002, 978-2070416257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et l’autorité du langage »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-François Moreau; Jean Robelin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et pouvoir à l'âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, p. 109-126, 2000, 978-2-913322-93-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une assez belle excursion. A quoi rêvent les philosophes ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Louis Tritter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Rêve de d’Alembert, le Fils naturel et les écrits annexes de Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, p. 30-44, 2000, ‎ 978-2729802868</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principaux concepts de la philosophie de la nature de Bernardin de Saint-pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophies de la nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.59-66, 2000, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.15174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot, la vérité par tous les moyens »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récits de la pensée. Etudes sur le roman et l'essai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sedes, p. 83-96, 2000, 9782718193212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Diderot et la conséquence de l’athéisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Chubilleau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Athéismes philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, p. 63-78, 2000, 978-2-84174-217-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La théorie des âmes dans la philosophie de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colas Duflo; Jean Robelin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les âmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche Comté, p.119-136, 1999, 978-2-913322-14-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La nature ne fait rien d’incorrect. Forme artistique et forme naturelle chez Diderot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annie Ibrahim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diderot et la question de la forme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, p. 61-86, 1999, 9782130502050</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kant, Diderot, Chardin, les olives et le rossignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Art et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.83-93, 1998, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La lecture du paysage de Bernardin de Saint-Pierre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Perrin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'idée de paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Reineke Verlag, p. 185-203, 1997, 3-89492-084-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'humanité du rythme (Marcher - Ramer - Parler) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Sauvanet; Jean-Jacques Wunenburger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rythmes et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kimé, p. 53-66, 1996, 978-2-84174-035-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Éléments d'une grammaire des épopées populaires : le récit dramaxical »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Mellier; Luc Ruiz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dramaxes. De la fiction policière, fantastique et d'aventures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, p. 145-161, 1995, 9782902126101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le livre-jeu des facultés : l’invention du lecteur de roman policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophies du roman policier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.113-133, 1995, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophies du roman policier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.5-11, 1995, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.19098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La prudence dans le jeu : une économie du risque »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Tosel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes de rationalité et phronétique moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche Comté, p. 163-185, 1995, 978-2-251-60574-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer à l'école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sautot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Duflo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Gondonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Barrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, https://www.reseau-canope.fr/notice/jouer-a-lecole.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03751183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId319"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://philpolnar.hypotheses.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cslf.u-paris10.fr/axes-equipes/litt-phi-litterature-et-philosophie-/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webtv.u-paris10.fr/channels/#littphi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fun-mooc.fr/fr/cours/18e-siecle-le-combat-des-lumieres/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224642v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Duflo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832735v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854636v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Racault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Castonguay-B&#233;langer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08781-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04251202v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardin De Saint-Pierre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868718v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06207-3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811487v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/philosophie-des-pornographes-colas-duflo/9782021404173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407110v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.96587" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407116v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Bournonville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Pelvillain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Faulot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02482189v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Audidi&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bourdin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cabane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guichet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3232-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Armand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantale Meure" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gigan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3088-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00428795v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407131v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407134v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407137v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407144v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-0918-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01457142v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sala&#252;n" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154738v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01611362v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnot-Ogilvy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154741v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154743v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347559v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077801v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00428794v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433696v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ruiz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433729v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bove" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433695v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929617v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Robelin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811495v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.michalon.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=68698" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01628001v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477878v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01628004v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811500v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ricoeur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01628002v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154744v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19073" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342446v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boons" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14v05" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881533v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905339v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929165v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Manuel A. V. Bernardo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2448" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929174v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407117v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407133v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407132v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.045" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929192v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929587v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.147" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929586v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.32" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342451v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14uzy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342449v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14uzp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935137v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14712/23366729.2024.3.2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476070v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.17236" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485085v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328018v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53129/gcsi_01-2022-09" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03853880v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832560v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001736v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Revel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53129/gcsi_02-2021-04" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875450v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887642v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893359v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905348v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.049.0439" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905345v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.049.0389" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957985v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958125v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407122v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407121v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/caph.140.0052" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407114v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407123v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.783.0433" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407124v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.783.0395" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407120v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2460" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407125v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407126v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2450" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407129v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407130v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407135v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407136v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.171.0003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156278v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407143v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407145v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407142v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958238v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050906v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051397v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958262v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156279v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958302v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.042.0385" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051399v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051410v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051407v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051417v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051414v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423212v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423274v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051420v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347583v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347582v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264572v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264570v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188929v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Israel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Moreau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264569v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264571v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958412v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.0802.0189" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929210v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.157" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929411v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.4782" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051425v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cite.007.0109" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958428v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dhs.2001.2439" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958450v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929407v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.500" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929409v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.88" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051434v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929402v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.116" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958468v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929404v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.1231" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051438v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156267v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156269v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160475v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Grand" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156270v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cafon.1993.1630" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156273v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156274v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156276v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156277v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505144v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18945-9.p.0185" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104143v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288424v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?search_key=9789042952522&amp;amp;series_number_str=77&amp;amp;lang=en" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613129v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655174v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050849v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14491-5.p.0175" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814638v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850346v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1vwbt3f.22" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850398v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/contre-le-luxe-xviie-xviiie-siecle-la-critique-utopique-du-luxe-au-risque-du-romanesque.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10505-3.p.0471" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850342v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Depaulis" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854626v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833339v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Boidin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875548v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875499v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875565v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875530v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875583v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875598v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887649v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893656v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929005v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06185-4.p.0149" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906087v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875619v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929573v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.16202" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407109v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929571v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.96662" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929569v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.96612" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929012v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407111v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407108v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.10833" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407107v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407112v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard De Fontenelle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3232-3.p.0213" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407113v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407115v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3232-3.p.0647" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407119v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407127v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407128v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407138v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03377735v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trivisani-Moreau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407139v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407140v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407141v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-0918-9.p.0051" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407147v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407146v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156282v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4222-3.p.0391" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160159v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160134v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929576v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.3221" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160370v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160350v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160360v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/EJ.9789004175587.I-206.33" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160404v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160384v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347569v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347568v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160416v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264585v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160432v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264586v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264584v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264587v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264583v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929578v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.74249" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160445v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160713v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166373v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806429v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166482v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166382v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166473v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166386v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wagner" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929424v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.15174" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166492v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166480v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166501v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166487v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166507v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166503v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929217v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19803" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166508v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166514v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929222v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19158" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166527v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929236v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19098" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166512v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03751183v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sautot" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gondonneau" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Barr&#232;re" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Boss&#233;" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://philpolnar.hypotheses.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cslf.u-paris10.fr/axes-equipes/litt-phi-litterature-et-philosophie-/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webtv.u-paris10.fr/channels/#littphi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://combat-des-lumieres.parisnanterre.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224642v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Duflo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832735v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854636v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Racault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Castonguay-B&#233;langer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08781-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04251202v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardin De Saint-Pierre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868718v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06207-3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811487v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/philosophie-des-pornographes-colas-duflo/9782021404173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407110v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.96587" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407116v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Bournonville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Pelvillain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Faulot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02482189v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Audidi&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bourdin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cabane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guichet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3232-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Armand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantale Meure" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gigan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3088-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407131v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00428795v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407134v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407137v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407144v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-0918-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01457142v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sala&#252;n" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154738v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01611362v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnot-Ogilvy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154741v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154743v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347559v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077801v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00428794v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433696v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ruiz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433729v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bove" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929617v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Robelin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811495v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.michalon.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=68698" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01628001v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477878v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01628004v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811500v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ricoeur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01628002v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154744v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19073" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342446v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boons" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14v05" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881533v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905339v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929165v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Manuel A. V. Bernardo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2448" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929174v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407117v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407133v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407132v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.045" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929192v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929587v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.147" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929586v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.32" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342451v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14uzy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342449v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14uzp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935137v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14712/23366729.2024.3.2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476070v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.17236" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485085v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328018v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53129/gcsi_01-2022-09" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03853880v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832560v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001736v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Revel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53129/gcsi_02-2021-04" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875450v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887642v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893359v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905348v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.049.0439" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905345v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.049.0389" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957985v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958125v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407122v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407121v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/caph.140.0052" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407114v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407124v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.783.0395" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aphi.783.0433" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407120v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2460" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407125v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407126v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2450" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407129v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407130v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407135v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407136v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.171.0003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156278v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407143v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407145v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407142v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958238v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050906v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051397v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958262v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156279v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958302v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.042.0385" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051399v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051410v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051407v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051417v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051414v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423212v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423274v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051420v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347583v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347582v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264572v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188929v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Israel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Moreau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264570v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264569v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264571v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958412v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.0802.0189" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929210v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.157" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929411v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.4782" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051425v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cite.007.0109" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958428v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dhs.2001.2439" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958450v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929407v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.500" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929409v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.88" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051434v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929402v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.116" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958468v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929404v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.1231" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051438v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156267v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156269v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160475v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Grand" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156270v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cafon.1993.1630" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156273v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156274v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156276v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156277v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505144v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18945-9.p.0185" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494851v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104143v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288424v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?search_key=9789042952522&amp;amp;series_number_str=77&amp;amp;lang=en" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613129v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655174v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050849v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14491-5.p.0175" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814638v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850346v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1vwbt3f.22" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850398v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/contre-le-luxe-xviie-xviiie-siecle-la-critique-utopique-du-luxe-au-risque-du-romanesque.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10505-3.p.0471" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850342v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Depaulis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854626v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833339v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Boidin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875548v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875499v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875565v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875530v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875583v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875598v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887649v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893656v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929005v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06185-4.p.0149" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906087v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875619v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929573v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.16202" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407109v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929571v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.96662" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929569v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.96612" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929012v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407111v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407108v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.10833" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407107v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407112v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard De Fontenelle" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3232-3.p.0213" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407113v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407115v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3232-3.p.0647" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407119v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407127v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407128v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407138v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03377735v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trivisani-Moreau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407139v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407140v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407141v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-0918-9.p.0051" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407147v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01407146v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156282v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4222-3.p.0391" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160159v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160134v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929576v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.3221" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160370v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160350v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160360v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/EJ.9789004175587.I-206.33" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160404v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160384v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347569v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347568v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160416v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264585v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160432v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264586v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264584v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264587v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264583v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929578v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.74249" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160445v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160713v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166373v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806429v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166482v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166382v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166473v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166386v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wagner" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166480v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166492v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929424v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.15174" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166501v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166487v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166507v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166503v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929217v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19803" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166508v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166514v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166527v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929222v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19158" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929236v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.19098" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166512v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03751183v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sautot" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gondonneau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Barr&#232;re" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Boss&#233;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>