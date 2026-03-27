--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -66,2583 +66,2674 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trois concentrations contiguës de vestiges beuroniens sur le site de Warluis IV (Oise).</w:t>
+                <w:t xml:space="preserve">Pressure knapping west of the Rhine during the Mesolithic? New evidence from Kerkhove (Belgium)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
+                <w:t xml:space="preserve">Hans Vandendriessche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Coutard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de Picardie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (9), pp.e0330662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0330662⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05295019v1</w:t>
+                <w:t xml:space="preserve">hal-05548365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rethinking the Capsian: Lithic Variability Among Holocene Maghreb Hunter-Gatherers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trois concentrations contiguës de vestiges beuroniens sur le site de Warluis IV (Oise).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Colas Guéret</w:t>
+                <w:t xml:space="preserve">Charlotte Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Green</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hélène Seignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Archaeological Review</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue archéologique de Picardie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1-2, pp.91</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04059498v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05295019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le début du Beuronien à segments à Balagny-sur-Thérain (Oise, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rethinking the Capsian: Lithic Variability Among Holocene Maghreb Hunter-Gatherers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Green</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Paris</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/galliap.3268⟩</w:t>
+              <w:t xml:space="preserve">African Archaeological Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (1), pp.169-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10437-023-09514-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03925359v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social context of Mesolithic rock engravings in the Fontainebleau sandstone region (Paris Basin, France): Contribution of the experimental study</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le début du Beuronien à segments à Balagny-sur-Thérain (Oise, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103554⟩</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62, pp.215-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/galliap.3268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03741150v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03925359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du Mésolithique en creux : sépulture, fosses et mobilier sur le site du &amp;quot;Mont Saint-Pierre&amp;quot; à Champigny (Marne), IXè-VIIè millénaires avant notre ère</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social context of Mesolithic rock engravings in the Fontainebleau sandstone region (Paris Basin, France): Contribution of the experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Garmond</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Médard Thiry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 45, pp.103554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103554⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03932514v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03741150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithic industries and plant processing in the Epipalaeolithic Maghreb: Evidence from use-wear analyses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du Mésolithique en creux : sépulture, fosses et mobilier sur le site du &amp;quot;Mont Saint-Pierre&amp;quot; à Champigny (Marne), IXè-VIIè millénaires avant notre ère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bouquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Gassin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
+                <w:t xml:space="preserve">Frederic Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Gibaja</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Françoise Toulemonde</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 71, pp.31-55</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181646v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03932514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure Knapping and the Timing of Innovation: New Chrono-Cultural Data on Prehistoric Groups of the Early Holocene in the Maghreb, Northwest Africa</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Lithic industries and plant processing in the Epipalaeolithic Maghreb: Evidence from use-wear analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Dachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Gibaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lubell</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yasmina Chaïd-Saoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiocarbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 62, pp.e1 - e51. </w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 555, pp.47-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/rdc.2019.157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2020.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052080v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinquante ans après la découverte : état des connaissances et apport des fouilles récentes sur le site campaniforme de la République à Talmont- Saint-Hilaire (Vendée)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pressure Knapping and the Timing of Innovation: New Chrono-Cultural Data on Prehistoric Groups of the Early Holocene in the Maghreb, Northwest Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lubell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lolita Rousseau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Catherine Dupont</w:t>
+                <w:t xml:space="preserve">Yasmina Chaïd-Saoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2020.15078⟩</w:t>
+              <w:t xml:space="preserve">Radiocarbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 62, pp.e1 - e51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/rdc.2019.157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02546553v1</w:t>
+                <w:t xml:space="preserve">hal-03052080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux millénaires d’occupations mésolithiques aux bords de l’Escaut à Kerkhove (Belgique)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cinquante ans après la découverte : état des connaissances et apport des fouilles récentes sur le site campaniforme de la République à Talmont- Saint-Hilaire (Vendée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cuenca Solana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Vandendriessche</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Cruz</w:t>
+                <w:t xml:space="preserve">Catherine Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 116 (2), pp.283-316. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2019.15001⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 117 (1), pp.47-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2020.15078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063694v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02546553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur le Castelnovien de la grotte Latronico 3 (Potenza, Basilicate) dans le contexte de la Méditerranée occidentale</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Deux millénaires d’occupations mésolithiques aux bords de l’Escaut à Kerkhove (Belgique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Vandendriessche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Aluwé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Messiaen Liesbeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivista di scienze preistoriche </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (2), pp.283-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2019.15001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063697v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03063694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données chronoculturelles et palethnographiques sur le Mésolithique des VIIIe et VIe millénaires dans le Nord de la France. Le site de « la Culotte » à Remilly-les-Pothées (Ardennes, France), Bulletin de la Société préhistorique française, 115, 3, p. 531-565.</w:t>
+                <w:t xml:space="preserve">Nouvelles données sur le Castelnovien de la grotte Latronico 3 (Potenza, Basilicate) dans le contexte de la Méditerranée occidentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Carmine Collina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rivista di scienze preistoriche </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, LXIX, pp.1-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01961936v1</w:t>
+                <w:t xml:space="preserve">halshs-03063697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Trivier/Chabet el Houidga (Mascara, Algérie) : nouvel éclairage sur un faciès méconnu du début de l’Holocène : le Columnatien</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelles données chronoculturelles et palethnographiques sur le Mésolithique des VIIIe et VIe millénaires dans le Nord de la France. Le site de « la Culotte » à Remilly-les-Pothées (Ardennes, France), Bulletin de la Société préhistorique française, 115, 3, p. 531-565.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">François Bon</w:t>
+                <w:t xml:space="preserve">Charlotte Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gebhardt-Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 115 (2), pp.215-251. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2018.14889⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 115 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2018.14922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01901713v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01961936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retoucher, pour quoi faire?: réflexions fonctionnelle et méthodologiques sur la place occupée par l’outillage brut dans l’économie du premier Mésolithique en Europe du Nord-Ouest</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Saint-Trivier/Chabet el Houidga (Mascara, Algérie) : nouvel éclairage sur un faciès méconnu du début de l’Holocène : le Columnatien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Campmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Simonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 114 (2), pp.339-370. </w:t>
+              <w:t xml:space="preserve">, 2018, 115 (2), pp.215-251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/bspf.2017.14776⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2018.14889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063310v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Fontainebleau rock art” (Ile-de-France, France), an exceptional rock art group dated to the Mesolithic? Critical return on the lithic material discovered in three decorated rock shelters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Retoucher, pour quoi faire?: réflexions fonctionnelle et méthodologiques sur la place occupée par l’outillage brut dans l’économie du premier Mésolithique en Europe du Nord-Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Benard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2017.03.039⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114 (2), pp.339-370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2017.14776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02119792v1</w:t>
+                <w:t xml:space="preserve">halshs-03063310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morts et vivants au Néolithique moyen</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">“Fontainebleau rock art” (Ile-de-France, France), an exceptional rock art group dated to the Mesolithic? Critical return on the lithic material discovered in three decorated rock shelters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Benard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internéo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13, pp.99-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2017.03.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02469692v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02119792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site mésolithique de Rosnay « Haut-de-Vallière » (Marne): Une occupation spécialisée du premier Mésolithique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Morts et vivants au Néolithique moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romana Blaser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Gabriel Pariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Polloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Maingaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 112 (4)</w:t>
+              <w:t xml:space="preserve">Internéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, p.59-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04833354v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Mid-Holocene Prehistoric Strike-A-Light from Interior Alaska (Goodpaster Flats, Tanana Valley)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le site mésolithique de Rosnay « Haut-de-Vallière » (Marne): Une occupation spécialisée du premier Mésolithique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Axel Gómez Coutouly</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Caroline M. Renard</w:t>
+                <w:t xml:space="preserve">Iris Guillemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Leduc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alaska Journal of Anthropology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 13 (2), pp.71-86</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01529085v1</w:t>
+                <w:t xml:space="preserve">hal-04833354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site mésolithique de Rosnay « Haut-de-Vallière » (Marne)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Mid-Holocene Prehistoric Strike-A-Light from Interior Alaska (Goodpaster Flats, Tanana Valley)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Axel Gómez Coutouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Leduc</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathryn E. Krasinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian T. Wygal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline M. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 112 (4), pp.717-759</w:t>
+              <w:t xml:space="preserve">Alaska Journal of Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (2), pp.71-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01808488v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01529085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armorican Arrowheads Biographies: Production and Function of an Early Bronze Age prestige good from Brittany (France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le site mésolithique de Rosnay « Haut-de-Vallière » (Marne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Guillemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Leduc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of lithic studies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112 (4), pp.717-759</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02883812v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lames à coches du second Mésolithique : des outils dédiés au travail des plantes ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Armorican Arrowheads Biographies: Production and Function of an Early Bronze Age prestige good from Brittany (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2013.14227⟩</w:t>
+              <w:t xml:space="preserve">Journal of lithic studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1 (2), pp.101-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2218/jls.v1i2.1126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842682v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02883812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les lames à coches du second Mésolithique : des outils dédiés au travail des plantes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Claud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (1), pp.25-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2013.14227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les horizons néolithiques du site des &amp;quot;Sablins&amp;quot; étaples (Pas-de-Calais).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Rassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Rassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramiro Javier March</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Meurisse-Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Picardie. Numéro spécial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Le Néolithique du Nord de la France dans son contexte européen :habitat et économie aux 4 e et 3 e millénaires avant notre ère Actes du 29 e colloque interrégional sur le NéolithiqueVilleneuve-d’Ascq 2-3 octobre 2009, 28, pp.559-568</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02486722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2652,1220 +2743,1220 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels matériaux pour quels objectifs. Evolution des sources d'approvisionnement en silex sur les sites mésolithiques en Alsace.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Hide working with stone tools in the Early Mesolithic in Western Europe : Historical processes and geographical diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique : bilan et perspectives de recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sylvain Griselin, Ludovic Mevel, Bénédicte Souffi, Colas Guéret, Hans Vandendriessche, Alexandre Deseine; Société Préhistorique française, Oct 2022, Saint-Germain-en-Laye, France</w:t>
+              <w:t xml:space="preserve">AWRANA 2022 - Tracing Social Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03931503v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03932531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hide working with stone tools in the Early Mesolithic in Western Europe : Historical processes and geographical diversity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Quels matériaux pour quels objectifs. Evolution des sources d'approvisionnement en silex sur les sites mésolithiques en Alsace.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehanne Affolter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Deseine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AWRANA 2022 - Tracing Social Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique : bilan et perspectives de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sylvain Griselin, Ludovic Mevel, Bénédicte Souffi, Colas Guéret, Hans Vandendriessche, Alexandre Deseine; Société Préhistorique française, Oct 2022, Saint-Germain-en-Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03932531v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production lamellaire du site RMS-A de Remilly les Pothées (Ardenne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique : bilan et perspectives de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sylvain Griselin, Ludovic Mevel, Bénédicte Souffi, Colas Guéret, Hans Vandendriessche, Alexandre Deseine; Société Préhistorique française, Oct 2022, Saint-Germain-en-Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Azilien récent comme prélude au Mésolithique?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Mevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Bouziane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique : bilan et perspectives de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sylvain Griselin, Ludovic Mevel, Bénédicte Souffi, Colas Guéret, Hans Vandendriessche, Alexandre Deseine; Société Préhistorique française, Oct 2022, Saint-Germain-en-Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03901798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site RMS-A de Rémilly-les-Pothées « la Culotte » (Ardennes, France). Production lithique et dynamique spatiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Saint-Germain-en-Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03923978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Mésolithique tardif d'Ensisheim : les industries lithiques des locus 2, 3 et 6. Croisement des données pétrographiques, technologiques et tracéologiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Deseine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Griselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jehanne Affolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique : bilan et perspectives de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sylvain Griselin, Ludovic Mevel, Bénédicte Souffi, Colas Guéret, Hans Vandendriessche, Alexandre Deseine; Société Préhistorique française, Oct 2022, Saint-Germain-en-Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une autre technologie lithique. Acquis, limites et perspectives sur le macro-outillage mésolithique en Europe de l'Ouest.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Griselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique, Séance de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Saint Germain en Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03894310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au bout de la chaine ! Point de vue technologique et fonctionnel sur l’outillage mésolithique en Europe de l’Ouest.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variabilité des productions lithiques au Mésolithique : bilan et perspectives de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sylvain Griselin, Ludovic Mevel, Bénédicte Souffi, Colas Guéret, Hans Vandendriessche, Alexandre Deseine; Société Préhistorique française, Oct 2022, Saint-Germain-en-Laye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Industries lithiques et travail des végétaux dans l’Epipaléolithique du Maghreb : données tracéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Dachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Francisco Gibaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lubell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e Congrès de l’Association PanAfricaine d’Archéologie, de Préhistoire et Disciplines Associées (PanAf)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02021748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The wears of the power: Functional study of the Early Bronze Age Armorican arrowheads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Points under debate: adjusting the focus, AWRANA Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, V. Rots; H. Plisson, May 2015, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Mesolithic notched blades from Western Europe and North Africa: technological and functional variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Gibaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toomaï Boucherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Claud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Use-Wear Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Faro, Portugal. pp.224-231</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02021727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Mesolithic notched blades: tools for plant working ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Binder</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Émilie Claud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MESO 2010 The Eight International Conference on the Mesolithic in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Santander, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3875,1066 +3966,1187 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Pré)Histoires d'Ormesson, Récit de 15 ans de fouilles archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bodu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Jamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bachellerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Biard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS; Ministère de la culture et de la communication. pp.271, 2023, Technologie et Ethnologie des Mondes Préhistoriques (UMR TEMPS), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34847/nkl.06de250i⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04307124v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Contribution of Macrolithic Tool Technology and Function in Reconstructing the Palethnography of Mesolithic Hunter-Gatherer Societies in North-Western Europe</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Continental France and the Benelux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Vandendriessche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Juan F. Gibaja; Joao Marreiros; Niccolò Mazzucco; Ignacio Clemente. </w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Crombé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Liv Nilsson Stutz, Rita Peyroteo Stjerna, Mari Tõrv. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hunter-Gatherers’ Tool-Kit: A Functional Perspective</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Oxford Handbook of Mesolithic Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Oxford University Press, pp.280-301, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780198853657.013.14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02638642v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transition Pléistocène-Holocène dans le Nord-Ouest de l’Europe vue par le prisme de la tracéologie lithique : essai de synthèse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The Contribution of Macrolithic Tool Technology and Function in Reconstructing the Palethnography of Mesolithic Hunter-Gatherer Societies in North-Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Cyril Montoya; Jean-Pierre Fagnart; Jean-Luc Locht. </w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Juan F. Gibaja; Joao Marreiros; Niccolò Mazzucco; Ignacio Clemente. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest. Mobilités, climats et identités culturelles. XXVII Congrès préhistorique de France (Amiens, 30 mai - 4 juin 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Préhistorique Française, pp.363-379, 2019, Volume 2 : Paléolithique supérieur ancien, Paléolithique final - Mésolithique, 9782913745780</w:t>
+              <w:t xml:space="preserve">Hunter-Gatherers’ Tool-Kit: A Functional Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambridge Scholars Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-1-5275-4226-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02868467v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveau regard sur les occupations du second Mésolithique du « Haut des Nachères » à Noyen-sur-Seine (Seine et Marne)</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">Rose-Marie Arbogast; Sylvain Griselin; Christian Jeunesse; Frédéric Séara. </w:t>
+                <w:t xml:space="preserve">La transition Pléistocène-Holocène dans le Nord-Ouest de l’Europe vue par le prisme de la tracéologie lithique : essai de synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Jacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Montoya; Jean-Pierre Fagnart; Jean-Luc Locht. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, 3, AVAGE, pp.189-233, 2019, Mémoires d'archéologie du Grand Est, 978-2-9561936-2-3</w:t>
+              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest. Mobilités, climats et identités culturelles. XXVII Congrès préhistorique de France (Amiens, 30 mai - 4 juin 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Préhistorique Française, pp.363-379, 2019, Volume 2 : Paléolithique supérieur ancien, Paléolithique final - Mésolithique, 9782913745780</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02102894v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02868467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premières données sur le site mésolithique du “Collège Belrem” à Beaurainville (Pas-de-Calais)</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Rose-Marie Arbogast; Sylvain Griselin; Christian Jeunesse; Fréderic Séara. </w:t>
+                <w:t xml:space="preserve">Nouveau regard sur les occupations du second Mésolithique du « Haut des Nachères » à Noyen-sur-Seine (Seine et Marne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Deseine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Gueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mordant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rose-Marie Arbogast; Sylvain Griselin; Christian Jeunesse; Frédéric Séara. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">-5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> millénaire). Table ronde internationale, Strasbourg, 3-4 novembre 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 3, AVAGE, pp.153-178, 2019, Mémoire d’archéologie du Grand Est, 978-2-9561936-2-3</w:t>
+              <w:t xml:space="preserve">, 3, AVAGE, pp.189-233, 2019, Mémoires d'archéologie du Grand Est, 978-2-9561936-2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063726v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02102894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’occupation du Mésolithique final du site de Rémilly-les-Pothées “ la Culotte ” (Ardennes)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Premières données sur le site mésolithique du “Collège Belrem” à Beaurainville (Pas-de-Calais)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Boulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérèmie Chombart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Rose-Marie Arbogast; Sylvain Griselin; Christian Jeunesse; Frédéric Séara. </w:t>
+              <w:t xml:space="preserve">Rose-Marie Arbogast; Sylvain Griselin; Christian Jeunesse; Fréderic Séara. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">-5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> millénaire). Table ronde internationale, Strasbourg, 3-4 novembre 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 3, AVAGE, pp.255-271, 2019, Mémoires d’archéologie du Grand-Est, 978-2-9561936-2-3</w:t>
+              <w:t xml:space="preserve">, 3, AVAGE, pp.153-178, 2019, Mémoire d’archéologie du Grand Est, 978-2-9561936-2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063739v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03063726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des Mésolithiques d’ici et d’ailleurs à Auneau « l’Hermitage » (Eure-et-Loir) : questionnement sur la mise en place et la fossilisation du gisement</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">L’occupation du Mésolithique final du site de Rémilly-les-Pothées “ la Culotte ” (Ardennes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gebhardt-Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan - Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rose-Marie Arbogast; Sylvain Griselin; Christian Jeunesse; Frédéric Séara. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Au coeur des sites mésolithiques : entre processus taphonomiques et données archéologiques, Actes de la table-ronde internationale de Besançon (Doubs, France) « Hommages au Professeur André Thévenin » 29-30 octobre 2013 Cupillard (C.), Griselin (S.), Séara (F.) dir. Besançon, Presses universitaires de Franche-Comté, 2018, p. 97-112 (Annales Littéraires, 983 ; Série « Environnement, sociétés et archéologie », 24)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> millénaire). Table ronde internationale, Strasbourg, 3-4 novembre 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, AVAGE, pp.255-271, 2019, Mémoires d’archéologie du Grand-Est, 978-2-9561936-2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01961866v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03063739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des Mésolithiques d’ici et d’ailleurs à Auneau « l’Hermitage » (Eure-et-Loir) : questionnement sur la mise en place et la fossilisation du gisement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Liard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Chamaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Musch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Au coeur des sites mésolithiques : entre processus taphonomiques et données archéologiques, Actes de la table-ronde internationale de Besançon (Doubs, France) « Hommages au Professeur André Thévenin » 29-30 octobre 2013 Cupillard (C.), Griselin (S.), Séara (F.) dir. Besançon, Presses universitaires de Franche-Comté, 2018, p. 97-112 (Annales Littéraires, 983 ; Série « Environnement, sociétés et archéologie », 24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01961866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un ensemble gravé mésolithique unique à ce jour. Eléments de datations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E. Breteau (ed.). Les roches gravées du Massif de Fontainebleau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée départemental de Préhistoire d’Île-de-France, pp.159-1616, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03063851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4944,2239 +5156,2239 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CHAPITRE 8 – Ré-étudier les vestiges matériels des abris gravés mésolithiques : limites, objectifs et perspectives pour le projet d’atlas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ministère de la Culture; Université Paris I - Panthéon-Sorbonne; UMR 8068 TempS; UMR 7194 Histoire naturelle de l'Homme Préhistorique; INRAP. 2024, pp.119-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04877845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premier regard archéologique sur la collection de James Louis Baudet conservée à Gouttières (63) : limites et potentiel d’étude, dans VALENTIN B. (dir.), Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2021 - 2023). Rapport d’activités pour 2023</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Larchant (Seine-et-Marne) Forêt domaniale de la Commanderie. Rapport de fouille programmée 2022, site des Dégoutants à Ratard 1 dit &amp;quot;Grotte à la Peinture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">DRAC/SRA Île-de-France. 2023, pp.43-55</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cantin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC/SRA Ile-de-France, GERSAR. 2023, 219 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04388518v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larchant (Seine-et-Marne) Forêt domaniale de la Commanderie. Rapport de fouille programmée 2022, site des Dégoutants à Ratard 1 dit &amp;quot;Grotte à la Peinture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Premier regard archéologique sur la collection de James Louis Baudet conservée à Gouttières (63) : limites et potentiel d’étude, dans VALENTIN B. (dir.), Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2021 - 2023). Rapport d’activités pour 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">DRAC/SRA Ile-de-France, GERSAR. 2023, 219 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC/SRA Île-de-France. 2023, pp.43-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04388576v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annexe 1 Résumé de la première année de fouille programmée triennale menée sur le site des Dégoûtants à Ratard 1 (« Grotte à la Peinture ») à Larchant (Seine-et-Marne) dans VALENTIN B. (dir.), Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2021 - 2023). Rapport d’activités pour 2023. DRAC/SRA Île-de-France. 2023, 8 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cantin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC/SRA Ile-de-France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04388538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan synthétique des nouvelles analyses menées sur les derniers gravoirs découverts en forêt de Fontainebleau et dans l’Yonne&amp;quot; in D. Simonin (ed.). Rapport du PCR &amp;quot;Sites à gravures rupestres protohistoriques en forêt de Fontainebleau. Inventaire, étude et protection d'un ensemble gravé unique en Europe&amp;quot;, Année 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRAC Île-de-France, Service régional de l’archéologie. 2022, pp.103-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03932422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larchant (Seine-et-Marne) Forêt domaniale de la Commanderie. Rapport de fouille programmée 2021, site des Dégoutants à Ratard 1 dit &amp;quot;Grotte à la Peinture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cantin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC/SRA Ile-de-France, GERSAR. 2022, pp.235</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03932457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Dégoutants à Ratard 1 à Larchant (77) : contexte archéologique du fragment de paroi (cf. « monolithe »), synthèse des données et nouvelles questions&amp;quot; in B. Valentin (ed.). Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2021 - 2023). Rapport d’activités pour 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRAC Île-de-France, Service régional de l’archéologie. 2022, pp.211-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03932380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les derniers chasseurs-cueilleurs de la Préhistoire à Blois : occupation mésolithique du 8e millénaire dans la plaine alluviale de la Loire : Centre-Val de Loire, Loir-et-Cher, Blois, 13bis rue des Ponts-Chartrains : rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roncin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vissac Carole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAP CIF Pantin. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03063818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une remise en contexte archéologique de l’Art Mésolithique du Sud de l’Île-de-France : des chaos gréseux aux territoires quotidiens». B. Valentin (ed.). Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2018 - 2020). Rapport d’activités pour 2019</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Des outils liés à la réalisation de figures rupestres ? Point de vue tracéologique». J. Musch (ed.). Centre Val-de-Loire, Loiret, Le Malesherbois, Route de Puiseaux. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] DRAC Île-de-France, Service régional de l’archéologie. 2019, pp.309-333</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAP Orléans. 2019, pp.67-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03064714v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03064673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles perspectives archéologiques aux Dégoutants à Ratard 1 (cf. « grotte à la Peinture) à Larchant (Seine-et-Marne) ? Compte rendu d’une petite opération de fouille préliminaire réalisée à l’automne 2019». B. Valentin (ed.). Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2018 - 2020). Rapport d’activités pour 2019</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Pour une remise en contexte archéologique de l’Art Mésolithique du Sud de l’Île-de-France : des chaos gréseux aux territoires quotidiens». B. Valentin (ed.). Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2018 - 2020). Rapport d’activités pour 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cantin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] DRAC Île-de-France, Service régional de l’archéologie. 2019, pp.287-308</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] DRAC Île-de-France, Service régional de l’archéologie. 2019, pp.309-333</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03064705v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03064714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observations tracéologiques de quelques pièces lithiques découvertes lors du diagnostic de Valenton “2 rue du 11 novembre 1918”». Velardez (ed.). Valenton, 2 rue du 11 novembre 1918. Rapport final de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Conseil départemental du Val-de-Marne, Direction de la culture. 2019, pp.62-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03064688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des outils liés à la réalisation de figures rupestres ? Point de vue tracéologique». J. Musch (ed.). Centre Val-de-Loire, Loiret, Le Malesherbois, Route de Puiseaux. Rapport de diagnostic archéologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Quelles perspectives archéologiques aux Dégoutants à Ratard 1 (cf. « grotte à la Peinture) à Larchant (Seine-et-Marne) ? Compte rendu d’une petite opération de fouille préliminaire réalisée à l’automne 2019». B. Valentin (ed.). Art rupestre préhistorique dans les chaos gréseux du Bassin parisien (ARBap). Étude, archivage et valorisation. Programme collectif de recherche (2018 - 2020). Rapport d’activités pour 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] INRAP Orléans. 2019, pp.67-67</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cantin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] DRAC Île-de-France, Service régional de l’archéologie. 2019, pp.287-308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03064673v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03064705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loiret, Le Malesherbois, route de Puiseaux : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Musch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAP CIF Pantin. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03063836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Macrolithes. Balagny-sur-Thérain, Rue du 14 juillet 1789 (Oise). Occupation mésolithique à Balagny-sur-Thérain. Rapport de fouille, C. Paris (ed.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Griselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAP Hauts-de-France. 2018, pp.106-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03063872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport d’activité sur l’opération de préparation à la publication du site mésolithique de “ l’Hermitage ” à Auneau, Eure-et-Loir</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Approche fonctionnelle du matériel en silex des occupations RMS-A de Remilly-les-Pothées». B. Souffi (ed.). Remilly-les-Pothées «La Culotte». 8000 ans d’occupations sur les bords de l’Audry : évolution d’un site en contexte de bas de versant, du Mésolithique à l’Antiquité. Vol. 2 : Les occupations mésolithique des 8è et 6è millénaires avant J.C., Rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] DRAC / SRA Centre. 2016</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Inrap Grand Est Nord, Service régional d’archéologie d’Alsace-Champagne-Ardenne. 2016, pp.147-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063749v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03064664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche fonctionnelle du matériel en silex des occupations RMS-A de Remilly-les-Pothées». B. Souffi (ed.). Remilly-les-Pothées «La Culotte». 8000 ans d’occupations sur les bords de l’Audry : évolution d’un site en contexte de bas de versant, du Mésolithique à l’Antiquité. Vol. 2 : Les occupations mésolithique des 8è et 6è millénaires avant J.C., Rapport de fouille</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Rapport d’activité sur l’opération de préparation à la publication du site mésolithique de “ l’Hermitage ” à Auneau, Eure-et-Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Chamaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Inrap Grand Est Nord, Service régional d’archéologie d’Alsace-Champagne-Ardenne. 2016, pp.147-178</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] DRAC / SRA Centre. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03064664v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03063749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude tracéologique». F. Blaser (ed.). Cormeilles-en-Parisis, ZAC «Les Bois de Rochefort», secteur 8. Ensemble funéraire du Néolithique Moyen I - Rapport final d’opération</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Approche fonctionnelle de l’outillage». G. Chamaux (ed.). Poupry (Centre-Val-de-Loire, Eure-et-Loir), «Vers Artenay». Un habitat du Néolithique final sur le plateau de Beauce, Rapport de fouille archéologique préventive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre-Île-de-France, Service régional d’archéologie d’Île-de-France. 2016, pp.150-152</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil départemental d’Eure-et-Loir. 2016, pp.265-287</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03064680v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03064646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">8000 ans d’occupations sur les bords de l’Audry: évolution d’un site en contexte de bas de versant, du Mésolithique à l’Antiquité : volume 2: Les occupations mésolithiques des 8e et 6e millénaire avant J.-C. : Remilly-les-Pothées, Ardennes, “La Culotte” : rapport de fouilles». 8000 ans d’occupations sur les bords de l’Audry: évolution d’un site en contexte de bas de versant, du Mésolithique à l’Antiquité</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les occupations magdaléniennes du Locus 16 de la Croix-de-Bagneux à Mareuil-sur-Cher (41). Premiers résultats et perspectives palethnographiques. L. Mevel et S. Griselein (dirs.), Rapport 2016 du PCR Paléolithique final et Mésolithique dans le Bassin parisien et ses marges. Habitats, sociétés et environnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Caron-Laviolette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Mevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Kildea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] INRAP GEN Metz. 2016</w:t>
+              <w:t xml:space="preserve">[Research Report] Service régional d’archéologie du Centre. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063843v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03034185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche fonctionnelle de l’outillage». G. Chamaux (ed.). Poupry (Centre-Val-de-Loire, Eure-et-Loir), «Vers Artenay». Un habitat du Néolithique final sur le plateau de Beauce, Rapport de fouille archéologique préventive</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Etude tracéologique». F. Blaser (ed.). Cormeilles-en-Parisis, ZAC «Les Bois de Rochefort», secteur 8. Ensemble funéraire du Néolithique Moyen I - Rapport final d’opération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Conseil départemental d’Eure-et-Loir. 2016, pp.265-287</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre-Île-de-France, Service régional d’archéologie d’Île-de-France. 2016, pp.150-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03064646v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03064680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les occupations magdaléniennes du Locus 16 de la Croix-de-Bagneux à Mareuil-sur-Cher (41). Premiers résultats et perspectives palethnographiques. L. Mevel et S. Griselein (dirs.), Rapport 2016 du PCR Paléolithique final et Mésolithique dans le Bassin parisien et ses marges. Habitats, sociétés et environnements</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">8000 ans d’occupations sur les bords de l’Audry: évolution d’un site en contexte de bas de versant, du Mésolithique à l’Antiquité : volume 2: Les occupations mésolithiques des 8e et 6e millénaire avant J.-C. : Remilly-les-Pothées, Ardennes, “La Culotte” : rapport de fouilles». 8000 ans d’occupations sur les bords de l’Audry: évolution d’un site en contexte de bas de versant, du Mésolithique à l’Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan - Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional d’archéologie du Centre. 2016</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAP GEN Metz. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03034185v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03063843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse tracéologique d’un échantillon lithique». M. Fouin (ed.). Athis, Marne, «Chemin des Postes». Une longue fréquentation (du Paléolithique supérieur à l’époque contemporaine) des bords de Marne. Vol. 1 : Présentation de l’opération et des données archéologiques, Rapport de fouille</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les débitages du premier Mésolithique dans le Bassin parisien. Bilan d’étape. L. Mevel et S. Griselin (eds.). Rapport 2016 du PCR Paléolithique final et Mésolithique dans le Bassin parisien et ses marges. Habitats, sociétés et environnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Inrap Grand Est Nord, Service régional d’archéologie d’Alsace-Champagne-Ardenne. 2016, pp.92-97</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SAR Région Centre. 2016, pp.233-238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03064638v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03063882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les débitages du premier Mésolithique dans le Bassin parisien. Bilan d’étape. L. Mevel et S. Griselin (eds.). Rapport 2016 du PCR Paléolithique final et Mésolithique dans le Bassin parisien et ses marges. Habitats, sociétés et environnements</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Analyse tracéologique d’un échantillon lithique». M. Fouin (ed.). Athis, Marne, «Chemin des Postes». Une longue fréquentation (du Paléolithique supérieur à l’époque contemporaine) des bords de Marne. Vol. 1 : Présentation de l’opération et des données archéologiques, Rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SAR Région Centre. 2016, pp.233-238</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Inrap Grand Est Nord, Service régional d’archéologie d’Alsace-Champagne-Ardenne. 2016, pp.92-97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03063882v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03064638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche fonctionnelle de l’outillage mésolithique du secteur 1b». C. Riche (ed.). Choisy-au-Bac, à la confluence de l’Aisne et de l’Oise : 10000 ans d’histoire du Paléolithique final à l’âge du Fer. Vol. 2 : Le Paléolithique final et le Mésolithique, Rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inrap Canal Seine-Nord Europe. 2015, pp.86-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03064656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’activité sur l’opération de préparation à la publication du site mésolithique de “ l’Hermitage ” à Auneau, Eure-et-Loir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Chamaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRAC SRA Centre. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03063769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un art rupestre mésolithique dans le Sud de l’Île-de-France : retour sur le matériel archéologique retrouvé au pied des parois gravées». B. Valentin, S. Griselin, L. Mevel (eds.). Paléolithique final et Mésolithique dans le Bassin parisien et ses marges. Habitats, sociétés et environnements, rapport de Projet collectif de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UMR 7041 &amp; Service régional d’archéologie de la région Centre. 2015, pp.191-213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03064694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etaples &amp;quot;Les Sablins&amp;quot;, Rapport de fouille 2009 et travaux post-fouille 2009/2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Rassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Rassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRAC/SRA. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02496384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7186,114 +7398,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'outillage du Premier Mésolithique dans le Nord de la France et en Belgique.Eclairages fonctionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Gueret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Université paris 1 Panthéon-La Sorbonne, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02121644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId186"/>
+      <w:footerReference w:type="default" r:id="rId192"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7440,51 +7652,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295019v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gu&#233;ret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059498v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dachy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Green" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-023-09514-z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925359v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.3268" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-7KXGSFNJ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741150v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cantin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Valentin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dard Thiry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932514v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garmond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouquin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Poupon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Toulemonde" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181646v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gassin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gibaja" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lubell" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.03.004" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052080v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Cha&#239;d-Saoudi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/rdc.2019.157" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02546553v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rousseau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cuenca Solana" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2020.15078" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063694v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Vandendriessche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Aluw&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messiaen Liesbeth" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cruz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.15001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063697v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmine Collina" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961936v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt-Even" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Foucher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14922" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901713v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Campmas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Simonnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14889" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063310v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14776" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119792v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Benard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.03.039" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02469692v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Pariat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Polloni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maingaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833354v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Guillemard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529085v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Axel G&#243;mez Coutouly" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn E. Krasinski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian T. Wygal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M. Renard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808488v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883812v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.v1i2.1126" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842682v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Claud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Philibert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14227" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02486722v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Rassart" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Javier March" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Meurisse-Fort" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931503v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deseine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932531v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931474v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901798v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mevel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouziane" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03923978v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931509v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894310v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931442v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021748v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884474v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021727v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooma&#239; Boucherat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288189v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307124v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jamon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bachellerie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.06de250i" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638642v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-5275-4226-6" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868467v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02102894v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gueret" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mordant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063726v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#232;mie Chombart" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063739v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan - Foucher" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961866v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Deschamps" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chamaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Musch" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063851v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877845v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388518v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388576v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388538v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932422v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932457v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932380v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063818v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roncin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vissac Carole" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064714v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064705v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064688v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064673v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063836v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coulon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063872v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063749v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064664v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064680v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063843v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064646v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03034185v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Caron-Laviolette" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064638v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063882v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064656v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063769v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064694v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496384v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cohen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gosselin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02121644v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548365v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Vandendriessche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gu&#233;ret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0330662" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295019v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059498v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dachy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Green" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-023-09514-z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925359v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.3268" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-7KXGSFNJ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741150v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cantin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Valentin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dard Thiry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103554" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932514v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garmond" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Poupon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Toulemonde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181646v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gassin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gibaja" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lubell" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.03.004" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052080v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Cha&#239;d-Saoudi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/rdc.2019.157" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02546553v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rousseau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cuenca Solana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2020.15078" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063694v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Aluw&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messiaen Liesbeth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cruz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.15001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063697v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmine Collina" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961936v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt-Even" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Foucher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14922" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901713v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Campmas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Simonnet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14889" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063310v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14776" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119792v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Benard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.03.039" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02469692v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Pariat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Polloni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maingaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833354v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Guillemard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529085v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Axel G&#243;mez Coutouly" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn E. Krasinski" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian T. Wygal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M. Renard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808488v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883812v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.v1i2.1126" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842682v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Claud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Philibert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14227" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02486722v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Rassart" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Javier March" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Meurisse-Fort" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932531v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931503v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deseine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931474v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901798v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mevel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouziane" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03923978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931509v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894310v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931442v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021748v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884474v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021727v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooma&#239; Boucherat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288189v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307124v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jamon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bachellerie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.06de250i" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548366v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marquebielle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cromb&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198853657.013.14" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638642v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-5275-4226-6" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868467v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02102894v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gueret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mordant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063726v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#232;mie Chombart" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063739v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan - Foucher" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961866v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Deschamps" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chamaux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Musch" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063851v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877845v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388576v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388518v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388538v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932422v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932457v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932380v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063818v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roncin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vissac Carole" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064673v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064714v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064688v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064705v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063836v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coulon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063872v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064664v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063749v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064646v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03034185v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Caron-Laviolette" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064680v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063843v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063882v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064638v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064656v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03063769v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03064694v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496384v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cohen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gosselin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02121644v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>