--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1019,822 +1019,822 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05482653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le grand fleuve Diversité&amp;quot; Victor Segalen (1878-1919)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les Mille-et-une-nuits, 1089-1090 (1089-1090), pp.286-290</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02523204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">《蒙马特的酒吧与“洗衣船”——毕加索立体主义的诞生之地》</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Camelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">《中国国家历史 拾捌》</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02558653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">《夜总会与咖啡馆：巴黎蒙马特的艺术之家》</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Camelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">《中国国家历史 拾捌》</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Chinese National History, 18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02558630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...35 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Malchimie de Gisèle Bienne, récit d’une mort injuste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, La vulnérabilité, 4, pp.607-618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdlj.1904.0607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...41 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La correspondance de guerre de Victor Segalen (du 1er août 1914 au 20 mai 1919)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Komodo 21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Blaise Cendrars en correspondances, textes réunis par Marie-Paule Berranger, 21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Blaise Cendrars en correspondances, textes réunis par Marie-Paule Berranger, 21</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02523195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Nom Caché » de Victor Segalen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Victor Segalen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Lectures chinoises de Victor Segalen, pp.231-236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...32 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morale et éthique dans des romans de Gisèle Bienne et de Scholastique Mukasonga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Histoire et littérature. La littérature démoralise-t-elle l’histoire ?, vol. 53 (3), pp.105-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1042287ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Image simultanée » et « immobilité vive » (Cendrars, Delaunay, Léger)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Camelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polysèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, L’immobilité vive, 18, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/polysemes.2291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...42 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1042287ar⟩</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On “Imposed Interpretation” in Literary Criticism: The Issue of “French Theory”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social Sciences in China</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (3), pp.157-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02529203.2016.1194640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« J’ai tué : une réclame pour la guerre ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Constellation Cendrars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, « La Guerre de Blaise Cendrars, 1914-1915 », actes du colloque de Reims, 10 octobre 2015., 54, pp.90-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monsieur de Charlus et le clocher de Combray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Camelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Acta philologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 49, pp.201-213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470221v1</w:t>
-              </w:r>
-[...145 lines deleted...]
-                <w:t xml:space="preserve">hal-02470201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’exote et ses autres</w:t>
               </w:r>
@@ -2806,259 +2806,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Walter Benjamin lecteur d’À la recherche du temps perdu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Chollier, Jean-Michel Pottier et Alain Trouvé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paroles de lecteurs 2 Poésie et autres genres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Épure, p. 95-114, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Segalen médecin, archéologue et poète “en temps de détresse”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Colette Camelin; Muriel Détrie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Victor Segalen : attentif à ce qui n'a pas été dit : [actes du colloque organisé à Cerisy du 4 au 11 juillet 2018]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.103-126, 2019, Colloque de Cerisy, 979-10-370-0134-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Segalen vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Camelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Colette Camelin; Muriel Détrie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Segalen « attentif à ce qui n’a pas été dit » : [actes du colloque organisé à Cerisy du 4 au 11 juillet 2018]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.103-126, 2019, Colloque de Cerisy, 979-10-370-0134-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02382560v1</w:t>
-              </w:r>
-[...157 lines deleted...]
-                <w:t xml:space="preserve">hal-02470190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segalen : du geste du marinier à ceux du sculpteur et du dessinateur</w:t>
               </w:r>
@@ -3698,51 +3698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480605v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Camelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482661v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486520v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486526v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484452v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484463v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482656v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480488v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484468v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480465v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478369v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484455v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482653v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558653v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558630v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523204v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470242v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdlj.1904.0607" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523195v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521917v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523182v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/polysemes.2291" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521898v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1042287ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470221v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521868v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470201v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02529203.2016.1194640" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521945v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643280v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643898v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550046v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490830v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490793v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526362v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478211v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520353v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523224v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480591v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480581v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478347v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382560v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382576v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9791037001344" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470190v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520509v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523168v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382540v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470171v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520424v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297542v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Meillon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Romestaing" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480605v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Camelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482661v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486520v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486526v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484452v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484463v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482656v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480488v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484468v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480465v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478369v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484455v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482653v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523204v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558653v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558630v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470242v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdlj.1904.0607" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523195v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521917v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521898v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1042287ar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523182v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/polysemes.2291" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470201v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02529203.2016.1194640" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470221v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521945v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643280v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643898v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550046v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490830v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490793v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526362v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478211v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520353v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523224v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480591v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480581v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478347v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470190v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382576v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9791037001344" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382560v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520509v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523168v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382540v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470171v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520424v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297542v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Meillon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Romestaing" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>