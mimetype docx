--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -778,122 +778,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04913475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomie dans la mobilité des enfants et profils socio-éducatifs parentaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets spéciaux pour questions spatiales : exposé de géo-visualisations à partir de données de mobilité GPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Kerouanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Chardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Depeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Dias</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lepetit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème journées Scientifiques ARPenv</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Nîmes, France</w:t>
+              <w:t xml:space="preserve">Webinaires "Carte blanche"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Action de recherche n°9 du GdR MAGIS (Carto)graphies et (Géo)visualisations de données, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03737823v1</w:t>
+                <w:t xml:space="preserve">hal-04287485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the &amp;quot;banc des ami.e.s*&amp;quot; (*friends' bench) to the city-stadium : combining pocket of local order and behavior-setting to study children's place experience in the city</w:t>
               </w:r>
@@ -981,135 +994,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03771569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets spéciaux pour questions spatiales : exposé de géo-visualisations à partir de données de mobilité GPS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autonomie dans la mobilité des enfants et profils socio-éducatifs parentaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Depeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Kerouanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Lepetit</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaires "Carte blanche"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Action de recherche n°9 du GdR MAGIS (Carto)graphies et (Géo)visualisations de données, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">13ème journées Scientifiques ARPenv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04287485v1</w:t>
+                <w:t xml:space="preserve">hal-03737823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apprentissage de l'autonomie des enfants en milieux urbains : évolution des pratiques de déplacement et rapports enfant-parents</w:t>
               </w:r>
@@ -2973,51 +2973,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519710v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Audas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Kerouanton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126192v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Bisson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gaudin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Torchin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400312v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Ducasse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Tixadou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Ecault-Bellec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Laurent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726264v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lepetit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Quesseveur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295934v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Duch&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavaliere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Ginoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913475v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ginoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737823v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03771569v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287485v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513596v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Duroudier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545849v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Avrillier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401079v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.8299098n" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121208v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lw8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525149v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2024.100734" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05115116v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13eko" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219752v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz355cwvtgnjjlp-46096556" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925756v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabaka" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.4889" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722796v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522884v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284882v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailleul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bedel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02967697v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519710v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Audas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Kerouanton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126192v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Bisson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gaudin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Torchin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400312v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Ducasse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Tixadou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Ecault-Bellec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Laurent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726264v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lepetit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Quesseveur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295934v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Duch&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavaliere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Ginoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913475v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ginoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287485v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03771569v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737823v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513596v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Duroudier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545849v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Avrillier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401079v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.8299098n" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121208v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lw8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525149v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2024.100734" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05115116v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13eko" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219752v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz355cwvtgnjjlp-46096556" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925756v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabaka" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.4889" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722796v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522884v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284882v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailleul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bedel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02967697v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>