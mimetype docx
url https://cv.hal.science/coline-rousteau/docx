--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -270,303 +270,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Entre injonction(s) et détournement(s) iconographiques : créations et appropriations à l’épreuve de l’exil ».</w:t>
+                <w:t xml:space="preserve">Mettre en scène et en images la fabrique de la frontière au guichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Rousteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude : « Pratiques artistiques en situation d’exil : injonctions, assignation et engagement ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Comité d’organisation : Lola Guyot - Institut Convergences Migrations / Heidelberg University ; Sophie Lacombe - Université Paris-Nanterre - Laboratoire HAR ; Ophélie Mercier - Ghent University (Belgique) / Centre Marc Bloch (Allemagne)., Jun 2024, Saint denis, France</w:t>
+              <w:t xml:space="preserve">Journée doctorale de l’AFECCAV - Association Francaise des Enseignants et Chercheurs en Cinéma et AudioVisuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité d’organisation : Nacim Belhadj (Université Paris Nanterre), Fabien Boully (Université Paris Nanterre), David Gaillard (Université Paris Nanterre, ArTeC), Agathe Nieto (Université Paris Nanterre, ArTeC), Coline Rousteau (Université Paris 8, ArTeC, Centre Marc Bloch), Éric Thouvenel (Université Paris Nanterre)., Sep 2024, Nanterre (Université Paris Nanterre - UPL), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04693370v1</w:t>
+                <w:t xml:space="preserve">hal-04697386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mettre en scène et en images la fabrique de la frontière au guichet</w:t>
+                <w:t xml:space="preserve">« Street-Level Bureaucracy of Migration and Cinematic Expressions: Staging Intermediate Spaces(-times) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Rousteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée doctorale de l’AFECCAV - Association Francaise des Enseignants et Chercheurs en Cinéma et AudioVisuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Comité d’organisation : Nacim Belhadj (Université Paris Nanterre), Fabien Boully (Université Paris Nanterre), David Gaillard (Université Paris Nanterre, ArTeC), Agathe Nieto (Université Paris Nanterre, ArTeC), Coline Rousteau (Université Paris 8, ArTeC, Centre Marc Bloch), Éric Thouvenel (Université Paris Nanterre)., Sep 2024, Nanterre (Université Paris Nanterre - UPL), France</w:t>
+              <w:t xml:space="preserve">Forum Marc Bloch « Franchir les frontières ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, on and Cinematic Expressions: Staging Intermediate Spaces(-times) ». Forum Marc Bloch « Franchir les frontières ». Comité d’organisation : Ségolène Bulot, Cedric Jürgensen, Alicia Vogt et Coline Rousteau., Apr 2024, Berlin centre Marc Bloch, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697386v1</w:t>
+                <w:t xml:space="preserve">hal-04693336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Street-Level Bureaucracy of Migration and Cinematic Expressions: Staging Intermediate Spaces(-times) »</w:t>
+                <w:t xml:space="preserve">« Migration Bureaucracy in Contemporary European Documentary Films: Suggesting, Showing and Staging Buffer Spaces(-times) ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Rousteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Marc Bloch « Franchir les frontières ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, on and Cinematic Expressions: Staging Intermediate Spaces(-times) ». Forum Marc Bloch « Franchir les frontières ». Comité d’organisation : Ségolène Bulot, Cedric Jürgensen, Alicia Vogt et Coline Rousteau., Apr 2024, Berlin centre Marc Bloch, Germany</w:t>
+              <w:t xml:space="preserve">Conférence annuelle 2024 de la SCMS (Society for Cinema and Media Studies). Titre du panel : « Experiences of Migration and Exile on Film: Space, Environment, and Medium ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Panel organisé par Claire Demoulin et Lydia Tuan. Boston (SCMS), Mar 2024, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04693336v1</w:t>
+                <w:t xml:space="preserve">hal-04693332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Migration Bureaucracy in Contemporary European Documentary Films: Suggesting, Showing and Staging Buffer Spaces(-times) ».</w:t>
+                <w:t xml:space="preserve">« Entre injonction(s) et détournement(s) iconographiques : créations et appropriations à l’épreuve de l’exil ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Rousteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence annuelle 2024 de la SCMS (Society for Cinema and Media Studies). Titre du panel : « Experiences of Migration and Exile on Film: Space, Environment, and Medium ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Panel organisé par Claire Demoulin et Lydia Tuan. Boston (SCMS), Mar 2024, Boston, United States</w:t>
+              <w:t xml:space="preserve">Journées d’étude : « Pratiques artistiques en situation d’exil : injonctions, assignation et engagement ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité d’organisation : Lola Guyot - Institut Convergences Migrations / Heidelberg University ; Sophie Lacombe - Université Paris-Nanterre - Laboratoire HAR ; Ophélie Mercier - Ghent University (Belgique) / Centre Marc Bloch (Allemagne)., Jun 2024, Saint denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04693332v1</w:t>
+                <w:t xml:space="preserve">hal-04693370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« En-quête de terrains inaccessibles : images manquantes et dispositifs participatifs dans la mise en espace et en images de la frontière au guichet en France et en Allemagne »</w:t>
               </w:r>
@@ -1135,51 +1135,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429353v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Rousteau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654219v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693370v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697386v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693336v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693332v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693306v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693324v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693317v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693300v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693292v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429353v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Rousteau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654219v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697386v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693336v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693332v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693370v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693306v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693324v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693317v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693300v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693292v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>