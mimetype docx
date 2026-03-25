--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -147,139 +147,139 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Transmission of the Pastoral Mode in Sarah Hall’s Haweswater (2002)</w:t>
+                <w:t xml:space="preserve">The Material Realism of Pastoral: The Case of Sarah Hall’s Haweswater (2002)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 66, </w:t>
+              <w:t xml:space="preserve">, 2025, 69, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/11r4s⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/158kg⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04600414v1</w:t>
+                <w:t xml:space="preserve">hal-05544391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Beaumont and Elke D’hoker (eds), Sarah Hall: Critical Essays</w:t>
               </w:r>
@@ -341,1529 +341,1676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04782220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Transmission of the Pastoral Mode in Sarah Hall’s Haweswater (2002)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Pompié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 66, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11r4s⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">“The Famous Republic of Shepherds” (Hall 2015: 382–383): Sarah Hall’s Alternative Pastoral Trajectory in Haweswater (2002) and The Wolf Border (2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anglia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 141 (1), pp.98-116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/ang-2023-0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Hall’s Post-Pastoral Elegies: Death in the Lake District</w:t>
+                <w:t xml:space="preserve">Perception, matérialité et temporalités du paysage dans le (new) nature writing de Melissa Harrison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Mourning Arcadia: Afterlives of the Pastoral Elegy in the Literature and the Arts of the English-Speaking World"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Picardie Jules Verne, Mar 2025, Amiens, France</w:t>
+              <w:t xml:space="preserve">Séminaire EMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Montpellier Paul-Valéry, Feb 2026, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996841v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blue Humanities, fictions de l'eau et écopoétique bleue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire EMMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Études Montpelliéraines du Monde Anglophone, Université de Montpellier-Paul-Valéry, Mar 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04996837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrocommonality, Tattoos and Mermaids: The Blue Ecopoetics of Sarah Hall’s The electric Michelangelo (2004)</w:t>
+                <w:t xml:space="preserve">Sarah Hall’s Post-Pastoral Elegies: Death in the Lake District</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Fictions de l'eau : Hydro-(Im)matérialité et Écopoétique Bleue"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bretagne Occidentale, Feb 2025, Brest, France</w:t>
+              <w:t xml:space="preserve">"Mourning Arcadia: Afterlives of the Pastoral Elegy in the Literature and the Arts of the English-Speaking World"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Picardie Jules Verne, Mar 2025, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996828v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Writing the Environmental Crisis: the Case of the Pastoral</w:t>
+                <w:t xml:space="preserve">Hydrocommonality, Tattoos and Mermaids: The Blue Ecopoetics of Sarah Hall’s The electric Michelangelo (2004)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMMAncipons les savoirs !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">"Fictions de l'eau : Hydro-(Im)matérialité et Écopoétique Bleue"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bretagne Occidentale, Feb 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04561262v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Material Realism of Pastoral: the Case of Sarah Hall’s Haweswater (2002)</w:t>
+                <w:t xml:space="preserve">Writing the Environmental Crisis: the Case of the Pastoral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Material Realisms in Contemporary British Literature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Catherine Bernard; Jean-Michel Ganteau, Nov 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EMMAncipons les savoirs !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04782238v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04561262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contagious Bodies in Sarah Hall’s Burntcoat</w:t>
+                <w:t xml:space="preserve">The Material Realism of Pastoral: the Case of Sarah Hall’s Haweswater (2002)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foreign Bodies: Becoming Apart, Becoming a Part in Contemporary British Literature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Katia Marcellin; Carine Nibakure, Oct 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Material Realisms in Contemporary British Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Catherine Bernard; Jean-Michel Ganteau, Nov 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04292843v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éliminer la maladie d’être humain&amp;quot; (Hall 13) : frontières et métamorphoses dans &amp;quot;Mrs Fox&amp;quot; et &amp;quot;Bees&amp;quot; de Sarah Hall</w:t>
+                <w:t xml:space="preserve">Contagious Bodies in Sarah Hall’s Burntcoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projet HumanEnvi: Commun(s) Usages, Sens, Pouvoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie Blaise, Jun 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Foreign Bodies: Becoming Apart, Becoming a Part in Contemporary British Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Katia Marcellin; Carine Nibakure, Oct 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04292861v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’Arcadie au Cottagecore : l’influence visuelle de la pastorale</w:t>
+                <w:t xml:space="preserve">Éliminer la maladie d’être humain&amp;quot; (Hall 13) : frontières et métamorphoses dans &amp;quot;Mrs Fox&amp;quot; et &amp;quot;Bees&amp;quot; de Sarah Hall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">From Cottagecore to Solarpunk: New Political and Aesthetic Readings of the Pastoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Constance Pompié; Théo Maligeay, Nov 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Projet HumanEnvi: Commun(s) Usages, Sens, Pouvoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Blaise, Jun 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04292802v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The timeless gifts of the nature morte” (Hall 2009, 150): nature morte et nature vibrante dans How to Paint a Dead Man de Sarah Hall (2009)</w:t>
+                <w:t xml:space="preserve">De l’Arcadie au Cottagecore : l’influence visuelle de la pastorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoétropismes. Ecritures du devenir et écoféminisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Emilie Walezak; Maxime Decout, Apr 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">From Cottagecore to Solarpunk: New Political and Aesthetic Readings of the Pastoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Constance Pompié; Théo Maligeay, Nov 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301126v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Transmission of the Pastoral Mode in Sarah Hall’s Haweswater (2002)</w:t>
+                <w:t xml:space="preserve">The timeless gifts of the nature morte” (Hall 2009, 150): nature morte et nature vibrante dans How to Paint a Dead Man de Sarah Hall (2009)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SAES "Transmissions"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SAES, Jun 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Zoétropismes. Ecritures du devenir et écoféminisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emilie Walezak; Maxime Decout, Apr 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301119v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pastorales et pastoralismes</w:t>
+                <w:t xml:space="preserve">The Transmission of the Pastoral Mode in Sarah Hall’s Haweswater (2002)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Théo Maligeay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Doctorants d’EMMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Doctorants EMMA, Jun 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Congrès SAES "Transmissions"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SAES, Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301134v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu de l’ouvrage The New Pastoral in Contemporary British Writing, Deborah Lilley, 2019</w:t>
+                <w:t xml:space="preserve">Hospitality, relationality and vulnerability in Sarah Hall’s The Carhullan Army and Burntcoat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire EMMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EMMA, Jan 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Hosts, Hospitals and Hospitalities: Notions, Images and Narratives of Hospitality in Literature, Culture and the Arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HERMES Consortium, Jun 2022, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301136v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hospitality, relationality and vulnerability in Sarah Hall’s The Carhullan Army and Burntcoat</w:t>
+                <w:t xml:space="preserve">Compte rendu de l’ouvrage The New Pastoral in Contemporary British Writing, Deborah Lilley, 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hosts, Hospitals and Hospitalities: Notions, Images and Narratives of Hospitality in Literature, Culture and the Arts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HERMES Consortium, Jun 2022, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Séminaire EMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMMA, Jan 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301128v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamorphosis and Borders in Sarah Hall’s “Mrs Fox”, “Bees” and “The Nightlong River”</w:t>
+                <w:t xml:space="preserve">Pastorales et pastoralismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Maligeay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Voices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASYRAS, Jun 2021, Malaga, Espagne, Spain</w:t>
+              <w:t xml:space="preserve">Journée des Doctorants d’EMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Doctorants EMMA, Jun 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301141v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan des recherches sur la pastorale</w:t>
+                <w:t xml:space="preserve">Matter that Matters: the Aesthetics of Materiality in Sarah Hall’s Haweswater and How to Paint a Dead Man</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Doctorants d’EMMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EMMA, Jun 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Deanthrocentric Materialism and the Politics of Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Diane Leblond; Sarah Gould, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301143v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matter that Matters: the Aesthetics of Materiality in Sarah Hall’s Haweswater and How to Paint a Dead Man</w:t>
+                <w:t xml:space="preserve">Bilan des recherches sur la pastorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deanthrocentric Materialism and the Politics of Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Diane Leblond; Sarah Gould, Apr 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée des Doctorants d’EMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMMA, Jun 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301146v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metamorphosis and Borders in Sarah Hall’s “Mrs Fox”, “Bees” and “The Nightlong River”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Pompié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Voices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASYRAS, Jun 2021, Malaga, Espagne, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAPES Anglais, session 2025 – Épreuve écrite disciplinaire – La composition – Préparation et sujets corrigés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier P. Lachazette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Pompié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Félix-Naix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellipses Marketing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2340094291</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAPES Anglais, session 2024 – Épreuve écrite disciplinaire – La composition – Préparation et sujets corrigés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier P. Lachazette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Moutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, 2023, 978-2340079557</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1873,185 +2020,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avatars de la pastorale : l’œuvre fictionnelle de Sarah Hall au prisme de la crise environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Littératures. Université Paul Valéry - Montpellier III, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024MON30079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05110106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avatars de la pastorale : l'oeuvre fictionnelle de Sarah Hall au prisme de la crise environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Pompié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Littératures. Université de Montpellier-Paul-Valéry, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04996856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId47"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2119,51 +2266,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D057E001"/>
+    <w:nsid w:val="102F64CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2350,51 +2497,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/constance-pompie" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5111-2227" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271710667" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600414v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Pompi&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11r4s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782220v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12naj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292819v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ang-2023-0005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996841v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996837v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996828v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561262v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782238v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292843v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292861v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292802v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301126v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301119v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301134v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Maligeay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301136v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301128v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301141v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301143v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04650878v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P. Lachazette" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bardet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Benoit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia F&#233;lix-Naix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04177073v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boyer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Moutel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05110106v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024MON30079" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04996856v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/constance-pompie" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5111-2227" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271710667" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544391v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Pompi&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/158kg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782220v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12naj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600414v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11r4s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292819v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ang-2023-0005" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544394v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996837v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996841v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996828v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561262v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782238v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292843v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292861v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292802v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301126v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301119v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301128v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301136v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301134v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Maligeay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301146v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301143v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301141v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04650878v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P. Lachazette" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bardet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Benoit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia F&#233;lix-Naix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04177073v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boyer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Moutel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05110106v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024MON30079" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04996856v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>