--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -365,1071 +365,1071 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05404501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la démarche collaborative vers la démarche participative : les sites liés à l'évolution humaine en Indonésie</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Titi Susilowati Prabawa</w:t>
+                <w:t xml:space="preserve">Citizen Science in Practice: How (not) to Fail?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Turcati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Millour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Debailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karën Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Steinhausser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faire Science Ensemble - Retours d'expériences de sciences &amp; recherches participatives</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Marseille, France. pp.1-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05441617v1</w:t>
+                <w:t xml:space="preserve">hal-05324760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lessons from a New Experience</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary Anthracological studies in the Ziway region (11,600-9200 cal BC, central Ethiopia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friyat Kidane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Salavert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydiane Gantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sangiran Today: A New Experience (2018-2019)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04205274v1</w:t>
+              <w:t xml:space="preserve">10th International Workshop for African Archaeobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris (MNHN), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Origins Heritage: Exploring the Way toward a Scientific Participatory Program in Sangiran</w:t>
+                <w:t xml:space="preserve">The emergence of preventive archaeology, examples from France and countries from the Arabian Peninsula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sangiran Today: A New Experience (2018-2019)</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Heritage conservation practices between two countries - 10th Hari Purbakala</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musium Cagar Budaya, Sangiran, Jun 2023, Sangiran, Indonesia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205259v1</w:t>
+                <w:t xml:space="preserve">hal-04205323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preamble from the Editors: Publishing the Results of a New Experience in Sangiran Today</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sih Natalia Sukmi</w:t>
+                <w:t xml:space="preserve">Short-term Coastal Occupation on Jubail Island : Modern Lime Kilns and Marine Resource Exploitation for Artisanal Activities (Abu Dhabi, UAE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Jonathan Beech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cuttler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Magee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sangiran Today: A New Experience (2018-2019)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04205636v1</w:t>
+              <w:t xml:space="preserve">55th Seminar for Arabian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Berlin - Humboldt Universität, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation morphologique d’empreintes de pieds et substrat : apport de l’expérimentation à la connaissance de la biologie des hommes du Rozel (Pléistocène supérieur, Manche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Duveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Biets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Laisné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lancelot Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1843e journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2018, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citizen Science in Practice: How (not) to Fail?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Asma Steinhausser</w:t>
+                <w:t xml:space="preserve">De la démarche collaborative vers la démarche participative : les sites liés à l'évolution humaine en Indonésie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Sémah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Biets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sih Natalia Sukmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Sémah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titi Susilowati Prabawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure Turcati, Alexandra Villaroel Parada. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05324760v1</w:t>
+              <w:t xml:space="preserve">Faire Science Ensemble - Retours d'expériences de sciences &amp; recherches participatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 52, Muséum national d’Histoire naturelle ; Sorbonne Université Presses, pp.221-233, 2025, Hors collection, 978-2-38327-043-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary Anthracological studies in the Ziway region (11,600-9200 cal BC, central Ethiopia)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lessons from a New Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...27 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Sémah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sih Natalia Sukmi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sih Natalia Sukmi; Corentin Biets; Anne-Marie Sémah. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Workshop for African Archaeobotany</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04170604v1</w:t>
+              <w:t xml:space="preserve">Sangiran Today: A New Experience (2018-2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UKSW / MNHN / HOH / SEMENANJUNG, pp.57-69, 2021, 9782958013707</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emergence of preventive archaeology, examples from France and countries from the Arabian Peninsula</w:t>
+                <w:t xml:space="preserve">Human Origins Heritage: Exploring the Way toward a Scientific Participatory Program in Sangiran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sih Natalia Sukmi; Corentin Biets; Anne-Marie Sémah. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heritage conservation practices between two countries - 10th Hari Purbakala</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04205323v1</w:t>
+              <w:t xml:space="preserve">Sangiran Today: A New Experience (2018-2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">UKSW / MNHN / HOH / SEMENANJUNG</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.43-50, 2021, 9782958013707</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-term Coastal Occupation on Jubail Island : Modern Lime Kilns and Marine Resource Exploitation for Artisanal Activities (Abu Dhabi, UAE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurore Lambert</w:t>
+                <w:t xml:space="preserve">Preamble from the Editors: Publishing the Results of a New Experience in Sangiran Today</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sih Natalia Sukmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Magee</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anne-Marie Sémah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sih Natalia Sukmi; Corentin Biets; Anne-Marie Sémah. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55th Seminar for Arabian Studies</w:t>
-[...102 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sangiran Today: A New Experience (2018-2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UKSW / MNHN / HOH / SEMENANJUNG, pp.3-8, 2021, 9782958013707</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lancelot Lefevre</w:t>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">hal-04844185v1</w:t>
+                <w:t xml:space="preserve">hal-04205636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1460,90 +1460,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinarity, participatory and preventive approaches in archaeology: Towards a new prehistoric and cultural heritage management model in Java, Indonesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sih Natalia Sukmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pipit Meilinda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Mirza Ansyori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titi Susilowati Prabawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séances de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 122, pp.65-80, 2025, Démarches participatives en archéologie</w:t>
@@ -1604,51 +1604,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterising techniques and marine resource exploitation for Iron Age and Late Islamic lime production on Jubail Island (Abu Dhabi): the 2021 archaeological investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1761,51 +1761,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jubail Island protected areas 3 and 7 archaeological mission, late Islamic period and Iron Age lime production areas, 2021 Archaeological Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2361,64 +2361,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engaging in community archaeology: a multidisciplinary approach for research and conservation on the Unesco site of Sangiran, Indonesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sih Natalia Sukmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Sémah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Sémah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2456,51 +2456,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fouille d'Auxon (10) Rue des carrées : des structures funéraires du Néolithique moyen inédites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2581,103 +2581,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the tracks of Neandertals: The contribution of an experimental analysis on footprints to the knowledge of the biological features of the Rozel hominins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Duveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Laisné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lancelot Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Young Natural History scientists Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
@@ -2738,77 +2738,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sangiran Today: A New Experience (2018-2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sih Natalia Sukmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Biets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Sémah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UKSW / MNHN / HOH / SEMENANJUNG, pp.205, 2021, 9782958013707</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2916,51 +2916,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B3279427"/>
+    <w:nsid w:val="D5755FD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3147,51 +3147,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corentin-biets" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-1460-382X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049550v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Turcati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Millour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Debailly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kar&#235;n Fort" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Steinhausser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/cstp.769" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404501v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Biets" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441617v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois S&#233;mah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sih Natalia Sukmi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie S&#233;mah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titi Susilowati Prabawa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205274v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205259v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hoh.uksw.edu/pages/digital-book-sangiran-today-a-new-experience-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205636v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324760v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170604v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friyat Kidane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Salavert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Gantier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205323v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205613v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Jonathan Beech" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cuttler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Magee" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844185v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Duveau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laisn&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lancelot Lefevre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404606v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pipit Meilinda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mirza Ansyori" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203566v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Durand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Casado" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lassalle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204581v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Vignes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Vieli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Caban&#232;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rouquette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204548v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Grzesznik" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924193v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Allard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011708v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behailu Habte Endalew" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois S&#233;mah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205629v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Petit" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coupard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000279v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205241v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corentin-biets" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-1460-382X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049550v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Turcati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Millour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Debailly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kar&#235;n Fort" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Steinhausser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/cstp.769" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404501v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Biets" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324760v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170604v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friyat Kidane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Salavert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Gantier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205323v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205613v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Jonathan Beech" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cuttler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Magee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844185v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Duveau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laisn&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lancelot Lefevre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441617v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois S&#233;mah" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sih Natalia Sukmi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie S&#233;mah" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titi Susilowati Prabawa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205274v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205259v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hoh.uksw.edu/pages/digital-book-sangiran-today-a-new-experience-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205636v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404606v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pipit Meilinda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mirza Ansyori" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203566v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Durand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Casado" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lassalle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204581v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Vignes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Vieli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Caban&#232;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rouquette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204548v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Grzesznik" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924193v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Allard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011708v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behailu Habte Endalew" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois S&#233;mah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205629v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Petit" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coupard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000279v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205241v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>