--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -339,182 +339,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04998867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crise du travail théâtral et recherche de moments de bonheur dans Show Me a Good Time de Gob Squad</w:t>
+                <w:t xml:space="preserve">Theater auf die Probe stellen. Besetzungen als aktivistische Protestform in Frankreich während der COVID-19-Pandemie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Jan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Nicole Colin; Catherine Teissier. </w:t>
+              <w:t xml:space="preserve">Doris Kolesch; Jan Ladzarzig; Jenny Schrödl; Lisa-Frederike Seidl; Thore Walch; Matthia Warstat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arbeit in der Krise. Neue Lebensstile nach Corona? Travail en crise. De nouveaux styles de vie après le Covid?</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Matters of Urgency – Herausforderungen der Gegenwart in Theater und Wissenschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Berlin Universities Publishing, p. 256-266, 10.14279/depositonce-22414, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14279/depositonce-22414⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04975693v1</w:t>
+                <w:t xml:space="preserve">hal-04975708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theater auf die Probe stellen. Besetzungen als aktivistische Protestform in Frankreich während der COVID-19-Pandemie</w:t>
+                <w:t xml:space="preserve">Crise du travail théâtral et recherche de moments de bonheur dans Show Me a Good Time de Gob Squad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Jan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Doris Kolesch; Jan Ladzarzig; Jenny Schrödl; Lisa-Frederike Seidl; Thore Walch; Matthia Warstat. </w:t>
+              <w:t xml:space="preserve">Nicole Colin; Catherine Teissier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matters of Urgency – Herausforderungen der Gegenwart in Theater und Wissenschaft</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arbeit in der Krise. Neue Lebensstile nach Corona? Travail en crise. De nouveaux styles de vie après le Covid?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Synchron Wissenschaftsverlag der Autoren, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14279/depositonce-22414⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04975708v1</w:t>
+                <w:t xml:space="preserve">hal-04975693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -604,183 +604,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une approche historique et décloisonnée de la théâtralité (Rudolf Münz, « Theatralität und Theater. Konzeptionelle Erwägungen zum Forschungsprojekt “Theatergeschichte” »)</w:t>
+                <w:t xml:space="preserve">Héritage sans testament. Adversités du théâtre public allemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Jan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (7), </w:t>
+              <w:t xml:space="preserve">Théâtre/Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 252, pp.90-95. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58282/acta.18348⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/thepu.252.0090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04655534v1</w:t>
+                <w:t xml:space="preserve">hal-04655615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héritage sans testament. Adversités du théâtre public allemand</w:t>
+                <w:t xml:space="preserve">Pour une approche historique et décloisonnée de la théâtralité (Rudolf Münz, « Theatralität und Theater. Konzeptionelle Erwägungen zum Forschungsprojekt “Theatergeschichte” »)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Jan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Théâtre/Public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 252, pp.90-95. </w:t>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/thepu.252.0090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.58282/acta.18348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04655615v1</w:t>
+                <w:t xml:space="preserve">hal-04655534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La critique théâtrale comme espace public. Le cas de nachtkritik.de</w:t>
               </w:r>
@@ -838,252 +838,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04526255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un Tanztheater pour le XXI e siècle ? Pratiques corporelles et grotesque queer-féministe dans les spectacles de Florentina Holzinger</w:t>
+                <w:t xml:space="preserve">Le Theatertreffen aujourd'hui : un mécanisme de consécration théâtrale entre logiques nationales et transnationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Jan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Critital Stages / Scènes critiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228164v1</w:t>
+                <w:t xml:space="preserve">hal-04146288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Woolf: Institutional Theatrics. Performing Arts Policy in Post-Wall Berlin. (Recension)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Jan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">rezens.tfm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2023/1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25365/rezens-2023-1-06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04094793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Theatertreffen aujourd'hui : un mécanisme de consécration théâtrale entre logiques nationales et transnationales</w:t>
+                <w:t xml:space="preserve">Un Tanztheater pour le XXI e siècle ? Pratiques corporelles et grotesque queer-féministe dans les spectacles de Florentina Holzinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Jan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critital Stages / Scènes critiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Allemagne d'aujourd'hui : revue francaise d'information sur l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° 245 (3), pp.143-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/all.245.0143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146288v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure de Verdalle, Aux côtés des artistes. Producteurs de cinéma et administrateurs du spectacle vivant</w:t>
               </w:r>
@@ -1847,51 +1847,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468438v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coutelet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Smrekar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Habib Hashemi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Volkvynska" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Volkvynskyi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04998867v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/FGRN2670" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04975693v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04975708v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14279/depositonce-22414" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481228v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15d3g" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04655534v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18348" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04655615v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/thepu.252.0090" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04526255v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.10814" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04228164v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.245.0143" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04094793v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25365/rezens-2023-1-06" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04146288v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03614063v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.54958" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-DBT3HT7K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03922550v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.3307" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03270066v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/thepu.240.0131" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03232444v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.48461" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9X3S4RK4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04655553v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18376" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03437461v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03174959v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468438v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coutelet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Smrekar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Habib Hashemi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Volkvynska" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Volkvynskyi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04998867v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/FGRN2670" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04975708v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14279/depositonce-22414" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04975693v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481228v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15d3g" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04655615v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/thepu.252.0090" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04655534v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18348" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04526255v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.10814" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04146288v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04094793v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25365/rezens-2023-1-06" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04228164v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/all.245.0143" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03614063v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.54958" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-DBT3HT7K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03922550v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.3307" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03270066v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/thepu.240.0131" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03232444v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.48461" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9X3S4RK4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04655553v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18376" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03437461v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03174959v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>