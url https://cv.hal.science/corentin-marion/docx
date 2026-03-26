--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -279,1204 +279,1383 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le retour du Kaiserreich (1871-1918). Écrire l’histoire de l’Allemagne impériale au XXIe siècle. Introduction</w:t>
+                <w:t xml:space="preserve">Les nations sont-elles des « communautés imaginées » ? À propos de Benedict Anderson, L'imaginaire national. Réflexions sur l'origine et l'essor du nationalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire, économie et société</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">Encyclopédie d’histoire numérique de l’Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, https://ehne.fr/fr/node/22590</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05104771v1</w:t>
+                <w:t xml:space="preserve">hal-05148724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Empire contre-attaque. Renouveaux historiographiques sur l’Allemagne impériale (1871-1918)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tagungsbericht: National History and New Nationalism in the 21st Century, 11.04.2018-13.04.2018, Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ackermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Kammerlander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Noll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Dubois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Vaillot</w:t>
-[...754 lines deleted...]
-                <w:t xml:space="preserve">halshs-03204221v1</w:t>
+                <w:t xml:space="preserve">halshs-03114493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nations sont-elles des « communautés imaginées » ? À propos de Benedict Anderson, L'imaginaire national. Réflexions sur l'origine et l'essor du nationalisme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">L’Empire contre-attaque. Renouveaux historiographiques sur l’Allemagne impériale (1871-1918)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Vaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Encyclopédie d’histoire numérique de l’Europe</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Histoire, économie et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 252, pp.7-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hes.252.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05104778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die »Nation« verfremden. Für eine transnationale Begriffsgeschichte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Interdisziplinäre Begriffsgeschichte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13/14 (1), pp.6-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13151/fib.2025.01.02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le retour du Kaiserreich (1871-1918). Écrire l’histoire de l’Allemagne impériale au XXIe siècle. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Vaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, économie et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Le retour du Kaiserreich (1871-1918) Écrire l’histoire de l’Allemagne impériale au XXIe siècle, 252, pp.4-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hes.252.0004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05104771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birgit Aschmann et Monika Wienfort (dir.), Zwischen Licht und Schatten. Das Kaiserreich (1871-1914) und seine neuen Kontroversen, Frankfurt-am-Main : Campus, 2022, 399 p., 32€.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12l38⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04906762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Anceau (dir.), Les quarante-huitards et les autres. Dictionnaire des dirigeants de 1848, Paris (Sorbonne Université Presses) 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Francia-Recensio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://journals.ub.uni-heidelberg.de/index.php/frrec/article/view/108199/103732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/frrec.2024.4.108199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de: Pasi Ihalainen, Antero Holmila (ed.), Nationalism and Internationalism Intertwined. A European History of Concepts Beyond the Nation State, New York, Oxford (Berghahn) 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Francia-Recensio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/frrec.2023.4.101586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolyn J. Eichner, The Paris Commune. A Brief History, New Brunswick (Rutgers University Press) 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Francia-Recensio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022/4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/frrec.2022.4.92295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank-Lothar KROLL, Christian HILLGRUBER, Michael WOLFFSOHN (Hrsg.), Die Hohenzollerndebatte. Beiträge zu einem geschichtspolitischen Streit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ifha.11675⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03755552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-05148724v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casque à pointe ou pointe du progrès. Autour des 150 ans de la fondation du Kaiserreich en Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Ancêtres, 62, pp.164 - 166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rh19.7549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05493503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la recherche de la Commune de Paris en Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 63, pp.144-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rh19.7873⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03584393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au carrefour des possibilités, retour sur un colloque. « La Commune de 1871 : L’histoire continue » (Paris, 14 et 15 octobre 2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 63, pp.115-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rh19.7862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03584395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Définitions de la nation en 1870/71. Un débat franco-allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historiens et géographes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03204221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le retour du Kaiserreich (1871-1918)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire, économie et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://shs.cairn.info/revue-histoire-economie-societe-2025-2?lang=fr., 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1486,527 +1665,598 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geschichte. Interkulturell. Retour sur vingt ans de cursus intégré franco-allemand en histoire (Bielefeld / Paris)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cécile Chamayou-Kuhn, Ingrid Lacheny, Romana Weiershausen, Dirk Weissmann (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exil, migration et transferts culturels : Perspectives franco-allemandes / Exil, Migration und Kulturtransfer: Deutsch-französische Perspektiven</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.115-132, 2024, 978-2-87574-875-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04619410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krieg und Frieden. Auseinandersetzungen zwischen deutschen und französischen Akademiker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alma Hannig; Christian Meierhofer; Georg Mölich. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1870-71. Der Deutsch-Französische Krieg in transnationaler, regionaler und interdisziplinärer Perspek-tive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vandenhoeck &amp; Ruprecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, Deutschland und Frankreich im wissenschaftlichen Dialog / Le dialogue scientifique franco-allemand, 978-3-8471-1495-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03982963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle(s) frontière(s) pour la nation? Débats franco-allemands en 1870-71</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières en Europe depuis le congrès de Vienne (1815). Enjeux diplomatiques, stratégiques, militaires et économiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03202341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1870 au prisme de la nation. Echanges conceptuels franco-allemands en temps de guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La guerre de 1870, conflit européen, conflit global</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03114491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (2)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Was heißt und zu welchem Ende macht man transnationale Begriffsgeschichte?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/pczi⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04255043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Qu’entend-on par histoire transnationale des concepts et pourquoi en faire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/pczo⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Intellectuels français et allemands face à la guerre de 1870/71 : affrontements autour du concept de nation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Marion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/aggb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03114495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2074,51 +2324,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A8F2E738"/>
+    <w:nsid w:val="71DE4920"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2222,51 +2472,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="120D3AD9"/>
+    <w:nsid w:val="C25062DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2456,51 +2706,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corentin-marion" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4579-7634" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257011013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05104771v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vaillot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Marion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.252.0004" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05104778v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.252.0007" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968051v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13151/fib.2025.01.02" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906762v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12l38" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844905v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2024.4.108199" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354208v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2023.4.101586" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982774v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2022.4.92295" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03755552v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.11675" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03584393v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.7873" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03584395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.7862" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03204221v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148724v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135914v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04619410v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Farges" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982963v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/detail/index/sArticle/57848" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03202341v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114491v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255043v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/pczi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114495v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/aggb" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corentin-marion" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4579-7634" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257011013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148724v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Marion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114493v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ackermann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kammerlander" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Noll" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05104778v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Dubois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vaillot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.252.0007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968051v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13151/fib.2025.01.02" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05104771v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.252.0004" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906762v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12l38" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844905v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2024.4.108199" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354208v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2023.4.101586" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982774v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2022.4.92295" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03755552v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.11675" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05493503v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.7549" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03584393v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.7873" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03584395v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.7862" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03204221v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135914v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04619410v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Farges" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982963v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/detail/index/sArticle/57848" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03202341v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114491v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255043v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/pczi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493532v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/pczo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114495v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/aggb" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>