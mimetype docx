--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -217,347 +217,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04985988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water weakening and the compressive brittle strength of carbonates: Influence of fracture toughness and static friction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Effect of Normal Stress Oscillations on Fault Slip Behavior Near the Stability Transition From Stable to Unstable Motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pignalberi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Giorgetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Violay</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chris Marone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristiano Collettini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2024.105736⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JB027470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04555775v1</w:t>
+                <w:t xml:space="preserve">hal-04456699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of Normal Stress Oscillations on Fault Slip Behavior Near the Stability Transition From Stable to Unstable Motion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Federico Pignalberi</w:t>
+                <w:t xml:space="preserve">Water weakening and the compressive brittle strength of carbonates: Influence of fracture toughness and static friction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Giorgetti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corentin Noël</w:t>
+                <w:t xml:space="preserve">Barnaby Fryer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Marone</w:t>
+                <w:t xml:space="preserve">Patrick Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristiano Collettini</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Violay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 129 (2), </w:t>
+              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 177, pp.105736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2023JB027470⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2024.105736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04456699v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04555775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of shear strain and shear localization on fault healing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Giorgetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristiano Collettini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Marone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 236 (3), pp.1206-1215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -591,51 +591,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of stress barriers on unconventional-singularity-driven frictional rupture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barnaby Fryer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Lebihain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -998,90 +998,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Shear Displacement and Wear on Fault Stability: Laboratory Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Giorgetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Scuderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristiano Collettini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Marone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 128 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1167,51 +1167,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Wadsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 127 (6), </w:t>
@@ -1275,51 +1275,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Passelègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Violay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 126 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1366,64 +1366,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of water on sandstone's fracture toughness and frictional parameters: Brittle strength constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Violay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 147, pp.104916. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1587,64 +1587,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Passelègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Giorgetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Violay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 124 (11), pp.10940-10953. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1710,51 +1710,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress barriers, distal weakening, and their effect on seismic rupture: Applications to Enhanced Geothermal Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barnaby Fryer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Lebihain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2000,51 +2000,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04985988v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin No&#235;l" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Twardzik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dublanchet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Passel&#232;gue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119288" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555775v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnaby Fryer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Violay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2024.105736" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456699v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Pignalberi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Giorgetti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Marone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Collettini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JB027470" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403332v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad486" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711620v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lebihain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Paglialunga" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105876" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843964v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dublanchet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chauris" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gesret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Twardzik" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB028733" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04797340v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Latour" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Ampuero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL110835" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403299v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Scuderi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB026191" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725511v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Heap" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Meyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Wadsworth" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024600" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403224v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021331" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547381v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2021.104916" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403202v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pimienta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Violay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB016546" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403217v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018517" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890914v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04985988v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin No&#235;l" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Twardzik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dublanchet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Passel&#232;gue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119288" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456699v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Pignalberi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Giorgetti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Marone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Collettini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JB027470" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555775v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnaby Fryer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Violay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2024.105736" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403332v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad486" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711620v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lebihain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Paglialunga" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105876" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843964v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dublanchet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chauris" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gesret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Twardzik" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB028733" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04797340v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Latour" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Ampuero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL110835" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403299v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Scuderi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB026191" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725511v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Heap" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Meyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Wadsworth" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024600" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403224v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021331" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547381v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2021.104916" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403202v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pimienta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Violay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB016546" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403217v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018517" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890914v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>