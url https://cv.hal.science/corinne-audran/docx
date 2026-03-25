--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -199,325 +199,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neighbouring genes AvrLm10A and AvrLm10B are part of a large multigene family of cooperating effector genes conserved in Dothideomycetes and Sordariomycetes</w:t>
+                <w:t xml:space="preserve">CRISPRi in Xanthomonas demonstrates functional convergence of transcription activator‐like effectors in two divergent pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nacera Talbi</w:t>
+                <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like Fokkens</w:t>
+                <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Audran</w:t>
+                <w:t xml:space="preserve">César Augusto Medina Culma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
+                <w:t xml:space="preserve">Aline Escalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Pouzet</w:t>
+                <w:t xml:space="preserve">Stéphanie Javegny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24, pp.914-931. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 238 (4), pp.1593-1604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/MPP.13338⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.18808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090329v1</w:t>
+                <w:t xml:space="preserve">hal-04058189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRISPRi in Xanthomonas demonstrates functional convergence of transcription activator‐like effectors in two divergent pathogens</w:t>
+                <w:t xml:space="preserve">The neighbouring genes AvrLm10A and AvrLm10B are part of a large multigene family of cooperating effector genes conserved in Dothideomycetes and Sordariomycetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nacera Talbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Like Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Escalon</w:t>
+                <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Javegny</w:t>
+                <w:t xml:space="preserve">Cécile Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 238 (4), pp.1593-1604. </w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24, pp.914-931. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.18808⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/MPP.13338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04058189v1</w:t>
+                <w:t xml:space="preserve">hal-04090329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A two genes – for – one gene interaction between Leptosphaeria maculans and Brassica napus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Degrave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -901,64 +901,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Serrano Valdivia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Buscaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jauneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1022,51 +1022,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloroplasts at work during plant innate immunity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Maria Serrano Valdivia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Rivas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1126,51 +1126,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Aux/IAA, Sl-IAA17 regulates quality parameters over tomato fruit development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li-Ying Sung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1237,593 +1237,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide identification, phylogenetic analysis, expression profiling, and proteinprotein interaction properties of TOPLESS gene family members in tomato</w:t>
+                <w:t xml:space="preserve">Characterization of the Tomato ARF Gene Family Uncovers a Multi-Levels Post-Transcriptional Regulation Including Alternative Splicing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanwei Hao</w:t>
+                <w:t xml:space="preserve">Mohamed Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xinyu Wang</w:t>
+                <w:t xml:space="preserve">Yongyao Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xian Li</w:t>
+                <w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Bassa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mila</w:t>
+                <w:t xml:space="preserve">Pierre Frasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 65 (4), pp.1013-1023. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/ert440⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0084203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636520v1</w:t>
+                <w:t xml:space="preserve">hal-00982291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auxin Perception Is Required for Arbuscule Development in Arbuscular Mycorrhizal Symbiosis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Auxin Sl-IAA17 Transcriptional Repressor Controls Fruit Size Via the Regulation of Endoreduplication-Related Cell Expansion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Gutjahr</w:t>
+                <w:t xml:space="preserve">Liyan Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Malo Couzigou</w:t>
+                <w:t xml:space="preserve">Carole Bassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Audran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Zouine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Lauressergues</w:t>
+                <w:t xml:space="preserve">Catherine Cheniclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.114.246595⟩</w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 26 (n° 11), pp. 1969-1976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcu124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01518866v1</w:t>
+                <w:t xml:space="preserve">hal-01335934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the Tomato ARF Gene Family Uncovers a Multi-Levels Post-Transcriptional Regulation Including Alternative Splicing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Auxin Perception Is Required for Arbuscule Development in Arbuscular Mycorrhizal Symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Etemadi-Shalamzari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gutjahr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Malo Couzigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Frasse</w:t>
+                <w:t xml:space="preserve">Dominique Lauressergues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0084203⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 166 (1), pp.281-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.114.246595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00982291v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Auxin Sl-IAA17 Transcriptional Repressor Controls Fruit Size Via the Regulation of Endoreduplication-Related Cell Expansion.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome-wide identification, phylogenetic analysis, expression profiling, and proteinprotein interaction properties of TOPLESS gene family members in tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanwei Hao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liyan Su</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Xinyu Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Cheniclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, vol. 26 (n° 11), pp. 1969-1976. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65 (4), pp.1013-1023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcu124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ert440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335934v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sl-IAA27 gene expression is induced during arbuscular mycorrhizal symbiosis in tomato and in Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Etemadi-Shalamzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1903,278 +1903,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00983027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-Wide Identification, Functional Analysis and Expression Profiling of the Aux/IAA Gene Family in Tomato</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Phenotypes associated with down-regulation of Sl-IAA27 support functional diversity among Aux/IAA family members in tomato.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Audran-Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, vol. 53 (4), pp. 659-672. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcs022⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 53 (9), pp.1583-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcs101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823470v1</w:t>
+                <w:t xml:space="preserve">hal-00834949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypes associated with down-regulation of Sl-IAA27 support functional diversity among Aux/IAA family members in tomato.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Genome-Wide Identification, Functional Analysis and Expression Profiling of the Aux/IAA Gene Family in Tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Regad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Zouine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 53 (9), pp.1583-95. </w:t>
+              <w:t xml:space="preserve">, 2012, vol. 53 (4), pp. 659-672. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcs101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcs022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00834949v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The tomato SlIAA15 is involved in trichome formation and axillary shoot development</w:t>
               </w:r>
@@ -2454,51 +2454,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hua Cassan-Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2562,90 +2562,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The French contribution to the multinational Solanaceae Genomics Project as integrated part of the European effort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Frasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Latché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2842,51 +2842,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation and expression of zeaxanthin epoxidase mRNA in Arabidopsis in response to drought stress and during seed development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Liotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2980,51 +2980,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;em&amp;gt;N. plumbaginifolia&amp;lt;/em&amp;gt; zeaxanthin epoxidase transgenic lines have unaltered baseline ABA acuumulations in roots and xylem sap, but contrasting sensitivities of ABA accumulation to water deficit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3118,51 +3118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Gomord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3230,51 +3230,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering seed dormancy by the modification of zeaxanthin epoxidase gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3338,51 +3338,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression studies of the Zeaxanthin epoxidase gene in Nicotiana plumbaginifolia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3495,103 +3495,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and characterization of a large multigene family of cooperating effector genes facilitating cell-to-cell mobility conserved in Dothideomycetes and Sordariomycetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Talbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blekemolen Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Like Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like Fokkens</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th European Conference on Fungal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Dublin (Ireland), Ireland</w:t>
@@ -3620,103 +3620,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and characterization of a large multigene family of cooperating effector genes facilitating cell-to-cell mobility conserved in Dothideomycetes and Sordariomycetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Talbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blekemolen Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Like Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like Fokkens</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fungal Genetics Symposium Ile-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Paris, France</w:t>
@@ -3745,103 +3745,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and characterization of a large multigene family of cooperating effector genes facilitating cell-to-cell mobility conserved in Dothideomycetes and Sordariomycetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Talbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blekemolen Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Like Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like Fokkens</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Jean Chevaugeon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Aussois (FR), France</w:t>
@@ -3870,103 +3870,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CRISPRI AS A TOOL FOR THE FUNCTIONAL STUDY OF GENE FAMILIES IN XANTHOMONAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Audran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Audran</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">César Augusto Medina Culma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Escalone Aline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Javegny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
@@ -3995,103 +3995,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The neighbouring genes AvrLm10A and AvrLm10B are part of a large multigene family of cooperating effector genes conserved in Dothideomycetes and Sordariomycetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Talbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Like Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like Fokkens</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du réseau MoDIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lauret, France</w:t>
@@ -4133,51 +4133,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Black Rot of crucifers in New York State and the role of transcription activator-like effectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Dubrow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4409,51 +4409,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivanna Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Szurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4745,90 +4745,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypes associated with down-regulation of Sl-IAA27 support functional diversity among Aux/IAA family members in the tomato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Annual Meeting and MC meeting COST Action FA1106</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Ghania, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4853,64 +4853,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The auxin control of fruit development in tomato mediated by the Aux/IAA transcriptional regulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4978,64 +4978,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene and auxin interplay throughout fruit development and Ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5103,51 +5103,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of zeaxanthin epoxidase, a gene involved in abscisic acid biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5211,484 +5211,484 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INVOLVEMENT OF TALES IN XANTHOMONAS CAMPESTRIS PV. CAMPESTRIS PATHOGENICITY IN CAULIFLOWER</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FUNCTIONAL CHARACTERIZATION OF THE XANTHOMONAS CAMPESTRIS TALOME</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Audran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charleux Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Gris</w:t>
+                <w:t xml:space="preserve">Nicolas Denancé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivanna Fuentes</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie‐françoise Jardinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04208368v1</w:t>
+                <w:t xml:space="preserve">hal-04209771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and characterization of a large multigene family of cooperating effector genes facilitating cell-to-cell mobility conserved in Dothideomycetes and Sordariomycetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Talbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mila Blekemolen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Like Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like Fokkens</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04565521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FUNCTIONAL CHARACTERIZATION OF THE XANTHOMONAS CAMPESTRIS TALOME</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">INVOLVEMENT OF TALES IN XANTHOMONAS CAMPESTRIS PV. CAMPESTRIS PATHOGENICITY IN CAULIFLOWER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charleux Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Gris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivanna Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bellenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Denancé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ivanna Fuentes</w:t>
+                <w:t xml:space="preserve">Marie‐françoise Jardinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04209771v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and characterization of a large multigene family of cooperating effector genes facilitating cell-to-cell mobility conserved in Dothideomycetes and Sordariomycetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Talbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blekemolen Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Like Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like Fokkens</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Petit-Houdenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, lyon, France</w:t>
@@ -5717,51 +5717,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The tomato Aux/IAA gene family: structural and phylogenetic analyses and spatio-temporal expression pattern.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5855,90 +5855,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The French contribution to the international tomato genome sequencing program.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Frasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 4th Solanaceae Genome Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Jeju Island, South Korea</w:t>
@@ -5980,90 +5980,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sl-IAA3, a tomato Aux/IAA gene, provides a molecular link between ethylene and auxin signalling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hua Cassan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 4th Solanaceae Genome Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Jeju Island, South Korea</w:t>
@@ -6105,90 +6105,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Down-regulation of an Aux/IAA gene results in ethylene and auxin associated phenotypes in the tomato.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hua Cassan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Symposium on the Plant Hormone Ethylene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Pise (Italie), Italy</w:t>
@@ -6217,51 +6217,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of the tomato Aux/IAA gene family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6269,51 +6269,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Chateigner Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. France-Japan Workshop on Plant Sciences: Cellular Signalling and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Toulouse, France. , 2005</w:t>
@@ -6355,90 +6355,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the role of DR12, a tomato ARF-like gene, in fruit ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laure Chateigner Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Frasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Auxin 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Kolympari, Greece. 2004</w:t>
@@ -6557,51 +6557,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BF2CCA69"/>
+    <w:nsid w:val="F847617C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6788,51 +6788,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corinne-audran" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3083-8088" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166768197" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090329v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Talbi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Like Fokkens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petit-Houdenot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pouzet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/MPP.13338" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058189v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Z&#225;rate-Chaves" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Medina Culma" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Escalon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Javegny" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18808" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02278749v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Degrave" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blaise" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ollivier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15762" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626490v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchun Liu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Chen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hye Shin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mila" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15165" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494826v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillotin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Etemadi-Shalamzari" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran-Delalande" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouzayen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;card" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14246" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602230v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Serrano Valdivia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Buscaill" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.19755" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639902v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Maria Serrano Valdivia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Rivas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw088" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632541v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Ying Sung" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roustan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chervin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2015.1071001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636520v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwei Hao" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Wang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bassa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert440" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518866v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gutjahr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Malo Couzigou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lauressergues" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.246595" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982291v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongyao Fu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frasse" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0084203" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335934v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyan Su" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cheniclet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu124" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983027v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Combier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.25637" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823470v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Delalande" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Regad" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcs022" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834949v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcs101" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02646178v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Deng" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingwu Yang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenxin Ren" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04053.x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647706v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Ranc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Berard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173997" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668947v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Chaabouni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Jones" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Cassan-Wang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengguo Li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476979v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Latch&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5511/plantbiotechnology.24.27" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678444v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benichou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhengguo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Tournier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Chavez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Zegzouti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:PLAN.0000006943.23747.7d" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z55KBCC6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liotenberg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Gonneau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681450v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683628v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boisson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Gomord" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697455v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Marin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692376v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sotta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Meyer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250821v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blekemolen Mila" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250807v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250804v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208321v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Escalone Aline" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433035v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599683v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Dubrow" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Szurek" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lange, H.W." TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785852v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Blaise" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ollivier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Line Marais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734705v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lange" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanna Fuentes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Szurek" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791188v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785851v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04212685v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213759v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t van Der Rest" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213853v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Cassan Wang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213874v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208368v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charleux Brice" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bellenot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565521v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Blekemolen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209771v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Denanc&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209788v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213746v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Clamens" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Pech" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213823v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Philippot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213796v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213831v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827215v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner Boutin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829578v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateigner Boutin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corinne-audran" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3083-8088" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166768197" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058189v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Z&#225;rate-Chaves" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Medina Culma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Escalon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Javegny" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18808" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090329v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Talbi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Like Fokkens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petit-Houdenot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pouzet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/MPP.13338" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02278749v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Degrave" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blaise" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ollivier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15762" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626490v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchun Liu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Chen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hye Shin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mila" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15165" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494826v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillotin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Etemadi-Shalamzari" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran-Delalande" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouzayen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;card" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14246" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602230v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Serrano Valdivia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Buscaill" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.19755" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639902v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Maria Serrano Valdivia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Rivas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw088" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632541v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Ying Sung" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roustan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chervin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2015.1071001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982291v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongyao Fu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frasse" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0084203" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335934v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyan Su" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bassa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cheniclet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu124" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518866v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gutjahr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Malo Couzigou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lauressergues" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.246595" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636520v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwei Hao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Wang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Li" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert440" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983027v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Combier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.25637" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834949v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcs101" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823470v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Delalande" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Regad" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcs022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02646178v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Deng" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingwu Yang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenxin Ren" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04053.x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647706v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Ranc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Berard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173997" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668947v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Chaabouni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Jones" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Cassan-Wang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengguo Li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476979v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Latch&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5511/plantbiotechnology.24.27" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678444v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benichou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhengguo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Tournier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Chavez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Zegzouti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:PLAN.0000006943.23747.7d" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z55KBCC6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liotenberg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Gonneau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681450v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683628v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boisson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Gomord" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697455v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Marin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692376v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sotta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Meyer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250821v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blekemolen Mila" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250807v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250804v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208321v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Escalone Aline" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433035v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599683v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Dubrow" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Szurek" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lange, H.W." TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785852v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Blaise" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ollivier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Line Marais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734705v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lange" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanna Fuentes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Szurek" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791188v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785851v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04212685v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213759v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t van Der Rest" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213853v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Cassan Wang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213874v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209771v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charleux Brice" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Denanc&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565521v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Blekemolen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208368v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bellenot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209788v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213746v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Clamens" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Pech" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213823v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Philippot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213796v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213831v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827215v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner Boutin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829578v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateigner Boutin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>