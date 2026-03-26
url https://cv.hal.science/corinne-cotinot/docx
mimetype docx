--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BPA disrupts meiosis I in oogonia by acting on pathways including cell cycle regulation, meiosis initiation and spindle assembly</w:t>
+                <w:t xml:space="preserve">Ovine fetal testis stage-specific sensitivity to environmental chemical mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Richard Lea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Benoit Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Poumerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproductive Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 111, p. 166-177. </w:t>
+              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 163 (2), pp.119-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.reprotox.2022.06.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1530/REP-21-0235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03692951v1</w:t>
+                <w:t xml:space="preserve">hal-03560775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovine fetal testis stage-specific sensitivity to environmental chemical mixtures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BPA disrupts meiosis I in oogonia by acting on pathways including cell cycle regulation, meiosis initiation and spindle assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Lea</w:t>
+                <w:t xml:space="preserve">Paul A Fowler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 163 (2), pp.119-131. </w:t>
+              <w:t xml:space="preserve">Reproductive Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 111, p. 166-177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/REP-21-0235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.reprotox.2022.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560775v1</w:t>
+                <w:t xml:space="preserve">hal-03692951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term exposure to chemicals in sewage sludge fertilizer alters liver lipid content in females and cancer marker expression in males</w:t>
               </w:r>
@@ -685,51 +685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Stefansdottir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -819,64 +819,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.A. Fowler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.S. Macdonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroendocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 28 (12), </w:t>
@@ -940,77 +940,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Luangpraseuth-Prosper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 406 (2), pp.158-171. </w:t>
@@ -1221,51 +1221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Bellingham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Sharpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Rhind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1320,51 +1320,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perturbateurs endocriniens et fertilité féminine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gynécologie Pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Juin, pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1389,51 +1389,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science -fiction : Rêve ou réalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geo Ado Hors-Série</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8, pp.74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1452,234 +1452,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perturbateurs endocriniens et fertilité féminine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exposure to chemical cocktails before or after conception - The effect of timing on ovarian development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle M. Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria R. M. R. Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher J.B. C. J. Speers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carol E. C. E. Kyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gynécologie Obstétrique Pratique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 376 (1-2), pp.156-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mce.2013.06.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019148v1</w:t>
+                <w:t xml:space="preserve">hal-01001415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to chemical cocktails before or after conception - The effect of timing on ovarian development</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perturbateurs endocriniens et fertilité féminine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gynécologie Obstétrique Pratique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4ème trimestre (260), pp.8-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mce.2013.06.016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01001415v1</w:t>
+                <w:t xml:space="preserve">hal-01019148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peri-conceptional changes in maternal exposure to sewage sludge chemicals disturbs fetal thyroid gland development in sheep</w:t>
               </w:r>
@@ -1985,51 +1985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Nicolas J. N. Volff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix A. Luangpraseuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Poumerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (11), pp.1-15. </w:t>
@@ -2119,51 +2119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Benne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12 (august), pp.417. </w:t>
@@ -2387,51 +2387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bellingham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Sharpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 4 (7), pp.1227-1239. </w:t>
@@ -2788,51 +2788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stewart M. Rhind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Health Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 177 (10), pp.1556-1562. </w:t>
@@ -2864,563 +2864,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02668264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attempt to rescue sex-reversal by transgenic expression of the PISRT1 gene in XX PIS-/- goats</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of transcripts involved in meiosis and follicle formation during ovine ovary development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayhan Kocer</w:t>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Chesné</w:t>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sexual Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000143432⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9 (436), 12p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193505v1</w:t>
+                <w:t xml:space="preserve">hal-02658492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In utero exposure to low doses of environmental pollutants disrupts fetal ovarian development in sheep</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul A. Fowler</w:t>
+                <w:t xml:space="preserve">Attempt to rescue sex-reversal by transgenic expression of the PISRT1 gene in XX PIS-/- goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayhan Kocer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalie J. Dorà</w:t>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen Mcferran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David W. Miller</w:t>
+                <w:t xml:space="preserve">Patrick Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Human Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molehr/gan020⟩</w:t>
+              <w:t xml:space="preserve">Sexual Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2, pp.142-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000143432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666405v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic investigation of four meiotic genes in women with premature ovarian failure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">In utero exposure to low doses of environmental pollutants disrupts fetal ovarian development in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie J. Dorà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Touraine</w:t>
+                <w:t xml:space="preserve">Helen Mcferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Kuttenn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Agnes Rouxel</w:t>
+                <w:t xml:space="preserve">David W. Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/EJE-07-0400⟩</w:t>
+              <w:t xml:space="preserve">Molecular Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 14, pp.269-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molehr/gan020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02659458v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of transcripts involved in meiosis and follicle formation during ovine ovary development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic investigation of four meiotic genes in women with premature ovarian failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Touraine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Kuttenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrienne Baillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">Céline Derbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Cabau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+                <w:t xml:space="preserve">Agnes Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 9 (436), 12p. </w:t>
+              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 158, pp.107-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-436⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1530/EJE-07-0400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658492v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FOXL2 actives P450 aromatase gene transcription: towards a better characterization of the early steps of mammalian ovarian development</w:t>
               </w:r>
@@ -3445,51 +3445,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Batista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayhan Kocer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3540,51 +3540,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection du sexe: possibilités et limites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Praticien. Gynécologie et Obstrétrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 92, pp.13-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3661,51 +3661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond P. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 37 (Suppl. 1), pp.S55-S64</w:t>
@@ -3786,51 +3786,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Schibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.P. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 37 (1), pp.s55-s64. </w:t>
@@ -3907,51 +3907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4062,51 +4062,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Cocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 45 (3), pp.377-382. </w:t>
@@ -4295,51 +4295,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des inversions sexuelles à la compréhension de la différenciation des gonades chez les mammifères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine Clinique Endocrinologie et Diabète</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 12, pp.56-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4358,346 +4358,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression studies of the PIS-regulated genes suggest different mechanisms of sex determination within mammals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+                <w:t xml:space="preserve">Expression profiles and chromosomal localization of genes controlling meiosis and follicular development in the sheep ovary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Servel</w:t>
+                <w:t xml:space="preserve">A. Oustry-Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Vigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Cocquet</w:t>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Besnard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+                <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 101, pp.199-205</w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 68, pp.985-995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02675835v1</w:t>
+                <w:t xml:space="preserve">hal-02670627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression profiles and chromosomal localization of genes controlling meiosis and follicular development in the sheep ovary</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expression studies of the PIS-regulated genes suggest different mechanisms of sex determination within mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Servel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 68, pp.985-995</w:t>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 101, pp.199-205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02670627v1</w:t>
+                <w:t xml:space="preserve">hal-02675835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution and expression of FOXL2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Servel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4733,277 +4733,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02678819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of intersexuality in pigs associated with a de novo paracentric inversion 9 (p1.2; p2.2)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Infertilité humaine : des gènes de méiose comme candidats potentiels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Pinton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">C. Derbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
+                <w:t xml:space="preserve">F. Matsuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Darré</w:t>
+                <w:t xml:space="preserve">D.J. Wolgemuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 33, pp.69-71</w:t>
+              <w:t xml:space="preserve">Gynécologie Obstétrique &amp; Fertilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 30, pp.817-821</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02670807v1</w:t>
+                <w:t xml:space="preserve">hal-02674693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infertilité humaine : des gènes de méiose comme candidats potentiels</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A case of intersexuality in pigs associated with a de novo paracentric inversion 9 (p1.2; p2.2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Derbois</w:t>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Matsuda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+                <w:t xml:space="preserve">Claire Rogel Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.J. Wolgemuth</w:t>
+                <w:t xml:space="preserve">Roland Darré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gynécologie Obstétrique &amp; Fertilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 30, pp.817-821</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 33, pp.69-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02674693v1</w:t>
+                <w:t xml:space="preserve">hal-02670807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ontogenesis of female-to-male sex-reversal in XX polled goats</w:t>
               </w:r>
@@ -5028,51 +5028,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Vigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Servel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5114,103 +5114,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génétique et infertilité humaine : &amp;quot;une approche gènes candidats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Derbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Matsuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.J. Wolgemuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Humaine et Hormones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 15 (6), pp.390-394</w:t>
@@ -5278,51 +5278,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Vitro Cellular &amp; Developmental Biology - Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 35, pp.581-588</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5399,51 +5399,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ottolenghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 179, pp.3-16</w:t>
@@ -5524,51 +5524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sundström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Vigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Servel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 222, pp.328-340</w:t>
@@ -5636,51 +5636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Vigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Servel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sead Taourit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5735,64 +5735,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mammalian gonodal differentiation : the pig model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 58, pp.65-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5817,51 +5817,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexe et croissance cellulaire, une étonnante association?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 17, pp.917-918</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6005,497 +6005,497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02673308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The same mutation affecting the splicing of WT1 gene is present on Frasier syndrome patients with or without Wilm's tumor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-resolution human/goat comparative map of the goat polled/intersex syndrome (PIS): the human homologue is contained in a human YAC from HSA3q23</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Schibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oustry-Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S. Barbosa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A. Tar</w:t>
+                <w:t xml:space="preserve">T. Goldammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Mutation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 13, pp.146-153</w:t>
+              <w:t xml:space="preserve">Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 56, pp.31-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02686844v1</w:t>
+                <w:t xml:space="preserve">hal-02691627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The xenotransplantation of goat and human hematopoietic cells to sheep fetuses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The same mutation affecting the splicing of WT1 gene is present on Frasier syndrome patients with or without Wilm's tumor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.G. Hadjiathanasiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Theodoris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Papathanasiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendoline Colas</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+                <w:t xml:space="preserve">A. Tar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 67 (7), pp.984-990</w:t>
+              <w:t xml:space="preserve">Human Mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 13, pp.146-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02689445v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02686844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse transcription-polymerase chain reaction analysis of genes involved in gonadal differentiation in pigs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The xenotransplantation of goat and human hematopoietic cells to sheep fetuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hollands</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 61, pp.741-748</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 67 (7), pp.984-990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02684908v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02689445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution human/goat comparative map of the goat polled/intersex syndrome (PIS): the human homologue is contained in a human YAC from HSA3q23</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Oustry-Vaiman</w:t>
+                <w:t xml:space="preserve">Reverse transcription-polymerase chain reaction analysis of genes involved in gonadal differentiation in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 56, pp.31-39</w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 61, pp.741-748</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02691627v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02684908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'intersexualité chez l'homme et l'animal domestique. Apport en matière de différenciation sexuelle chez les mammifères</w:t>
               </w:r>
@@ -6520,64 +6520,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Barbaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus de l'Académie d'Agriculture de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 84 (3), pp.69-78</w:t>
@@ -6632,51 +6632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 29 (5), pp.401-402</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6865,51 +6865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Puissant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 135, pp.49-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6928,320 +6928,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02689476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ovine SOX2 gene : sequence, chromosomal localization and gonadal expression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relevance of intersexuality to breeding and reproductive biotechnology programs : XX sex reversal in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Payen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+                <w:t xml:space="preserve">L. Pelliniemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Gianquinto</w:t>
+                <w:t xml:space="preserve">A. Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Hayes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Le Pennec</w:t>
+                <w:t xml:space="preserve">T. Kuopio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 189, pp.143-147</w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 47, pp.93-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02691973v1</w:t>
+                <w:t xml:space="preserve">hal-02689923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of intersexuality to breeding and reproductive biotechnology programs : XX sex reversal in pigs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The ovine SOX2 gene : sequence, chromosomal localization and gonadal expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Payen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Pelliniemi</w:t>
+                <w:t xml:space="preserve">L. Gianquinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barbosa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Parma</w:t>
+                <w:t xml:space="preserve">Hélène Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Kuopio</w:t>
+                <w:t xml:space="preserve">N. Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 47, pp.93-102</w:t>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 189, pp.143-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02689923v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02691973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping in pig of genes involved in sexual differentiation : AMH, WT1, FTZF1, SOX2, SOX9, ACH, and placental and embryonic CYP19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7361,51 +7361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mammalian Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 8, pp.153-156</w:t>
@@ -7434,90 +7434,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of ovine SRY trasncript and developmental expression of genes involved in sexual differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Abou-Mehri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gianquinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7572,51 +7572,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping in pig of genes involved in sexual differentiation : AMH, CYP19, DAX1, SF1, SOX2, SOX9 and WT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7736,51 +7736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 27 (2), pp.72</w:t>
@@ -7822,64 +7822,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcription of Y- and X-linked genes in preimplantation ovine embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delouis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7917,103 +7917,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XX maleness : contribution of animal models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contraception Fertilité Sexualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 24 (9), pp.624-628</w:t>
@@ -8042,90 +8042,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheep gene mapping: assignment of ALDOB, CYP19, WT and SOX2 by somatic cell hybrid analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Saidi-Mehtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 26, pp.331-333</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8189,51 +8189,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.P. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hereditas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 122, pp.109-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8284,77 +8284,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Saïda-Mehtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 70, pp.112-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8418,51 +8418,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.P. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Darré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fellous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8504,90 +8504,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloning and characterization of a full-length cDNA coding for ovin aldolase B from fetal mesonephros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gianquinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bezard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Servel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8780,64 +8780,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Mc Elreavey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fellous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8888,51 +8888,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative HMG-box sequences of the SRY gene between sheep, cattle and goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.J. Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 21 (11), pp.2772</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9009,51 +9009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de l'Institut Pasteur/Actualités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 3 (2), pp.83-90</w:t>
@@ -9082,51 +9082,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix du sexe : possibilites et limites chez les animaux domestiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Agricultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 1, pp.325-334</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9164,64 +9164,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of flow cytometry analysis and sorting of bull spermatozoa by optical monitoring of cell orientation as evaluated by DNA specific probing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Metezeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Azoulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9297,90 +9297,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation of bovine Y-derived sequence : potential use in embryo sexing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gianquinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vaiman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9431,51 +9431,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic du sexe des embryons bovins par biologie moléculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9556,51 +9556,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic du sexe des embryons bovins par biologie moleculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9664,51 +9664,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sexage des embryons : vers une modification du sex ratio ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirzenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9785,51 +9785,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chromosomal localization of a bovine male specific probe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.P. Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9906,51 +9906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bishop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10040,51 +10040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10460,51 +10460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. Annual Conference IETS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2015, Versailles, France. </w:t>
@@ -10568,51 +10568,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neil P. Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Bellingham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stewart M. Rhind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10661,376 +10661,376 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contrôle de la reproduction : enjeux agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;FOXL2&amp;lt;/em&amp;gt; is a female sex-determining gene in the goat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de lancement du GdR 3606 REPRO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Apr 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02797437v1</w:t>
+                <w:t xml:space="preserve">hal-02741098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endocrine disruptors and ovine reproductive development</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le contrôle de la reproduction : enjeux agronomiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Ruminant Reproduction Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for the Study of Reproduction (SSR). USA., Aug 2014, Hokkaido, Japan. 632 p</w:t>
+              <w:t xml:space="preserve">Journée de lancement du GdR 3606 REPRO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Apr 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741122v1</w:t>
+                <w:t xml:space="preserve">hal-02797437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;FOXL2&amp;lt;/em&amp;gt; is a female sex-determining gene in the goat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
+                <w:t xml:space="preserve">Endocrine disruptors and ovine reproductive development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard G. Lea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Byers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
+              <w:t xml:space="preserve">9. International Ruminant Reproduction Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for the Study of Reproduction (SSR). USA., Aug 2014, Hokkaido, Japan. 632 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741098v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of sheep foetal ovarian development after in vivo and in vitro exposure to DEHP/MEHP, PCBs (101+118) and a mixture of both</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11124,90 +11124,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topaz1, un gène indispensable à la spermatogénèse et la fertilité mâle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Luangpraseuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11357,51 +11357,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perturbateurs endocriniens et fertilité féminine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Salon de Gynécologie Obstétrique Pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L.E.N. Médical. FRA., Mar 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11426,64 +11426,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro exopure to environmental doses of BPA, MEHP and PCBs results in few transcriptions alterations in the fetal sheep ovary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11551,51 +11551,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxiques et polluants : perturbateurs endocriniens chez la femelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Congrès de Médecine Périconceptionnelle IN UTERO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In utero, l'épigénétique et l'environnement. FRA., Oct 2012, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11646,51 +11646,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Beaujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Annual Consortium Meeting "Stem Cells in Regenerative Biology and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Regenerative Biology &amp; Medicine (REVIVE). FRA., Mar 2012, Cernay La Ville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11715,51 +11715,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des perturbateurs endocriniens sur le foetus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Congrès de Médecine Périconceptionnelle in utero</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Pédiatrie Ambulatoire (AFPA). FRA., Mar 2012, Paris, France. pp.18-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11836,51 +11836,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. Annual Meeting of the European Society of Human Reproduction and Embryology (ESHRE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Istanbul, Turkey. pp.ii35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11905,51 +11905,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles animaux et reprotoxicité chez la femelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animation Transversale "Perturbateurs endocriniens et métaboliques"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Alimentation Humaine (1189)., Mar 2012, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12125,64 +12125,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bellingham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Fiandanese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Byers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.P. Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12259,51 +12259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madia Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Harscoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12358,51 +12358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environnement et développement génital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Environnement et Fertilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MerckSerono. DEU., Nov 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12440,90 +12440,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topaz1 is essential for spermatogenesis and male fertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Luangpraseuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Eurpean Workshop on Molecular and Cellular Endocrinology on the Testis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Sexual Medicine (ESSM). ITA.; Institut Curie. FRA., Apr 2012, Stockholm, Sweden. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12542,2962 +12542,2962 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La différenciation ovarienne précoce et son contrôle génétique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">Generation of a cloned green fluorescent protein (GFP) expressing transgenic sheep for muscle stem cell graft experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reiner Veitia</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Différenciation et régulation des fonctions ovariennes : nouveaux concepts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/jbio/2011021⟩</w:t>
+              <w:t xml:space="preserve">37. Annual Conference of the IETS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2011, Orlando, United States. pp.259, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv23n1Ab325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019059v1</w:t>
+                <w:t xml:space="preserve">hal-01019055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue accumulation of selected endocrine disrupting compounds in fetuses following exposure to sewage sludge-treated pastures at different stages of gestation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La différenciation ovarienne précoce et son contrôle génétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stewart M. S. M. Rhind</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maria R. M. R. Ameezaga</w:t>
+                <w:t xml:space="preserve">Reiner Veitia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Copenhagen Workshop on Endocrine Disrupters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Différenciation et régulation des fonctions ovariennes : nouveaux concepts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Paris, France. pp.201-221, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jbio/2011021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001629v1</w:t>
+                <w:t xml:space="preserve">hal-01019059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term effects of environmental chemical exposure during development on the adult ovine reproductive neuroendocrine axis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Tissue accumulation of selected endocrine disrupting compounds in fetuses following exposure to sewage sludge-treated pastures at different stages of gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stewart M. S. M. Rhind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carol. E. C. E. Kyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria R. M. R. Ameezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît B. Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Society of Neuroendocrinology Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, British Society for Neuroendocrinology (BSN). GBR., Jul 2011, Cambridge, United Kingdom. pp.1</w:t>
+              <w:t xml:space="preserve">6. Copenhagen Workshop on Endocrine Disrupters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Copenhague, Denmark. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191266v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome profiling of sheep granulosa cells and oocytes during early follicular development obtained by Laser Capture Microdissection</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Long term effects of environmental chemical exposure during development on the adult ovine reproductive neuroendocrine axis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Rhind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Meeting of the Ovarian Club "The Oocyte : from Basic Research to Clinical Practice"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">British Society of Neuroendocrinology Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Society for Neuroendocrinology (BSN). GBR., Jul 2011, Cambridge, United Kingdom. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193855v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La différenciation ovarienne et son contrôle génétique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Transcriptome profiling of sheep granulosa cells and oocytes during early follicular development obtained by Laser Capture Microdissection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Benne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société de Biologie, Séance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société de Biologie. FRA., Jun 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">1. Meeting of the Ovarian Club "The Oocyte : from Basic Research to Clinical Practice"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02807685v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal exposure to a complex mixture of environmentally-relevant chemicals during critical developmental windows differentially affects fetal ovarian follicles and ovarian transcriptome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La différenciation ovarienne et son contrôle génétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Workshop on Endocrine Disrupters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">Société de Biologie, Séance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société de Biologie. FRA., Jun 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004519v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02807685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of the fetal ovine HPG axis is perturbed by environmental concentrations of endocrine disrupting chemicals</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId365" w:history="1">
+                <w:t xml:space="preserve">Maternal exposure to a complex mixture of environmentally-relevant chemicals during critical developmental windows differentially affects fetal ovarian follicles and ovarian transcriptome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît B. Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria R M. R. Amezzaga</w:t>
+                <w:t xml:space="preserve">Maria R M. R. Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca R. Mckinlay</w:t>
+                <w:t xml:space="preserve">Carol E C. E. Kyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Reproductive Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">6. Workshop on Endocrine Disrupters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004517v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure of fetal germ cells (F2) to a complex mixture of environmentally-relevant chemicals via grand-maternal (F0) ingestion subtly affects the fetal ovarian proteome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of the fetal ovine HPG axis is perturbed by environmental concentrations of endocrine disrupting chemicals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ja J. Skiba</w:t>
+                <w:t xml:space="preserve">Richard G R. G. Lea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît B. Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M M. Fraser</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">Maria R M. R. Amezzaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca R. Mckinlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Workshop on Endocrine Disrupters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">World Congress on Reproductive Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004518v1</w:t>
+                <w:t xml:space="preserve">hal-01004517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a cloned green fluorescent protein (GFP) expressing transgenic sheep for muscle stem cell graft experiments</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Exposure of fetal germ cells (F2) to a complex mixture of environmentally-relevant chemicals via grand-maternal (F0) ingestion subtly affects the fetal ovarian proteome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria R M. R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
+                <w:t xml:space="preserve">Ja J. Skiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M M. Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît B. Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Annual Conference of the IETS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6. Workshop on Endocrine Disrupters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Copenhague, Denmark</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019055v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mammifères d’élevage : modèles animaux pour des études fonctionnelles du développement embryonnaire, placentaire et fœtal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The effects of a cocktail of chemicals contained in sewage sludge on ovine fetal testis development during different periods of gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. G. Lea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rhind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biola Egbowon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Séminaire du réseau EFOR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau d'Etudes Fonctionnelles chez les Organismes Modèles (EFOR). Paris, FRA., Jan 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">Gordon Research Conferences. Environmental Endocrine Disruptors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Les Diablerets, Switzerland. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02820687v1</w:t>
+                <w:t xml:space="preserve">hal-02819522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scenarios for networking research facilities for ruminants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les mammifères d’élevage : modèles animaux pour des études fonctionnelles du développement embryonnaire, placentaire et fœtal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERIN Stakeholders’ Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Cracow-Balice, Poland</w:t>
+              <w:t xml:space="preserve">1. Séminaire du réseau EFOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau d'Etudes Fonctionnelles chez les Organismes Modèles (EFOR). Paris, FRA., Jan 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753098v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02820687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Erin project – Towards a European Ruminant Infrastructure Network</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Present trends in ruminant research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marketta Rinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenni Honkanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Kitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulla Sihto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERIN Stakeholders’ Conference</w:t>
+              <w:t xml:space="preserve">ERIN Stakeholders’ conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Cracow-Balice, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757718v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Present trends in ruminant research</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+                <w:t xml:space="preserve">Scenarios for networking research facilities for ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal P. d'Hour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Caray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERIN Stakeholders’ conference</w:t>
+              <w:t xml:space="preserve">ERIN Stakeholders’ Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Cracow-Balice, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750453v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovine fetal testis development is perturbed by in-utero exposure to a cocktail of chemicals contained in sewage sludge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Erin project – Towards a European Ruminant Infrastructure Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Veissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. G. Lea</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal P. d'Hour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference 2010 of the Society for Reproduction and Fertility</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Sutton Bonington, United Kingdom</w:t>
+              <w:t xml:space="preserve">ERIN Stakeholders’ Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Cracow-Balice, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754444v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of &amp;quot;real-life&amp;quot; environmental pollutant exposures on ovarian development and function in sheep</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ovine fetal testis development is perturbed by in-utero exposure to a cocktail of chemicals contained in sewage sludge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. G. Lea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Rhind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Egbowon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. R. Amezaga</w:t>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Annual Meeting of the Society for the Study of Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Milwaukee, Wisconsin, United States</w:t>
+              <w:t xml:space="preserve">Conference 2010 of the Society for Reproduction and Fertility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Sutton Bonington, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754752v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of in-utero and post-natal exposure to a complex cocktail of environmental chemicals on the ovarian proteome</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effect of &amp;quot;real-life&amp;quot; environmental pollutant exposures on ovarian development and function in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michelle Bellingham</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Demondion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conferences. Environmental Endocrine Disruptors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Les Diablerets, Switzerland. 1 p</w:t>
+              <w:t xml:space="preserve">43. Annual Meeting of the Society for the Study of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Milwaukee, Wisconsin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814521v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en place de l’ovaire chez les mammifères</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Effect of in-utero and post-natal exposure to a complex cocktail of environmental chemicals on the ovarian proteome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41. Journée Thématique de la Société Française pour l'étude de la fertilité (SFEF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">Gordon Research Conferences. Environmental Endocrine Disruptors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Les Diablerets, Switzerland. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752653v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental endocrine disruption of the ovary</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La mise en place de l’ovaire chez les mammifères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Nordic Congress of Obstetrics and Gynecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nordic Federation of Societies of Obstetrics and Gynecology. DNK., Jun 2010, Copenhague, Denmark. 41 p</w:t>
+              <w:t xml:space="preserve">41. Journée Thématique de la Société Française pour l'étude de la fertilité (SFEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755067v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to a cocktail of environmental chemicals at critical windows of fetal development: does timing matter to the fetus?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmental endocrine disruption of the ovary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Amezaga</w:t>
+                <w:t xml:space="preserve">R. Lea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Stefansdottir</w:t>
+                <w:t xml:space="preserve">K. Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Fraser</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">P. Pocar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference 2010 of the Society for Reproduction and Fertility</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Sutton Bonington, United Kingdom</w:t>
+              <w:t xml:space="preserve">37. Nordic Congress of Obstetrics and Gynecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nordic Federation of Societies of Obstetrics and Gynecology. DNK., Jun 2010, Copenhague, Denmark. 41 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754433v1</w:t>
+                <w:t xml:space="preserve">hal-02755067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue accumulation of selected endocrine disrupting compounds in fetuses following exposure to sewage sludge-treated pastures at different stages of gestation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. R Amezaga</w:t>
+                <w:t xml:space="preserve">Exposure to a cocktail of environmental chemicals at critical windows of fetal development: does timing matter to the fetus?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Stefansdottir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fraser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conferences. Environmental Endocrine Disruptors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Les Diablerets, Switzerland. 1 p</w:t>
+              <w:t xml:space="preserve">Conference 2010 of the Society for Reproduction and Fertility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Sutton Bonington, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02824117v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en place de l’ovaire chez les mammifères : une fille se crée dans le ventre de sa mère</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Tissue accumulation of selected endocrine disrupting compounds in fetuses following exposure to sewage sludge-treated pastures at different stages of gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Rhind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. E. Kyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journées Nationales de la Fédération Française d'Etude de la Reproduction (FFER)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Paris, France. 1 p</w:t>
+              <w:t xml:space="preserve">Gordon Research Conferences. Environmental Endocrine Disruptors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Les Diablerets, Switzerland. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815860v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of a cocktail of chemicals contained in sewage sludge on ovine fetal testis development during different periods of gestation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mise en place de l’ovaire chez les mammifères : une fille se crée dans le ventre de sa mère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conferences. Environmental Endocrine Disruptors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Les Diablerets, Switzerland. 1 p</w:t>
+              <w:t xml:space="preserve">15. Journées Nationales de la Fédération Française d'Etude de la Reproduction (FFER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02819522v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02815860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des polluants environnementaux sur le développement de l'ovaire chez le mouton</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Exposure to a cocktail of environmental chemicals alters the fetal uterus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria R. Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil P. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
+              <w:t xml:space="preserve">Fertility 2009. The 6th biennial conference of the UK Fertility Societies: the Association of Clinical Embryologists (ACE), the British Fertility Society (BFS) and the Society for Reproduction and Fertility (SRF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753493v1</w:t>
+                <w:t xml:space="preserve">hal-02755851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of transcripts involved in meiosis and follicle formation during ovine ovary development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact des polluants environnementaux sur le développement de l'ovaire chez le mouton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Workshop on Mammalian Folliculogenesis and oogenesis : from basic science to the clinic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Potsdam, Germany. p:18</w:t>
+              <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02819495v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REFOLLIS , Restitution des résultats scientifiques dans les projets financés par l'ANR</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Liaubet</w:t>
+                <w:t xml:space="preserve">Identification of transcripts involved in meiosis and follicle formation during ovine ovary development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIe Séminaire Agenae / Genanimal Tours, 21-23 octobre 2009 (oral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
+              <w:t xml:space="preserve">6. Workshop on Mammalian Folliculogenesis and oogenesis : from basic science to the clinic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Potsdam, Germany. p:18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02817818v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of pollutants on the reproduction and welfare of ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Rhind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15506,1237 +15506,1237 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bellingham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Sharpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.P. Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11 International Symposium on Ruminant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term effects of environmental EDC exposure on ovine pituitary KiSS-1 expression.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">REFOLLIS , Restitution des résultats scientifiques dans les projets financés par l'ANR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Benne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J. Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Liaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BSN MEETING 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Edinburgh, United Kingdom. n.p</w:t>
+              <w:t xml:space="preserve">VIIe Séminaire Agenae / Genanimal Tours, 21-23 octobre 2009 (oral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02816521v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sudden changes in exposure to environmental chemicals perturbs ovarian development.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long term effects of environmental EDC exposure on ovine pituitary KiSS-1 expression.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard M. Sharpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SRF Conference 2009 (Society for Reproduction and Fertility)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">BSN MEETING 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Edinburgh, United Kingdom. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754453v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue accumulation of endocrine disrupting compounds (EDC) in adult and fetal sheep following exposure to sewage sludge-treated pastures.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Mackie</w:t>
+                <w:t xml:space="preserve">Sudden changes in exposure to environmental chemicals perturbs ovarian development.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Macdonald</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E.I. Duff</w:t>
+                <w:t xml:space="preserve">Christopher Jb Speers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil P. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. International Symposium on Ruminant Physiology (ISRP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Clermont-Ferrand, France. n.p</w:t>
+              <w:t xml:space="preserve">SRF Conference 2009 (Society for Reproduction and Fertility)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02820070v1</w:t>
+                <w:t xml:space="preserve">hal-02754453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How should we be assessing oocyte and follicle health?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tissue accumulation of endocrine disrupting compounds (EDC) in adult and fetal sheep following exposure to sewage sludge-treated pastures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stewart M. Rhind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.E. Kyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mackie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Macdonald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Txaro Amezaga</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E.I. Duff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">National ovarian workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Cambridge, United Kingdom. n.p</w:t>
+              <w:t xml:space="preserve">11. International Symposium on Ruminant Physiology (ISRP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Clermont-Ferrand, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02816241v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02820070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of early folliculogenesis</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">How should we be assessing oocyte and follicle health?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Txaro Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan S Mcneilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norah Spears</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod : L’ARN au centre de la régulation des gènes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Roscoff, France. n.p</w:t>
+              <w:t xml:space="preserve">National ovarian workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Cambridge, United Kingdom. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815521v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to a cocktail of environmental chemicals alters the fetal uterus</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Neil P. Evans</w:t>
+                <w:t xml:space="preserve">Regulation of early folliculogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Benne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fertility 2009. The 6th biennial conference of the UK Fertility Societies: the Association of Clinical Embryologists (ACE), the British Fertility Society (BFS) and the Society for Reproduction and Fertility (SRF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod : L’ARN au centre de la régulation des gènes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Roscoff, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755851v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02815521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goat as model for studying ovarian differentiation in mammals</w:t>
+                <w:t xml:space="preserve">Goat as a Model for Studying R-Spondin Involvement in Ovarian Differentiation in Mammals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatemeh Montazer-Torbati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayhan Kocer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. International Congress on Animal Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">20. International Congress of Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753828v1</w:t>
+                <w:t xml:space="preserve">hal-02751764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a goat-specific anti-SRY antibody: Preliminary rsults ongoat SRY protein expression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Goat as model for studying ovarian differentiation in mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatemeh Montazer-Torbati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Auguste</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayhan Kocer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ayhan Kocer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. International Congress of Zoology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16. International Congress on Animal Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Budapest, Hungary</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752007v1</w:t>
+                <w:t xml:space="preserve">hal-02753828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goat as a Model for Studying R-Spondin Involvement in Ovarian Differentiation in Mammals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a goat-specific anti-SRY antibody: Preliminary rsults ongoat SRY protein expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatemeh Montazer-Torbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayhan Kocer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. International Congress of Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2009, Paris, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Aug 2008, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000195677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751764v1</w:t>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles animaux de physiopathologies humaines: un nouveau rôle pour les mammifères d'élevage</w:t>
               </w:r>
@@ -16847,90 +16847,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of genes expressed during sheep ovarian development by SSH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Symposium on the Biology of Vertebrate Sex Determination</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Hawaii, United States. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16955,51 +16955,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete sequencing of this pis locus in goat (500 KB) leads to the discovery of new pis-regulated transcripts expressed in ovaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayhan Kocer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17074,726 +17074,726 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'homologue du gène FOXL2 chez le poulet. L'étude comparative des profils d'expression des gènes CFOXL2 et aromatase dans les gonades d'embryons de poulet après l'inversion sexuelle induite par un inhibiteur d'aromatase ou l'oestradiol</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Brillard</w:t>
+                <w:t xml:space="preserve">Foxl2 gene and the development of the ovary: a story about goat, mouse, fish and woman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Batista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Atelier Déterminisme et Différenciation du Sexe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Symposium on Reproduction in Vertebrates and Man held in honor of Charles Thibault</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rnd:2005028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02759779v1</w:t>
+                <w:t xml:space="preserve">hal-02764507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en évidence et caractérisation d'un troisième gène, PFOXic, régulé par la région PIS chez la chèvre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'homologue du gène FOXL2 chez le poulet. L'étude comparative des profils d'expression des gènes CFOXL2 et aromatase dans les gonades d'embryons de poulet après l'inversion sexuelle induite par un inhibiteur d'aromatase ou l'oestradiol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Govoroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Tourlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Brillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 ème Atelier Déterminisme et Différenciation du Sexe</w:t>
+              <w:t xml:space="preserve">5. Atelier Déterminisme et Différenciation du Sexe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764251v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle murin est-il représentatif des mammifères?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mise en évidence et caractérisation d'un troisième gène, PFOXic, régulé par la région PIS chez la chèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Atelier Déterminisme et Différenciation du Sexe</w:t>
+              <w:t xml:space="preserve">5 ème Atelier Déterminisme et Différenciation du Sexe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02764365v1</w:t>
+                <w:t xml:space="preserve">hal-02764251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further observations on the roles of FOXL2 in ovarian. Differentiation and function in the chicken</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marina Govoroun</w:t>
+                <w:t xml:space="preserve">Le modèle murin est-il représentatif des mammifères?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Brillard</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental physiology and perinal development in poultry Adaptation in poultry: the impact of environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2003, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">5. Atelier Déterminisme et Différenciation du Sexe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02759545v1</w:t>
+                <w:t xml:space="preserve">hal-02764365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foxl2 gene and the development of the ovary: a story about goat, mouse, fish and woman</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+                <w:t xml:space="preserve">Further observations on the roles of FOXL2 in ovarian. Differentiation and function in the chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Govoroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Couty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Brillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Reproduction in Vertebrates and Man held in honor of Charles Thibault</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fundamental physiology and perinal development in poultry Adaptation in poultry: the impact of environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2003, Berlin, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764507v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression profiles and localization of genes involved in ovarian differentiation in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Oustry-Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.P. Cribiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Major Genes and QTL in Sheep and Goat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2003, Toulouse, France. pp.Communication n° 2-09</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17831,90 +17831,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XX sex reversion in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pelliniemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Legault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1997 IETS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, Nice, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17991,51 +17991,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. Congrès international de génétique animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1996, Tours, France</w:t>
@@ -18058,277 +18058,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02767142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping in pig of genes involved in sexual differentiation: AMH, CYP19, DAX1, SF1, SOX2, SOX9 and WT</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">XX maleness : contribution of animal models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Denis Milan</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Congrès International de Génétique Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 1996, Tours, France</w:t>
+              <w:t xml:space="preserve">1. Journées de la Fédération Française d'Etude de la Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02766878v1</w:t>
+                <w:t xml:space="preserve">hal-02838831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XX maleness : contribution of animal models</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">Mapping in pig of genes involved in sexual differentiation: AMH, CYP19, DAX1, SF1, SOX2, SOX9 and WT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Edmond E. Cribiu</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine M. Yerle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Parma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées de la Fédération Française d'Etude de la Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1996, Paris, France</w:t>
+              <w:t xml:space="preserve">25. Congrès International de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1996, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02838831v1</w:t>
+                <w:t xml:space="preserve">hal-02766878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic and genetic analysis of intersexuality in pigs</w:t>
               </w:r>
@@ -18366,51 +18366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Legault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1995, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18448,51 +18448,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intersexualite chez le porc : aspects physiologiques et genetiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18612,51 +18612,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la société française de génétique et de la société française de biologie du développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1995, Orléans, France</w:t>
@@ -18724,51 +18724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.M. Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Seguela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18823,51 +18823,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of human XX males and sexing of cattle embryos using Y-specific DNA sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18948,51 +18948,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexing of bovine embryos using male-specific nucleic acid probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19073,51 +19073,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexing of bovine embryos using male-specific nucleic acid probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19185,51 +19185,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloning and characterization of bovine Y-derived sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19588,51 +19588,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topaz1: an actor of the spermatogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Luangpraseuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19640,51 +19640,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Chadourne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journées Scientifiques du GdR Repro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Tours, France. , 76 p., 2017, 2èmes Journées scientifiques GDR REPRO 2017</w:t>
@@ -19707,623 +19707,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dérivation de gamètes &amp;lt;em&amp;gt;in vitro&amp;lt;/em&amp;gt; à partir de cellules iPS de lapin</w:t>
+                <w:t xml:space="preserve">Effects of low dose of bisphenol A on sheep fetal testis and ovary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Le Guienne</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Barbara B. Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Tours, France. , 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743225v1</w:t>
+                <w:t xml:space="preserve">hal-02742377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of low dose of bisphenol A on sheep fetal testis and ovary</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dérivation de gamètes &amp;lt;em&amp;gt;in vitro&amp;lt;/em&amp;gt; à partir de cellules iPS de lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Le Guienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara B. Panneau</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Tours, France. , 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742377v1</w:t>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topaz1: a new actor of the spermatogenesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lifelong exposure to sewage sludge chemicals causes proteome-wide and sex-specific disturbances in the liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Filis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Eaton-Turner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Bellingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Luangpraseuth Prosper</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Maria Amezaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées du GdR 3606 Repro</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Society for Endocrinology BES 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Edimbourgh, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BioScientifica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Endocrine Abstracts, 38, 2015, Endocrine Abstracts 2015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/endoabs.38.P250⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742537v1</w:t>
+                <w:t xml:space="preserve">hal-02743480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifelong exposure to sewage sludge chemicals causes proteome-wide and sex-specific disturbances in the liver</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maria Amezaga</w:t>
+                <w:t xml:space="preserve">Topaz1: a new actor of the spermatogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Luangpraseuth Prosper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for Endocrinology BES 2015</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1. Journées du GdR 3606 Repro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Rennes, France. , 105 p., 2015, 1ères Journées Scientifiques du GdR Repro</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743480v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Topaz1 gene is necessary for spermatogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix A. Luangpraseuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cotinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. European Testis Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Elsinore, Denmark. , 1 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20374,64 +20374,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix A. Luangpraseuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20581,103 +20581,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation d'un nouveau gène, Topaz1, spécifique des cellules germinales et conservé au cours de l'évolution des Vertébrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix A. Luangpraseuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Poumerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'animation Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2012, Rennes, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20728,51 +20728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.G. Lea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20879,51 +20879,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Tours, France. 1 p., 2010</w:t>
@@ -20952,77 +20952,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude d'un nouveau gène exprimé dans les gonades de mammifères: TOPAZ1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Tours, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21086,51 +21086,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.E. Kyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria R. Amezaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21172,51 +21172,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of in-utero and post-natal exposures to a complex cocktail of environmental chemicals (ECs) on the ewe ovarian transcriptome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21297,77 +21297,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of in-utero exposure to environmental chemicals on ovary development in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Loup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Poumerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul A. Fowler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21422,90 +21422,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of genes expressed during sheep ovarian development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Poumerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21594,77 +21594,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guiguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Govoroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Tourlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France. 2005, 1ères Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21689,90 +21689,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système BMP, nouvel acteur de la différenciation gonadique?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Atelier Déterminisme et Différenciation du Sexe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Nancy, France. 2004, 5ème Atelier Déterminisme et Différenciation du Sexe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21842,51 +21842,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary genomics of sex determination in domestic animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproductive genomics in domestic animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-Blackwell, 2010, 978-0-8138-1784-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21911,51 +21911,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular genetics of sex determination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22019,90 +22019,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le déterminisme du sexe : son contrôle génetique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ottolenghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reiner Veitia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fellous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22140,51 +22140,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex determination : genetic control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Mc Elreavey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22248,51 +22248,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le choix du sexe, la selection des spermatozoides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fellous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22330,51 +22330,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le choix du sexe. La selection des spermatozoides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kirszenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22697,103 +22697,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Report on the cross-comparison of future needs and supply of ruminants for research and potential scenarios of organisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cotinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. d'Hour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lebourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Caray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -22984,51 +22984,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03692951v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Loup" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Poumerol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Fowler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cotinot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reprotox.2022.06.001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03560775v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lea" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-21-0235" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628862v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Filis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Walker" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Robertson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Eaton-Turner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauma Ramona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2019.01.003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352483v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.2.2591" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641103v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G. Lea" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. Amezaga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Loup" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Stefansdottir" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22279" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637982v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellingham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Fowler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Macdonald" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jne.12444" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635577v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Luangpraseuth-Prosper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lesueur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2015.09.002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638689v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.12.039" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173635v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Evans" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bellingham" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Sharpe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Rhind" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-7763" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641662v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630578v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019148v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001415v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Bellingham" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. M. R. Amezaga" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J.B. C. J. Speers" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol E. C. E. Kyle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2013.06.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190430v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Hombach-Klonisch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Danescu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhana Begum" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart M. Rhind" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2012.12.022" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191280v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Bellingham" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mckinnell" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Amezaga" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongkai Zhang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2605.2011.01234.x" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000215v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne A. Baillet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan R. Le Bouffant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nicolas J. N. Volff" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix A. Luangpraseuth" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026950" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842681v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bonnet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Benne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-417" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668347v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fowler" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Amezaga" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Whitelaw" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Rhind" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2826.2010.01974.x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668440v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. P. Evans" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110000595" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malissen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vallet-Erdtmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jean Louis Guillou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. H&#233;rault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ewbank" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668388v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Kyle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mackie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mcdonald" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuochun Zhang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0em00009d" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668264v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A. Fowler" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/ehp.0900699" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193505v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Kocer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chesn&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000143432" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666405v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie J. Dor&#224;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mcferran" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Miller" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molehr/gan020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659458v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Touraine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Kuttenn" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Derbois" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Rouxel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-07-0400" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658492v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Baillet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-436" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661359v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Batista" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Renault" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.1.01947" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670981v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894489v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vigier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond P. Cribiu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671292v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vigier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Cribiu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672029v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renault" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2005.02.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S6S1F3P7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900568v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Batista" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaffaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cocquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2005028" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671957v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Govoroun" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Brillard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.20189" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681383v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675835v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Servel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cocquet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besnard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670627v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oustry-Vaiman" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond E. Cribiu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678819v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jaubert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670807v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Darr&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674693v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derbois" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Matsuda" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Wolgemuth" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681363v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669393v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673303v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Merhi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delouis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673255v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Veitia" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Salas-Cortes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ottolenghi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679306v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parma" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sundstr&#246;m" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674752v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Taourit" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678865v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672329v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673308v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686844v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Barbosa" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G. Hadjiathanasiou" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Theodoris" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Papathanasiou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689445v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Colas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hollands" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Locatelli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684908v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691627v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Goldammer" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697982v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbaux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693785v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689451v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oustry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689476v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Puissant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691973v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Payen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gianquinto" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Pennec" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689923v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pelliniemi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbosa" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kuopio" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695029v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685667v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Schmitz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Giraud-Delville" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694438v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abou-Mehri" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kirszenbaum" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693397v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692273v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686499v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bernardi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686909v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712907v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Saidi-Mehtar" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699315v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703625v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sa&#239;da-Mehtar" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710497v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fellous" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710505v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bezard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704807v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. Popescu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boscher" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Legault" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703518v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mc Elreavey" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vilain" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702201v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Payen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709822v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Richaud" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Mcelreavey" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abbas" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700886v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715398v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Metezeau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azoulay" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.1080300313" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-24L0VJJ4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714093v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leonard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaiman" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899316v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kirszenbaum" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leonard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vaiman" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fellous" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715444v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721507v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kirzenbaum" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724844v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P. Popescu" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728781v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bishop" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fellous" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721855v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chasset" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Salmon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pery" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738015v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Hussain Al-Gubory" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Reinaud" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736841v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743865v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauffr&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab118" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741592v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil P. Evans" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M. Sharpe" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797437v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741122v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Byers" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Evans" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741098v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189846v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin D. Sinclair" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189844v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Luangpraseuth" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019184v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807971v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189826v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R Amezaga" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Lea" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810342v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808235v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019228v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004094v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807476v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807696v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lecarpentier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191381v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fiandanese" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2012.02050.x" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193886v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Junien" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madia Charlier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Harsco&#235;t" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vieau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807920v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019621v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019059v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiner Veitia" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2011021" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22348FBA4B8E4200BFA98FDF3C9BB347A7E435E8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001629v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart M. S. M. Rhind" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol. E. C. E. Kyle" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. M. R. Ameezaga" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B. Loup" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191266v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193855v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807685v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004519v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R M. R. Amezaga" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol E C. E. Kyle" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004517v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G R. G. Lea" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R M. R. Amezzaga" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca R. Mckinlay" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004518v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja J. Skiba" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M. Fraser" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019055v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv23n1Ab325" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820687v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753098v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. d'Hour" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourhis" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caray" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757718v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750453v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketta Rinne" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenni Honkanen" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kitti" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Sihto" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754444v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. Lea" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Egbowon" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R Amezaga" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754752v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Demondion" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Fowler" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814521v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752653v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755067v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lea" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sinclair" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pocar" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fischer" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754433v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amezaga" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stefansdottir" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fraser" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824117v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Kyle" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815860v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819522v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rhind" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Amezaga" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biola Egbowon" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Fischer" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753493v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819495v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817818v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Sarry" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754430v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816521v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754453v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jb Speers" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820070v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Macdonald" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.I. Duff" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816241v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Txaro Amezaga" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan S Mcneilly" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Spears" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815521v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755851v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wilson" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753828v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Auguste" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Montazer-Torbati" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752007v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000195677" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751764v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824633v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marchal" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812656v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814693v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vacherie" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cattolico" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759779v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Govoroun" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tourlet" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brillard" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764251v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764365v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759545v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couty" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764507v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762490v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842808v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767142v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766878v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838831v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772295v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Popescu" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778151v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dando" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Gogu&#233;" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775623v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848559v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaffaux" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Berland" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Blanc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguela" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782804v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Casanova" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02781972v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782365v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leonard" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782376v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504598v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608312v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603127v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chadourne" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743225v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel-Carlier" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742377v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Panneau" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742537v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Luangpraseuth Prosper" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Husson" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743480v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Amezaga" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/333655.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.38.P250" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798148v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811374v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807808v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Capinalp" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810502v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808520v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Lea" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Mckinlay" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823259v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Constant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824646v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820175v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820285v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. Amezzaga" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sharpe" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817440v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751476v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2008.01234.x" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R49HLK12-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759716v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764089v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pierre" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815684v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830774v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833619v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845930v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858340v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855960v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899978v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02102503v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Auger" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balaguer" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bourc&#8217;his" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814866v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lebourhis" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03560775v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lea" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Loup" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Poumerol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-21-0235" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03692951v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Fowler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cotinot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reprotox.2022.06.001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628862v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Filis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Walker" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Robertson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Eaton-Turner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauma Ramona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2019.01.003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352483v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.2.2591" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641103v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G. Lea" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. Amezaga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Loup" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Stefansdottir" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22279" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637982v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellingham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Fowler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Macdonald" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jne.12444" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635577v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Luangpraseuth-Prosper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lesueur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2015.09.002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638689v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.12.039" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173635v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Evans" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bellingham" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Sharpe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Rhind" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-7763" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641662v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630578v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Bellingham" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. M. R. Amezaga" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J.B. C. J. Speers" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol E. C. E. Kyle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2013.06.016" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019148v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190430v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Hombach-Klonisch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Danescu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhana Begum" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart M. Rhind" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2012.12.022" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191280v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Bellingham" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mckinnell" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Amezaga" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongkai Zhang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2605.2011.01234.x" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000215v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne A. Baillet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan R. Le Bouffant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nicolas J. N. Volff" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix A. Luangpraseuth" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026950" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842681v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bonnet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Benne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-417" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668347v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fowler" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Amezaga" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Whitelaw" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Rhind" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2826.2010.01974.x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668440v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. P. Evans" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731110000595" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malissen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vallet-Erdtmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jean Louis Guillou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. H&#233;rault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ewbank" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668388v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Kyle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mackie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mcdonald" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuochun Zhang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0em00009d" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668264v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A. Fowler" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/ehp.0900699" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658492v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Baillet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-436" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193505v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Kocer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chesn&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000143432" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666405v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie J. Dor&#224;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mcferran" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Miller" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molehr/gan020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659458v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Touraine" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Kuttenn" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Derbois" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Rouxel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-07-0400" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661359v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Batista" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Renault" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.1.01947" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670981v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894489v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vigier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond P. Cribiu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671292v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vigier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Cribiu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672029v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renault" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2005.02.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S6S1F3P7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900568v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Batista" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaffaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cocquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2005028" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671957v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Govoroun" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Brillard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.20189" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681383v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670627v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oustry-Vaiman" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond E. Cribiu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675835v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Servel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cocquet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besnard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678819v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jaubert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674693v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derbois" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Matsuda" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Wolgemuth" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670807v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Darr&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681363v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669393v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673303v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Merhi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delouis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673255v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Veitia" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Salas-Cortes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ottolenghi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679306v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Parma" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sundstr&#246;m" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674752v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Taourit" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678865v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672329v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673308v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691627v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Goldammer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686844v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Barbosa" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G. Hadjiathanasiou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Theodoris" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Papathanasiou" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tar" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689445v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Colas" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hollands" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Locatelli" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684908v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697982v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbaux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693785v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689451v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oustry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689476v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Puissant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689923v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pelliniemi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbosa" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kuopio" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691973v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Payen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gianquinto" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Pennec" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695029v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685667v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Schmitz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Giraud-Delville" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694438v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abou-Mehri" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kirszenbaum" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693397v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692273v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686499v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bernardi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686909v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712907v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Saidi-Mehtar" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699315v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703625v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sa&#239;da-Mehtar" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710497v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fellous" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710505v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bezard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704807v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. Popescu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boscher" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Legault" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703518v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mc Elreavey" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vilain" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702201v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Payen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709822v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Richaud" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Mcelreavey" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abbas" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700886v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715398v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Metezeau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azoulay" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.1080300313" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-24L0VJJ4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714093v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leonard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaiman" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899316v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kirszenbaum" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leonard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vaiman" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fellous" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715444v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721507v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kirzenbaum" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724844v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P. Popescu" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728781v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bishop" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fellous" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721855v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chasset" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Salmon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pery" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738015v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Hussain Al-Gubory" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Reinaud" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736841v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743865v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauffr&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab118" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741592v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil P. Evans" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M. Sharpe" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741098v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797437v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741122v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Byers" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Evans" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189846v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin D. Sinclair" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189844v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Luangpraseuth" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019184v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807971v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189826v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R Amezaga" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Lea" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810342v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808235v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019228v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004094v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807476v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807696v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lecarpentier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191381v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fiandanese" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2012.02050.x" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193886v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Junien" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madia Charlier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Harsco&#235;t" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vieau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807920v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019621v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019055v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv23n1Ab325" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019059v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiner Veitia" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2011021" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22348FBA4B8E4200BFA98FDF3C9BB347A7E435E8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001629v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart M. S. M. Rhind" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol. E. C. E. Kyle" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. M. R. Ameezaga" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B. Loup" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191266v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193855v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807685v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004519v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R M. R. Amezaga" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol E C. E. Kyle" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004517v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G R. G. Lea" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R M. R. Amezzaga" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca R. Mckinlay" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004518v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja J. Skiba" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M. Fraser" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819522v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. Lea" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rhind" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Amezaga" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biola Egbowon" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Fischer" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820687v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750453v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketta Rinne" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenni Honkanen" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kitti" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Sihto" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753098v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. d'Hour" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourhis" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caray" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757718v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754444v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Egbowon" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R Amezaga" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754752v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Demondion" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Fowler" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814521v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752653v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755067v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lea" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sinclair" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pocar" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fischer" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754433v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amezaga" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stefansdottir" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fraser" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824117v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Kyle" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815860v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755851v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wilson" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753493v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819495v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754430v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817818v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Sarry" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816521v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754453v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jb Speers" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820070v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Macdonald" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.I. Duff" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816241v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Txaro Amezaga" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan S Mcneilly" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Spears" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815521v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751764v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Auguste" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Montazer-Torbati" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753828v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752007v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000195677" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824633v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marchal" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812656v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814693v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vacherie" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cattolico" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764507v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759779v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Govoroun" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tourlet" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brillard" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764251v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764365v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759545v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couty" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762490v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842808v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767142v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838831v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766878v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772295v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Popescu" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778151v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dando" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Gogu&#233;" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775623v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848559v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaffaux" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Berland" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Blanc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguela" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782804v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Casanova" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02781972v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782365v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leonard" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782376v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504598v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608312v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603127v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chadourne" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742377v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Panneau" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743225v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel-Carlier" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743480v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Amezaga" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/333655.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.38.P250" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742537v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Luangpraseuth Prosper" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Husson" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798148v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811374v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807808v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Capinalp" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810502v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808520v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Lea" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Mckinlay" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823259v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Constant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824646v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820175v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820285v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R. Amezzaga" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sharpe" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817440v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751476v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2008.01234.x" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R49HLK12-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759716v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764089v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pierre" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815684v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830774v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833619v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845930v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858340v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855960v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899978v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02102503v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Auger" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balaguer" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bourc&#8217;his" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814866v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lebourhis" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>