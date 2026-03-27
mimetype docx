--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -100,260 +100,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traumatisme de la naissance et addictions : approche théorique et perspectives thérapeutiques du climat d’angoisse…</w:t>
+                <w:t xml:space="preserve">Pour une clinique phénoménologique : apport du psychodrame de groupe dans la thérapie de patients souffrant de schizophrénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Boulze-Launay</w:t>
+                <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Gal</w:t>
+                <w:t xml:space="preserve">Alexandre Chapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Rigaud</w:t>
+                <w:t xml:space="preserve">Marielle Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Psychoanalysis = Revue canadienne de psychanalyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 33 (1), pp.109-127</w:t>
+              <w:t xml:space="preserve">L'Information Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05366133v1</w:t>
+                <w:t xml:space="preserve">hal-05024148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une clinique phénoménologique : apport du psychodrame de groupe dans la thérapie de patients souffrant de schizophrénie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Traumatisme de la naissance et addictions : approche théorique et perspectives thérapeutiques du climat d’angoisse…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Boulze-Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Fau</w:t>
+                <w:t xml:space="preserve">Alain Rigaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information Psychiatrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Psychoanalysis = Revue canadienne de psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (1), pp.109-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05024148v1</w:t>
+                <w:t xml:space="preserve">hal-05366133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Value of a Heideggerian Approach to Anorexia: Time, Solitude and Intersubjectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy, Psychiatry and Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 32 (1), pp.45-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -378,64 +378,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boredom and Anorexia: Escaping the Ontological Condition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy, Psychiatry and Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 32 (1), pp.22-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -460,64 +460,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche phénoménologique de l’éco-anxiété : des enjeux ontologiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Information Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8 (100), pp.655-660. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
@@ -551,77 +551,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Existential Psychodrama: A Way to Incorporate Otherness and Open Up to Existence: A Clinical Approach of Psychosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Gal</w:t>
+                <w:t xml:space="preserve">Alexandre Chapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy, Psychiatry &amp; Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 30 (3), pp.215 - 226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
@@ -668,51 +668,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un cheval pour cheminer vers l’existence: L’émergence de la présence par la rencontre thérapeutique en médiation avec le cheval dans la douleur chronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Empan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
@@ -746,77 +746,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philosophers, Carers, and Psychodramatic Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Gal</w:t>
+                <w:t xml:space="preserve">Alexandre Chapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy, Psychiatry &amp; Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 30 (3), pp.231 - 233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
@@ -844,300 +844,300 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04410793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’usage de la fiction en psychodrame auprès d’adultes psychotiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Psychodrame, psychose et motion transsubjective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Estellon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de psychologie clinique </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cpc.055.0351⟩</w:t>
+              <w:t xml:space="preserve">Revue de psychothérapie Psychanalytique de Groupes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 74 (1), pp.180 - 192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rppg.074.0181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03909454v1</w:t>
+                <w:t xml:space="preserve">hal-04410810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le psychodrame de groupe : un théâtre des limites ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Estellon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, T.38 n° 2 (2), pp.521-531. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ado.106.0521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03909458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychodrame, psychose et motion transsubjective</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">L’usage de la fiction en psychodrame auprès d’adultes psychotiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Leroy-Viémon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Estellon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de psychothérapie Psychanalytique de Groupes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 74 (1), pp.180 - 192. </w:t>
+              <w:t xml:space="preserve">Cahiers de psychologie clinique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 55 (2), pp.351-362. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rppg.074.0181⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cpc.055.0351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04410810v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03909454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport et psychothérapie phénoménologique</w:t>
               </w:r>
@@ -1162,51 +1162,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Decocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanine Chamond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 32 (2), pp.363-376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1234,213 +1234,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03063448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principes d’un dispositif psycho-phénoménologique « d’aide aux aidants »</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Utilisation du contact comme ouverture à la rencontre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Leroy-Viémon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jose Luis Moraguès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives Psy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychotherapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (1), pp.19-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psys.081.0019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03061845v1</w:t>
+                <w:t xml:space="preserve">hal-02875788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation du contact comme ouverture à la rencontre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Principes d’un dispositif psycho-phénoménologique « d’aide aux aidants »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Leroy-Viémon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Luis Moraguès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychotherapies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Perspectives Psy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47 (4), pp.398-409</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875788v1</w:t>
+                <w:t xml:space="preserve">hal-03061845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1458,64 +1458,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un parcours en phénoménologie clinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l’Atelier francophone de phénoménologie clinique.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atelier francophone de phénoménologie clinique, Jun 2024, Bruxelles (BEL), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1540,51 +1540,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danser avec les étoiles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude de l’Association belge de psychodrame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, association .be, Dec 2023, Bruxelles (BE), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1641,51 +1641,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychodrame de groupe : quand l'élaboration passe par le corps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'élaboration mentale. Comprendre les mécanismes qui sous tendent la santé mentale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 978-2-294-77177-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1710,51 +1710,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expérience de la présomption binswangérienne en psychodrame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludwig Binswanger Philosophie Anthropologie clinique Daseinsanalyse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1779,51 +1779,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychodrame, psychose et fabrique du soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phénoménologie des sentiments corporels II Fatigue, lassitude, ennui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1880,51 +1880,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lo psicodramma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">tecniche nuove. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1942,51 +1942,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le psychodrame, une expérience aussi forte que la vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Odile Jacob. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2004,77 +2004,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sida, dépression et relance existentielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Luis Moraguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Leroy-Viémon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 102 p., 2005, 2-84269-478-3</w:t>
             </w:r>
           </w:p>
@@ -2133,51 +2133,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La motion transubjective : un mouvement d’autoréalisation de soi impulsé par la méthode du psychodrame existentiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université Paul Valéry - Montpellier III, 2017. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017MON30079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2373,51 +2373,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05366133v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulze-Launay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rigaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024148v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Fau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025506v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024138v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828758v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2024.2785" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410785v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ppp.2023.a908271" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410805v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dugas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.130.0060" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410793v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ppp.2023.a908274" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909454v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leroy-Vi&#233;mon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Estellon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cpc.055.0351" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909458v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.106.0521" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410810v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rppg.074.0181" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063448v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leroy Viemon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Decocq" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Chamond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.088.0363" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061845v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Moragu&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875788v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.081.0019" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828830v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828814v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410825v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410837v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410843v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024161v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024104v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333834v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01823908v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MON30079" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024148v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Fau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05366133v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boulze-Launay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rigaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025506v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024138v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828758v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2024.2785" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410785v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ppp.2023.a908271" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410805v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dugas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.130.0060" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410793v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ppp.2023.a908274" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410810v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rppg.074.0181" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909458v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Estellon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.106.0521" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909454v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leroy-Vi&#233;mon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cpc.055.0351" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063448v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leroy Viemon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Decocq" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Chamond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.088.0363" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875788v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.081.0019" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061845v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Moragu&#232;s" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828830v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828814v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410825v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410837v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04410843v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024161v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024104v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333834v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01823908v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MON30079" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>