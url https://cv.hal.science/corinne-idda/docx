--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Corinne Idda </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modular Approach for ABM/LMM Models: Specification of Reusable Building Blocks Centred on the Economic Concepts of WTA and WTP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal On Advances in Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (1 &amp; 2), pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05161281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An iterative process to construct an interdisciplinary ABM using MR POTATOHEAD: An application to Housing Market Models in touristic areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 44, pp.100882. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecocom.2020.100882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Prise en compte de l'espace et des comportements stratégiques dans un modèle bioéconomique d'exploitation des langoustes en Corse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corse d'hier et de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Actes de la 6ème Tribune des chercheurs - 6 juin 2014, n°7, pp. 47-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01362071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blocs de Construction Réutilisables pour Simulations à Base d'Agents: vers une méthode pour composer et construire des ABM/LUCC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFMS 2024. Simulation multi-agents: nouvelles approches, nouveaux enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Cargèse (Institut d'Etudes Scientifiques), Corsica, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reusable Building Blocks for Agent-Based Simulations: Towards a Method for Composing and Building ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Sixteenth International Conference on Advances in System Modeling and Simulation SIMUL 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Venice / Mestre, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reusable Building Blocks for Agent-Based Simulations: Towards a Method for Composing and Building ABM/LUCC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Sixteenth International Conference on Advances in System Modeling and Simulation SIMUL 2024, Venice-Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Ville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modelling methodological framework to conduct ABM/LMM interdisciplinary simulation projects and to promote reusable building blocks in executable models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Workshop on Institutions, Individual Behavior and Economic Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Ville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A resuable, extensible Netlogo building block of land and housing markets in a touristic region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennial iEMSs (international Environmental Modelling and Software society) conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of conflicts over land use in Corsica using an Agent-Based Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Palma de Majorque, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agent-based modelling of a small-scale fishery in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Régis Gonsolin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SESDE 2022 International Workshop on Simulation for Energy, Sustainable Development &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46354/i3m.2022.sesde.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using spatial econometrics models to parametrize ABM : an application to land and housing market in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité du Grupo de Investigación en Dinámica Económica (GIDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using spatial econometrics models to parametrize ABM : an application to land and housing market in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Workshop on “Institutions, Individual Behavior and Economic Outcomes” Session “Environmental and ecological economics”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ABM/LUCC of a complex economic system of land and home markets facing an intense residential development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Dettoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuheng Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Orlando, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSCI50451.2021.9660189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of port noise on residents'willingness to pay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ciucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSV 27: 27th International Congress on Sound and Vibration, Annual Congress of the International Institute of Acoustics and Vibration (IIAV),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agent-Based Modelling of the spread of COVID-19 in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Regis Gonsolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Urbani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Orlando, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSCI50451.2021.9660184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Multicomponent Agent-Based Simulation of a Fishery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Regis Gonsolin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Summer Simulation Virtual Conference (SummerSim’20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hiérarchique à base d’agents pour les pêcheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de la Modélisation et de la Simulation (JFMS 2020) – 3ème workshop du réseau DEVS (RED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Cargese, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban, agricultural and touristic land use patterns: combining spatial econometrics and ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 4th World Conference on Complex Systems (WCCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Ouarzazate, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICoCS.2019.8930776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MR POTATOHEAD : Property Market Edition|Development of a Common Description Template and Code Base for Agent-Based Land Market Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn C. Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Carro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Filatova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaqi Ge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Simulation Conference 2019, 15th annual Social Simulation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Mainz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban, agricultural and tourist land use patterns: combining spatial econometrics and ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Modelling Complex Urban Environments II, Institute for New Economic Thinking, Oxford University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban, agricultural and tourist land use patterns : combining spatial econometrics and ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Modelling Complex Urban Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Waterloo, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécification conceptuelle MR POTATOHEAD – Property Market Edition du système complexe d’un territoire touristique à deux marchés : application au territoire corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn-Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA), 2023, 9782911285530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécification conceptuelle MR POTATOHEAD -Property Market Edition du système complexe d'un territoire touristique à deux marchés : application au territoire corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Corse - UMR CNRS 6240 LISA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.192-213, 2023, 978-2-911285-53-0. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58110/estate-bg32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des conflits liés à l'utilisation des terres en Corse à l'aide d'un modèle à base d'agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuheng Ling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Corse - UMR CNRS 6240 LISA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.214-246, 2023, 978-2-911285-53-0. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58110/estate-jx86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des conflits liés à l’utilisation des terres en Corse à l’aide d’un modèle à base d’agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuheng Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA), 2023, 9782911285530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hiérarchique à base d’agents pour les pêcheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Convergences entre la Théorie de la Modélisation et de la Simulation et les Systèmes multi-agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Cépaduès, pp. 90-96, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation informatique du développement résidentiel d'un territoire touristique : économétrie spatiale et ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDF 2018 - Les Journées DEVS Francophones - Applications de la théorie de la Modélisation et de la Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels coûts sociaux pour la pollution sonore ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Ciucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">titre ouvrage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reviewer pour le 10th International Workshop on Simulation for Energy, Sustainable Development & Environment, 19th International Multidisciplinary Modeling & Simulation Multiconference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">titre ouvrage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visiting au Centre for North South Economic Research (Sardinia, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">titre ouvrage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Development Policies of a Tourist Territory Confronted with Intensive Urban Development using a Multi-Agent Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghjuvan’dumè Maraninchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId67"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Corinne Idda </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modular Approach for ABM/LMM Models: Specification of Reusable Building Blocks Centred on the Economic Concepts of WTA and WTP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal On Advances in Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (1 &amp; 2), pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05161281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An iterative process to construct an interdisciplinary ABM using MR POTATOHEAD: An application to Housing Market Models in touristic areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 44, pp.100882. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecocom.2020.100882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Prise en compte de l'espace et des comportements stratégiques dans un modèle bioéconomique d'exploitation des langoustes en Corse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corse d'hier et de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Actes de la 6ème Tribune des chercheurs - 6 juin 2014, n°7, pp. 47-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01362071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reusable Building Blocks for Agent-Based Simulations: Towards a Method for Composing and Building ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Sixteenth International Conference on Advances in System Modeling and Simulation SIMUL 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Venice / Mestre, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reusable Building Blocks for Agent-Based Simulations: Towards a Method for Composing and Building ABM/LUCC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Sixteenth International Conference on Advances in System Modeling and Simulation SIMUL 2024, Venice-Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Ville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blocs de Construction Réutilisables pour Simulations à Base d'Agents: vers une méthode pour composer et construire des ABM/LUCC.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFMS 2024. Simulation multi-agents: nouvelles approches, nouveaux enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Cargèse (Institut d'Etudes Scientifiques), Corsica, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modelling methodological framework to conduct ABM/LMM interdisciplinary simulation projects and to promote reusable building blocks in executable models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Workshop on Institutions, Individual Behavior and Economic Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Ville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using spatial econometrics models to parametrize ABM : an application to land and housing market in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité du Grupo de Investigación en Dinámica Económica (GIDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using spatial econometrics models to parametrize ABM : an application to land and housing market in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Workshop on “Institutions, Individual Behavior and Economic Outcomes” Session “Environmental and ecological economics”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agent-based modelling of a small-scale fishery in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Régis Gonsolin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SESDE 2022 International Workshop on Simulation for Energy, Sustainable Development &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46354/i3m.2022.sesde.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of conflicts over land use in Corsica using an Agent-Based Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Palma de Majorque, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A resuable, extensible Netlogo building block of land and housing markets in a touristic region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ling Yuheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennial iEMSs (international Environmental Modelling and Software society) conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of port noise on residents'willingness to pay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ciucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSV 27: 27th International Congress on Sound and Vibration, Annual Congress of the International Institute of Acoustics and Vibration (IIAV),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agent-Based Modelling of the spread of COVID-19 in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Delhom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Regis Gonsolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Urbani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Orlando, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSCI50451.2021.9660184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ABM/LUCC of a complex economic system of land and home markets facing an intense residential development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Dettoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuheng Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Orlando, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSCI50451.2021.9660189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Multicomponent Agent-Based Simulation of a Fishery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Regis Gonsolin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Summer Simulation Virtual Conference (SummerSim’20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hiérarchique à base d’agents pour les pêcheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de la Modélisation et de la Simulation (JFMS 2020) – 3ème workshop du réseau DEVS (RED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Cargese, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban, agricultural and touristic land use patterns: combining spatial econometrics and ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 4th World Conference on Complex Systems (WCCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Ouarzazate, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICoCS.2019.8930776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MR POTATOHEAD : Property Market Edition|Development of a Common Description Template and Code Base for Agent-Based Land Market Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn C. Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Carro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Filatova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaqi Ge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Simulation Conference 2019, 15th annual Social Simulation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Mainz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban, agricultural and tourist land use patterns : combining spatial econometrics and ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Modelling Complex Urban Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Waterloo, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban, agricultural and tourist land use patterns: combining spatial econometrics and ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Modelling Complex Urban Environments II, Institute for New Economic Thinking, Oxford University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des conflits liés à l'utilisation des terres en Corse à l'aide d'un modèle à base d'agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuheng Ling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Corse - UMR CNRS 6240 LISA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.214-246, 2023, 978-2-911285-53-0. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58110/estate-jx86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des conflits liés à l’utilisation des terres en Corse à l’aide d’un modèle à base d’agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuheng Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA), 2023, 9782911285530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécification conceptuelle MR POTATOHEAD -Property Market Edition du système complexe d'un territoire touristique à deux marchés : application au territoire corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Corse - UMR CNRS 6240 LISA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.192-213, 2023, 978-2-911285-53-0. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58110/estate-bg32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécification conceptuelle MR POTATOHEAD – Property Market Edition du système complexe d’un territoire touristique à deux marchés : application au territoire corse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawn-Cassandra Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESTATE – Etude de la SouTenAbilité des recompositions TErritoriales de la Corse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Corsica Pasquale Paoli, CNRS, Laboratoire ``Lieux, Identités, eSpaces, Activités'' (UMR 6240 LISA), 2023, 9782911285530</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hiérarchique à base d’agents pour les pêcheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Convergences entre la Théorie de la Modélisation et de la Simulation et les Systèmes multi-agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Cépaduès, pp. 90-96, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation informatique du développement résidentiel d'un territoire touristique : économétrie spatiale et ABM/LUCC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDF 2018 - Les Journées DEVS Francophones - Applications de la théorie de la Modélisation et de la Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02549828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels coûts sociaux pour la pollution sonore ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Ciucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">titre ouvrage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reviewer pour le 10th International Workshop on Simulation for Energy, Sustainable Development & Environment, 19th International Multidisciplinary Modeling & Simulation Multiconference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">titre ouvrage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visiting au Centre for North South Economic Research (Sardinia, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">titre ouvrage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Development Policies of a Tourist Territory Confronted with Intensive Urban Development using a Multi-Agent Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Prunetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Innocenti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghjuvan’dumè Maraninchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Idda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Detotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId67"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161281v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Innocenti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Prunetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Delhom" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Idda" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104980v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Detotto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn Cassandra Parker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2020.100882" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362071v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862925v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862884v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476741v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476626v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886692v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Innocenti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yuheng" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886664v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886619v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-R&#233;gis Gonsolin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46354/i3m.2022.sesde.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886642v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886677v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886911v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Dettoto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuheng Ling" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI50451.2021.9660189" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388891v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ciucci" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886903v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Regis Gonsolin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Urbani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI50451.2021.9660184" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388940v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Innocenti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388930v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549832v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICoCS.2019.8930776" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549895v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn C. Parker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Carro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Filatova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Ge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388855v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549876v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476867v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn-Cassandra Parker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58110/estate-bg32" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121412v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58110/estate-jx86" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476864v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388916v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549828v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476465v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ciucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476455v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071432v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghjuvan&#8217;dum&#232; Maraninchi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161281v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Innocenti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Prunetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Delhom" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Idda" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104980v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Detotto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn Cassandra Parker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2020.100882" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362071v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862884v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476741v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862925v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476626v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886642v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yuheng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886677v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886619v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-R&#233;gis Gonsolin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46354/i3m.2022.sesde.005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886664v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886692v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Innocenti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388891v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ciucci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886903v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Regis Gonsolin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Urbani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI50451.2021.9660184" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886911v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Dettoto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuheng Ling" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI50451.2021.9660189" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388940v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Innocenti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388930v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549832v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICoCS.2019.8930776" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549895v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn C. Parker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Carro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Filatova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Ge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549876v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388855v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121412v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58110/estate-jx86" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476864v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121402v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58110/estate-bg32" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476867v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn-Cassandra Parker" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388916v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549828v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476465v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ciucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476455v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071432v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghjuvan&#8217;dum&#232; Maraninchi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>