--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -1485,277 +1485,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the potential conversion of lignin into aromatic molecules by bacterial strains</w:t>
+                <w:t xml:space="preserve">LIGNIN VALORIZATION : MICROORGANISMS AND ENZYMES AT THE HEART OF THE PROCESS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">David Mathiron</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cronier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issa Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOTRANS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">LIGNOCOST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05166104v1</w:t>
+                <w:t xml:space="preserve">hal-05164748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIGNIN VALORIZATION : MICROORGANISMS AND ENZYMES AT THE HEART OF THE PROCESS</w:t>
+                <w:t xml:space="preserve">Evaluation of the potential conversion of lignin into aromatic molecules by bacterial strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Quentin Czerwiec</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crônier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mathiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIGNOCOST</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">BIOTRANS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05164748v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lignins-first flexible biorefinery: design of an integrated valorization process</w:t>
               </w:r>
@@ -2246,51 +2246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05144951v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mathiron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2025.06.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314619v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Foy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Castex" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vall&#233;e" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovad082" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03293424v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Daou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bisotto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Haon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9071484" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610794v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berquand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meunier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Thevenard-Devy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Campion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2018.10.012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347411v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Romier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sartelet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Heinz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian E H Schmelzer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db17-0490" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chapel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sagn&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Verdon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M112.021980" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084788v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Martin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levade" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0037187" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Ugrinova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Monier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thiry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Storck" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2199-8-66" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384126v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Pinto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reyes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mietton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166899v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166104v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164748v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cronier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Fall" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Czerwiec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04522685v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldwin Maidiono" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena D&#237;az Fernandez de Quincoces" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razia Sultana" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026795v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Nkili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harivony Rakotoarivonina" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00145137v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05144951v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mathiron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2025.06.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314619v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Foy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Castex" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vall&#233;e" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovad082" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03293424v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Daou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bisotto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Haon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9071484" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610794v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berquand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meunier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Thevenard-Devy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Campion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2018.10.012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347411v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Romier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sartelet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Heinz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian E H Schmelzer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db17-0490" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chapel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sagn&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Verdon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M112.021980" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084788v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Martin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levade" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0037187" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Ugrinova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Monier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thiry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Storck" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2199-8-66" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384126v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Pinto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reyes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mietton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166899v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164748v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cronier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Fall" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Czerwiec" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166104v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04522685v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldwin Maidiono" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena D&#237;az Fernandez de Quincoces" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razia Sultana" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026795v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Nkili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harivony Rakotoarivonina" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00145137v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>