--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -338,261 +338,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistivity-induced coupling between voltage distribution and vibrations in dielectric elastomers</w:t>
+                <w:t xml:space="preserve">Geometric optimization of dielectric elastomer electrodes for dynamic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emil Garnell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bekir Aksoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herbert Shea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rouby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/abd58f⟩</w:t>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 181, pp.108120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2021.108120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03252770v1</w:t>
+                <w:t xml:space="preserve">hal-03252969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric optimization of dielectric elastomer electrodes for dynamic applications</w:t>
+                <w:t xml:space="preserve">Resistivity-induced coupling between voltage distribution and vibrations in dielectric elastomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emil Garnell</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Herbert Shea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rouby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 181, pp.108120. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (2), pp.025031. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2021.108120⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/abd58f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03252969v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled vibro-acoustic modeling of a dielectric elastomer loudspeaker</w:t>
               </w:r>
@@ -2719,51 +2719,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412819v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Alfonso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delong He" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Molini&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serantoni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rouby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaenm.3c00678" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360518v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Garnell" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17743/jaes.2021.0010" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252770v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/abd58f" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252969v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekir Aksoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Shea" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2021.108120" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02535378v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0000930" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02456317v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogers Bill Cordova Hinojosa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Pham" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2019.03.016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02535335v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.07.002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133414v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boisson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joosung Lee" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/109/34002" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782079v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lizandier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.46.779-798" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485149v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Argoul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12356-009-0005-1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366131v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824638v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926317v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01411944v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01411963v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Ducceschi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441409v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianqiang Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Angles" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619025v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551318v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Feraille Fresnet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ehrlacher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504801v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Renaudin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dieng" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415834v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504730v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pecol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221229v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412819v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Alfonso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delong He" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Molini&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serantoni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rouby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaenm.3c00678" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360518v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Garnell" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17743/jaes.2021.0010" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252969v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekir Aksoy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Shea" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2021.108120" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252770v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/abd58f" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02535378v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0000930" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02456317v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogers Bill Cordova Hinojosa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Pham" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2019.03.016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02535335v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.07.002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133414v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boisson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joosung Lee" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/109/34002" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782079v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lizandier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.46.779-798" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485149v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Argoul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12356-009-0005-1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366131v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824638v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926317v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01411944v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01411963v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Ducceschi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441409v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianqiang Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Angles" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619025v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551318v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Feraille Fresnet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ehrlacher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504801v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Renaudin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dieng" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415834v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504730v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pecol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221229v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>