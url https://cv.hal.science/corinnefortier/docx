--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -388,1885 +388,1885 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Recension du livre /Report on the publication Moctar Maghlah, Les Amours au temps du Sahara. Anthologie de poésie maure orale-écrite traduite du hassaniyya (Avignon: Wallada, 2020). xiv + 165 pp. ISBN 978-2-904201-94-3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anthropology of the Middle East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18, pp.103 - 109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3167/ame.2023.180207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des corps perdus aux corps-bateaux. L’Art et la manière : migrants, péris en mer et objets mémoriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cross Cultural Studies Review. A Journal for comparative studies of culture, literature and the art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 3 (5-6), pp.17-97. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.38003/ccsr.3.5-6.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03918248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Recension du livre /Report on the publication Moctar Maghlah, Les Amours au temps du Sahara. Anthologie de poésie maure orale-écrite traduite du hassaniyya (Avignon: Wallada, 2020). xiv + 165 pp. ISBN 978-2-904201-94-3</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension du livre de Tatiana Benfoughal, Les palmes du savoir-faire: la vannerie dans les oasis du Sahara (Paris: Muséum d’histoire naturelle, 2022).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropology of the Middle East</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 18, pp.103 - 109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3167/ame.2023.180207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Recension du livre de Tatiana Benfoughal, Les palmes du savoir-faire: la vannerie dans les oasis du Sahara (Paris: Muséum d’histoire naturelle, 2022).</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maladies et soins en milieu touareg. « Isifran », les remèdes, Barbara Fiore, Ibrahim Ag Youssouf, Zakiyatou Oualett Halatine, préface de Pierre Boilley, postface de Jean Goasguen, Paris, L’Harmattan (Études africaines), 208 p., 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Ouest Saharien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Les diasporas sahariennes et sahéliennes en Europe Communication et perception en exi, 18, pp.207-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ousa.231.0205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un amour courtois arabe antéislamique ou l’éros poétisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religiologiques : sciences humaines et religion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 44, pp.153-164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthropologie de la parenté.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Auteurs Collectifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Lectures et débats</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03905906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corps féminin, gavage et male gaze dans la société maure de Mauritanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Ouest saharien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 16 (1), pp.73-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ousa.221.0073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La femme, ce troisième sexe. Défloration, excision et sexuation, n° 50, L’éventail du sexe : 17-27</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychanalyse Yetu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du bain turc à l’origine du monde. Femmes, barbu(e)s, imberbes, efféminés et autre troisième genre dans l’art occidental et dans le monde arabo-musulman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Peaulogie - Revue de sciences sociales et humaines sur les peaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Pilosités, variétés animales et esthétiques humaines, 9, pp.133-231</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. L’amour poétisé : genre, plaisir et nostalgie dans la poésie arabe et persane masculine, féminine et homoérotique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropology of the Middle East</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 18, pp.103 - 109. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3167/ame.2023.180207⟩</w:t>
+              <w:t xml:space="preserve">, 2021, Poetised Love: Affects, Gender and Society / L’amour poétisé : affects, genre et sociétés, 16 (2), pp.1-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3167/ame.2021.160201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Maladies et soins en milieu touareg. « Isifran », les remèdes, Barbara Fiore, Ibrahim Ag Youssouf, Zakiyatou Oualett Halatine, préface de Pierre Boilley, postface de Jean Goasguen, Paris, L’Harmattan (Études africaines), 208 p., 2022</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le désir poétisé ou le goût des Fleurs du mal (poésie maure / poésie arabe antéislamique).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Ouest Saharien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ousa.231.0205⟩</w:t>
+              <w:t xml:space="preserve">Anthropology of the Middle East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Poetised Love: Affects, Gender and Society. L’amour poétisé : affects, genre et sociétés, 16 (2), pp.33-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3167/ame.2021.160202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Un amour courtois arabe antéislamique ou l’éros poétisé</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les certificats de virginité en débat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Religiologiques : sciences humaines et religion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Femmes en mouvements, janvier/février, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/espri.2013.0014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">- Auteurs Collectifs</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03110748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des « certificats de virginité » aux hyménoplasties en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (4), pp.392-395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2021038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Corps féminin, gavage et male gaze dans la société maure de Mauritanie</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03212688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une reconnaissance des corps-identités. Excisées, amazones, intersexes, trans, et sourds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Droit et Cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes. vol 2. Intersexuation, transidentité, reconstruction mammaire, et surdité., 80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03090274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction clitoridienne, excision et circoncision. Variations autour d’un sexe féminin phallique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Droit et Cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes, vol. 1, Excision, circoncision, et reconstruction clitoridienne, 1 (79), pp.29-76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03083584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seins, reconstruction, et féminité. Quand les Amazones s’exposent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Droit et Cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes. vol. 2. Intersexuation, transidentité, reconstruction mammaire, et surdité., 80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03090282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GENRE, STATUT ET ETHNICISATION DES ḤARĀṬĪN DE MAURITANIE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Ouest saharien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Vol. 16 (1), pp.73-93. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020, Devenir visibles dans le sillage de l’esclavage : la question ḥarāṭīn en Mauritanie et au Maroc, 10 (11), pp.171-186</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Du bain turc à l’origine du monde. Femmes, barbu(e)s, imberbes, efféminés et autre troisième genre dans l’art occidental et dans le monde arabo-musulman</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02976761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religious and non-religious issues of medically assisted reproduction in France: Sexuality, incest and descent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Peaulogie - Revue de sciences sociales et humaines sur les peaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproductive Biomedicine &amp; Society Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.73 - 81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rbms.2020.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...410 lines deleted...]
-                <w:t xml:space="preserve">Vers une reconnaissance des corps-identités. Excisées, amazones, intersexes, trans, et sourds</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troisième genre et transsexualité en pays d’islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Droit et Cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes. vol 2. Intersexuation, transidentité, reconstruction mammaire, et surdité., 80</w:t>
+              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes, vol. 2, Intersexuation, transidentité, reconstruction mammaire, et surdité, 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Reconstruction clitoridienne, excision et circoncision. Variations autour d’un sexe féminin phallique</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03090300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation. Réparer les corps et les sexes : des rituels sexués aux chirurgies sexuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Droit et Cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes, vol. 1, Excision, circoncision, et reconstruction clitoridienne, 1 (79), pp.29-76</w:t>
+              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes, vol. 1, Excision, circoncision et reconstruction clitoridienne, 1 (79), pp.9-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Seins, reconstruction, et féminité. Quand les Amazones s’exposent</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03083597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À corps perdus. Migrants, marins et bateaux naufragés : entre conscientisation et esthétisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Droit et Cultures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Réparer les corps et les sexes. vol. 2. Intersexuation, transidentité, reconstruction mammaire, et surdité., 80</w:t>
+              <w:t xml:space="preserve">Science and video </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...305 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procréations médicalement assistées, sexualité et religions. Circulation sexuelle des gamètes en islam et dans les autres monothéismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Corps perdu, corps retrouvé : cohésion, partitions, variétés, 46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02458635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Welcome ! Des réalisateurs engagés : Philippe Lioret, Fernard Melgar, et Jocelyne Saab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and video </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02458656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bariz (Paris), le temps des campements : filmer la lutte des migrants ». Entretien de Nicolas Jaoul par Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jaoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and video </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02458664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mallé en son exil ou la parole caméra. Entretien de Denis Gheerbrant par Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Gheerbrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and video </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02458661v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02458658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inceste gémellaire, deuil et mélancolie créatrice. De la transidentité à l’œuvre de Pierre Molinier et d’Annie Ernaux</w:t>
               </w:r>
@@ -3077,203 +3077,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Recueil des vertus de la médecine ancienne de Maqâri. La médecine gréco-arabe en Mauritanie contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Graz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BHMS éditions, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Corps des femmes et espaces genrés arabo-musulmans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Monqid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Fortier; Safaa Monqid. Karthala, 2017, 978-2-8111-1807-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03906089v1</w:t>
-              </w:r>
-[...99 lines deleted...]
-                <w:t xml:space="preserve">hal-03906220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3517,178 +3517,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">ABSENCE DES HOMMES ET EMPOWERMENT DES FEMMES DE MARINS (FINISTÈRE, VENDÉE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le temps suspendu. Une histoire des femmes mariées par-delà le silence et l’absence, in Emmanuelle Charpentier et Benoît Grenier (éds.), Presses universitaires de Nouvelle Aquitaine : 311-326.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.341-356, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chirurgies sexuelles Du corps transformé à l'identité retrouvée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fortier Corinne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le corps de l’identité. Transformations corporelles, genre et chirurgies sexuelles.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, pp.7-35, 2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/kart.forti.2022.01.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/kart.forti.2022.01.0007⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04306220v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03849325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrouver son sexe d’origine : excision-reconstruction/intersexuation-transsexuation</w:t>
               </w:r>
@@ -4681,90 +4681,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation de l'ouvrage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Graz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marie Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Fortier; Anne Marie Moulin; Bertrand Graz; Vincent Barras. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Recueil des vertus de la médecine ancienne de Maqâri. La médecine gréco-arabe en Mauritanie contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BHMS, 2017</w:t>
@@ -4787,259 +4787,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03913408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Intersexuation, transsexualité et homosexualité en pays d’islam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martine Gross; Rémy Bethmont. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Homosexualité et traditions monothéistes : vers la fin d’un antagonisme ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labor et Fides, pp.123-137, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03913400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les procréations médicalement assistées en contexte musulman au prisme du genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Fortier; Safaa Monqid. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps des femmes et espaces genrés arabo-musulmans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, pp.241-256, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03913387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corps féminin en contexte arabo-musulman : entre autonomisation et domination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Monqid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Fortier; Safaa Monqid. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps des femmes et espaces genrés arabo-musulmans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, pp.9-19, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03913384v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03913400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « maux » du médecin : savoir, expérience et dévouement</w:t>
               </w:r>
@@ -5355,51 +5355,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0FE897F1"/>
+    <w:nsid w:val="9083D9EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5586,51 +5586,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corinnefortier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097595v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fortier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2025.200101" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097583v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2025.200108" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04850203v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918248v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38003/ccsr.3.5-6.11" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306229v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2023.180207" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306241v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306294v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ousa.231.0205" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306329v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905906v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Auteurs Collectifs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854743v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ousa.221.0073" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849315v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849599v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491729v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2021.160202" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110748v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2013.0014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212688v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021038" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491728v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2021.160201" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090274v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083584v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090282v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058674v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbms.2020.10.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976761v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090300v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083597v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458635v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458656v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458664v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaoul" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458661v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gheerbrant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458658v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065547v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458652v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458640v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.3036" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913396v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913399v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01367145v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bruno" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dudkiewicz-Sibony" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Berthaut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Weil" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dew104" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906094v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923045v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietra Peneque" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Allard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro W.B. de Almeida" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070572v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906089v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Monqid" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906220v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Moulin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barras" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Graz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521057v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028801v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/des-transidentites-en-recherche-d-identite/78248" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04849826v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306220v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.forti.2022.01.0007" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849325v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905866v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905847v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306200v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.forti.2022.01.0055" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245591v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45996-3_41" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273104v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527621v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491735v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archivescontemporaines.com/books/9782813004420" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5460" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058680v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458686v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458674v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070568v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070570v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymon Kreil" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Maffi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913374v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913408v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913387v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913384v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913400v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913414v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913398v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058687v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/corinnefortier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097595v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fortier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2025.200101" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097583v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2025.200108" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04850203v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306229v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2023.180207" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918248v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38003/ccsr.3.5-6.11" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306241v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306294v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ousa.231.0205" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306329v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905906v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Auteurs Collectifs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854743v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ousa.221.0073" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849599v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849315v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491728v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2021.160201" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491729v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/ame.2021.160202" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110748v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2013.0014" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212688v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021038" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090274v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083584v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090282v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976761v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058674v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbms.2020.10.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090300v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083597v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458658v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458635v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458656v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458664v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaoul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458661v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gheerbrant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065547v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458652v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458640v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.3036" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913396v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913399v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01367145v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bruno" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dudkiewicz-Sibony" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Berthaut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Weil" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dew104" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906094v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923045v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietra Peneque" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Allard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro W.B. de Almeida" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070572v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906220v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Moulin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Graz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906089v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Monqid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521057v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028801v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/des-transidentites-en-recherche-d-identite/78248" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04849826v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849325v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306220v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.forti.2022.01.0007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905866v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905847v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306200v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.forti.2022.01.0055" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245591v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45996-3_41" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273104v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527621v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491735v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archivescontemporaines.com/books/9782813004420" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5460" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058680v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458686v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458674v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070568v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070570v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymon Kreil" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Maffi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913374v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913408v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913400v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913387v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913384v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913414v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913398v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058687v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>