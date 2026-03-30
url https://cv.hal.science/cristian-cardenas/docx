--- v0 (2026-03-03)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cristian Cardenas </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">R&I Chemical Engineering, Ph. D.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cristian Cardenas holds a Ph.D. from the University of Lorraine (LRGP-ENSIC) and completed a post-doctorate at IRCE Lyon. Currently, as an R&I Chemical Engineer at IFP Énergies Nouvelles. His research spans diverse interests, covering adsorption processes. Proficient in simulation, optimization, and process design.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-Dependent V-Type Isotherm Models: Applied to Water Vapor Adsorption on Metal-Organic Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Workshop on Characterization of Porous Materials "From Angstroms to Millimeters"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Delray Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of water vapor adsorption/desorption on hopcalite in an industrial medical air dry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Symposium on Computer-Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of HKUST-1 as volatile organic compounds adsorbent for respiratory filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes Journées Annuelles de l’AFA 26-27 Janvier 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’estimabilitéet identification des paramètres des isothermes d'adsorption du dioxyde de carbone sur charbon actif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème édition du congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’estimabilité et identification des paramètres des isothermes d'adsorption du dioxyde de carbone sur charbon actif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ièmes Journées Scientifiques de l’Association Française de l'Adsorption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale modeling of ammonia adsorption on zinc sulfate-doped activated carbon: Sensitivity analysis, parameter identification, and model validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 322, pp.124173. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2023.124173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04123063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammonia capture by adsorption on doped and undoped activated carbon: Isotherm and breakthrough curve measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 313, pp.123454. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2023.123454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Water Vapor Adsorption and Desorption in an Industrial Medical Air Dryer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62 (31), pp.12315-12328. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.iecr.3c00446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of equilibrium water vapor adsorption isotherms on activated carbon, alumina and hopcalite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Phase Equilibria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 561, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fluid.2022.113520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of HKUST-1 as Volatile Organic Compound Adsorbents for Respiratory Filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ursueguia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.langmuir.2c02332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an industrial adsorption process based on ammonia chemisorption: Modeling and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.107474. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compchemeng.2021.107474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Adsorbents - Adsorption heat pump</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sorption Friends III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Taormina, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sensitivity based parameter estimability and identification for carbon dioxide adsorption isotherms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on the Fundamentals of Adsorption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Cairns, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of an ammonia adsorption process for air purification boxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Aided Process Engineering Forum 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an industrial adsorption process based on ammonia chemisorption: model validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak M. Latifi.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Symposium on Computer Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51, Elsevier, pp.457-462, 2022, Computer Aided Chemical Engineering, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-95879-0.50077-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CFD modeling and simulation of an ammonia adsorption process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak M Latifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Symposium on Computer Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51, Elsevier, pp.463 - 468, 2022, Computer Aided Chemical Engineering, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b978-0-323-95879-0.50078-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an Industrial Adsorption Process based on Ammonia Chemisorption: Modeling and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 30th European Symposium on Computer Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 48, pp.625-630, 2020, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-823377-1.50105-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et modélisation du comportement des caissons d'épuration de l'air équipant les engins de chantier pour la protection des opérateurs contre les gaz et vapeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Génie des procédés. Université de Lorraine, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021LORR0090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03356086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId54"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cristian Cardenas </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">R&I Chemical Engineering, Ph. D.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cristian Cardenas holds a Ph.D. from the University of Lorraine (LRGP-ENSIC) and completed a post-doctorate at IRCE Lyon. Currently, as an R&I Chemical Engineer at IFP Énergies Nouvelles. His research spans diverse interests, covering adsorption processes. Proficient in simulation, optimization, and process design.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-Dependent V-Type Isotherm Models: Applied to Water Vapor Adsorption on Metal-Organic Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Workshop on Characterization of Porous Materials "From Angstroms to Millimeters"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Delray Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of HKUST-1 as volatile organic compounds adsorbent for respiratory filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes Journées Annuelles de l’AFA 26-27 Janvier 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of water vapor adsorption/desorption on hopcalite in an industrial medical air dry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Symposium on Computer-Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’estimabilitéet identification des paramètres des isothermes d'adsorption du dioxyde de carbone sur charbon actif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème édition du congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’estimabilité et identification des paramètres des isothermes d'adsorption du dioxyde de carbone sur charbon actif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ièmes Journées Scientifiques de l’Association Française de l'Adsorption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale modeling of ammonia adsorption on zinc sulfate-doped activated carbon: Sensitivity analysis, parameter identification, and model validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 322, pp.124173. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2023.124173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04123063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammonia capture by adsorption on doped and undoped activated carbon: Isotherm and breakthrough curve measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 313, pp.123454. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2023.123454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Water Vapor Adsorption and Desorption in an Industrial Medical Air Dryer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62 (31), pp.12315-12328. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.iecr.3c00446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of equilibrium water vapor adsorption isotherms on activated carbon, alumina and hopcalite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Phase Equilibria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 561, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fluid.2022.113520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of HKUST-1 as Volatile Organic Compound Adsorbents for Respiratory Filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ursueguia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.langmuir.2c02332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an industrial adsorption process based on ammonia chemisorption: Modeling and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.107474. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compchemeng.2021.107474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Adsorbents - Adsorption heat pump</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Farrusseng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sorption Friends III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Taormina, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sensitivity based parameter estimability and identification for carbon dioxide adsorption isotherms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on the Fundamentals of Adsorption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Cairns, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of an ammonia adsorption process for air purification boxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Aided Process Engineering Forum 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CFD modeling and simulation of an ammonia adsorption process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak M Latifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Symposium on Computer Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51, Elsevier, pp.463 - 468, 2022, Computer Aided Chemical Engineering, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b978-0-323-95879-0.50078-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an industrial adsorption process based on ammonia chemisorption: model validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak M. Latifi.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Symposium on Computer Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51, Elsevier, pp.457-462, 2022, Computer Aided Chemical Engineering, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-95879-0.50077-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an Industrial Adsorption Process based on Ammonia Chemisorption: Modeling and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Marsteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Sigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Vallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Latifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 30th European Symposium on Computer Aided Process Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 48, pp.625-630, 2020, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-823377-1.50105-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et modélisation du comportement des caissons d'épuration de l'air équipant les engins de chantier pour la protection des opérateurs contre les gaz et vapeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Cardenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Génie des procédés. Université de Lorraine, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021LORR0090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03356086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId54"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04597748v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Cardenas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133203v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cardenas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrusseng" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Daniel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collomb" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116956v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201861v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Marsteau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Valli&#232;res" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sigot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Latifi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201835v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Marsteau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04123063v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2023.124173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146972v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2023.123454" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184865v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Farrusseng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.3c00446" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852367v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aubry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2022.113520" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884738v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ursueguia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c02332" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467327v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2021.107474" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133208v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202011v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201938v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855518v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak M. Latifi." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95879-0.50077-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855529v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Esposito" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak M Latifi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-323-95879-0.50078-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201615v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-823377-1.50105-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03356086v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LORR0090" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04597748v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Cardenas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116956v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Daniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrusseng" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collomb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cardenas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133203v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201861v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Marsteau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Valli&#232;res" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sigot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Latifi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201835v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Marsteau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04123063v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2023.124173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146972v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2023.123454" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184865v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Farrusseng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.3c00446" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852367v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aubry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2022.113520" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884738v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ursueguia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c02332" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467327v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2021.107474" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133208v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202011v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201938v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855529v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Esposito" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak M Latifi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-323-95879-0.50078-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855518v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak M. Latifi." TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95879-0.50077-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201615v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-823377-1.50105-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03356086v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LORR0090" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>