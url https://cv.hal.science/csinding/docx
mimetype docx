--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,3870 +66,4020 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brain mechanisms of the flavor perception, protocol for a systematic literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Aveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Ben Sussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianela Santoyo Zedillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Chabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habituation to saltiness in unimodal and crossmodal perceptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Ben Sussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 50, pp.bjaf055.191. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/chemse/bjaf055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05474461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Event-related potential analysis of the brain integration of odor and taste in normal-weight and people living with obesity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ranking task versus intensity scales, what is the best method to evaluate odor‐induced taste enhancement?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Aveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Aveline</w:t>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Blouri</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charlotte Sinding</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (5), pp.e12857. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joss.12857⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473471v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04145860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ranking task versus intensity scales, what is the best method to evaluate odor‐induced taste enhancement?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Encapsulated Limonene based Multi-layer Electrostatic Adsorption and Evaluate Its Release under Simulated Oral Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Khalilian-Movahhed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohebbat Mohebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Iranian Food Science and Technology Research Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (1), pp.43-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22067/ifstrj.2021.72290.1090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/joss.12857⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04145860v1</w:t>
+                <w:t xml:space="preserve">hal-04669015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encapsulated Limonene based Multi-layer Electrostatic Adsorption and Evaluate Its Release under Simulated Oral Conditions</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multidisciplinary approach to explore interactions in odor mixture perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Le Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Taboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jarriault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Datiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Iranian Food Science and Technology Research Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48, pp.bjad029.16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22067/ifstrj.2021.72290.1090⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04669015v1</w:t>
+                <w:t xml:space="preserve">hal-04473367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidisciplinary approach to explore interactions in odor mixture perception</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Datiche</w:t>
+                <w:t xml:space="preserve">Dedicated odor-taste stimulation design for fMRI flavor studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianela Santoyo-Zedillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Andriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Lucchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Pacheco-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héctor B. Escalona-Buendía</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 393, pp.109881. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2023.109881⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473367v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dedicated odor-taste stimulation design for fMRI flavor studies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of desensitization on odors varying in concentration and pleasantness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zetian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Sinding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hummel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (6), pp.e12877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joss.12877⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2023.109881⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04101328v1</w:t>
+                <w:t xml:space="preserve">hal-04213393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of desensitization on odors varying in concentration and pleasantness</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Effect of taste and aroma on texture perception in model gels: instrumental and sensory combined approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Khalilian-Movahhed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohebbat Mohebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Hummel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Food Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 249, pp.1925-1933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00217-023-04265-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/joss.12877⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04213393v1</w:t>
+                <w:t xml:space="preserve">hal-04092920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of taste and aroma on texture perception in model gels: instrumental and sensory combined approaches</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Event-related potential analysis of the brain integration of odor and taste in normal-weight and people living with obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Aveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Blouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Food Research and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48, pp.bjad029.07</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00217-023-04265-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04092920v1</w:t>
+                <w:t xml:space="preserve">hal-04473471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flaveur et obésité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Sinding</w:t>
+                <w:t xml:space="preserve">Influence of obesity on saltiness and sweetness intensity enhancement by odors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Aveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Brindisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Aveline</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cnd.2022.02.001⟩</w:t>
+              <w:t xml:space="preserve">Food Quality and Preference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 102, pp.104685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2022.104685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03711830v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03742038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olfactory adaptation: recordings from the human olfactory epithelium</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Using event-related potentials to study food-related cognition: An overview of methods and perspectives for future research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella Zsoldos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Hummel</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Archives of Oto-Rhino-Laryngology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00405-021-07170-0⟩</w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 159, pp.105864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bc.2022.105864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03525084v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03678950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of obesity on saltiness and sweetness intensity enhancement by odors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olfactory adaptation: recordings from the human olfactory epithelium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anica Schunke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Sinding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hummel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Quality and Preference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2022.104685⟩</w:t>
+              <w:t xml:space="preserve">European Archives of Oto-Rhino-Laryngology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 279, pp.3503-3510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00405-021-07170-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03742038v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03525084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using event-related potentials to study food-related cognition: An overview of methods and perspectives for future research</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Flaveur et obésité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Aveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Brindisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bc.2022.105864⟩</w:t>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57 (2), pp.128-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2022.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03678950v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Older and young adults experience similar long-term olfactory habituation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Olfactory capabilities towards food and non-food odours in men and women of various weight statuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chabanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Brindisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/chemse/bjaa080⟩</w:t>
+              <w:t xml:space="preserve">Chemosensory Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, https://doi.org/10.1007/s12078-021-09294-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12078-021-09294-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03236495v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03426385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Configural memory of a blending aromatic mixture reflected in activation of the left orbital part of the inferior frontal gyrus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Do food odors differently influence cerebral activity depending on weight status? An electroencephalography study of implicit olfactory priming effects on the processing of food pictures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella Zsoldos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 460, pp.130-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2021.01.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2020.113088⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03367288v1</w:t>
+                <w:t xml:space="preserve">hal-03137450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olfactory capabilities towards food and non-food odours in men and women of various weight statuses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Mas</w:t>
+                <w:t xml:space="preserve">Older and young adults experience similar long-term olfactory habituation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Chabanet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Philipp Nahrath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hummel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosensory Perception</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, https://doi.org/10.1007/s12078-021-09294-3. </w:t>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46, pp.bjaa080. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12078-021-09294-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjaa080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03426385v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03236495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do food odors differently influence cerebral activity depending on weight status? An electroencephalography study of implicit olfactory priming effects on the processing of food pictures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Configural memory of a blending aromatic mixture reflected in activation of the left orbital part of the inferior frontal gyrus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hummel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambre Godet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Noëlle Béno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Prescott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Bensafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2021.01.015⟩</w:t>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 402, pp.113088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2020.113088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03137450v1</w:t>
+                <w:t xml:space="preserve">hal-03367288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent smell loss is the best predictor of COVID-19 among individuals with recent respiratory symptoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard C. Gerkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Ohla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria G. Veldhuizen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule V. Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine E. Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 46, pp.bjaa081. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/chemse/bjaa081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odor-induced saltiness enhancement: Insights into the brain chronometry of flavor perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hummel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 452, pp.126-137. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2020.10.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03031862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling analysis of centroid curves of olfactory habituation in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Laffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hummel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Marthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 214, pp.112751. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physbeh.2019.112751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies permettant de compenser les pertes organoleptiques associées à la reformulation des aliments dans un objectif nutritionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 78 (2019), pp.27-40. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/c26a-xx41⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global study of social odor awareness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Sorokowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agata Groyecka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Karwowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomasz Frackowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer E. Lansford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 43 (7), pp.503-513. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/chemse/bjy038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning to name smells increases activity in heteromodal semantic areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Sezille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Licón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Brain Mapping</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 38 (12), pp.5958-5969. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/hbm.23801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preferred interpersonal distances: A global comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Sorokowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Sorokowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Hilpert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Cantarero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomasz Frackowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cross-Cultural Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 48 (4), pp.577-592. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0022022117698039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02629367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New determinants of olfactory habituation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Al-Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tromelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (41047), pp.41047. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep41047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01477439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habituation and adaptation to odors in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.A. de Wijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hummel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 177, pp.13-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physbeh.2017.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01551066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The presentation of olfactory-trigeminal mixed stimuli increases the response to subsequent olfactory stimuli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ute Walliczek-Dworschak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Baum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Baki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, epub ahead of print (10), pp.1-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b04342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01644022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabbit neonates and human adults perceive a blending 6-component odor mixture in a comparable manner.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Understanding the odor mixture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Romagny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biofutur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 346 (septembre), pp.39-42</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823179v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the odor mixture</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Rabbit neonates and human adults perceive a blending 6-component odor mixture in a comparable manner.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Romagny</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adeline Chambault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Béno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Dosne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofutur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (1), pp.e53534. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0053534⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642761v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processing of odour mixture complexity in newborn rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 36 (1), pp.E63- E64. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjq126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00719364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experience influences elemental and configural perception of certain binary odour mixtures in newborn rabbits.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Crépeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 214 (24), pp.4171-8. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jeb.063610⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00788004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A pheromone to behave, a pheromone to learn: the rabbit mammary pheromone.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Charra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Datiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Comparative Physiology A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 196 (10), pp.779-90. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00359-010-0548-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00761404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3939,1043 +4089,1043 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How odor transcends taste differently between individual with normal weight and individual living with obesity: time frequency analysis of EEG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xue Li Shirley Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Aveline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. international congress of the european-chemoreception-research-organization (ECRO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multidisciplinary approach to highlight the mechanisms supporting perceptual interactions in odor mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Le Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Le Bon</w:t>
+                <w:t xml:space="preserve">Olivier Taboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Taboureau</w:t>
+                <w:t xml:space="preserve">David Jarriault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Datiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Wartburg symposium on flavour chemistry and biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Eisenach, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04234447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidisciplinary approach to explore interactions in odor mixture perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Le Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Le Bon</w:t>
+                <w:t xml:space="preserve">Olivier Taboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Koensgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jarriault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. annual meeting - association for chemoreception sciences (AChemS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Bonita Springs, Florida, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04101265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capacités olfactives face à des odeurs alimentaires et non-alimentaires chez des adultes de statuts pondéraux différents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chabanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Visioconférence, Lille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03245198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d’un amorçage olfactif sur le traitement cérébral d’images d’aliments chez des adultes normo-pondéraux, en surpoids, et obèses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabella Zsoldos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03244890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of smell and taste: EEG study of brain mechanisms allowing the enhancement of saltiness with aroma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Annual International Multisensory Research Forum (IMRF Toronto 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Toronto, Canada. , 238 p., 2018, 19th Annual International Multisensory Research Forum (IMRF Toronto 2018) - Book of Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptual interactions in odour mixtures: The blending effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Weurman flavour research symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Zaragoza, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Academic Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 742 p., 2011, Flavour Science: Proceedings from XIII Weurman Flavour Research Symposium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l’expérience sur la perception de mélanges odorants chez l’Homme adulte et le lapereau nouveau-né</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Crépeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Bervialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Colloque annuel de la société française pour l'étude du comportement animal (SFECA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Toulouse, France. 1 p., 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01191227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of pre-exposure on the perception of odorant mixtures in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Bervialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Congress of european chemoreception research organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Villasimius-Cagliari, Italy. , 1 p., 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4985,1721 +5135,1721 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavor perception and odor-induced taste enhancement: brain mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the Spanish Association of Sensory Analysis Professionals (AEPAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anna Claret Coma; Luis Guerrero Asorey; M. Dolors Guàrdia Gasull, Jun 2023, Girona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques EEG et IRM pour l’étude de la flaveur chez l’humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Neurosciences : Bases neurobiologiques des comportements : Exploration fonctionnelle du cerveau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavour perception: odour-taste interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rethink Eating 2022: What’s next for chemical senses research?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Janice Wang, Nov 2022, Aarhus (Danemark), Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain mechanisms of aroma perception and odour-induced taste enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human chemosensation meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Dresden, Germany. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of odour mixtures: The next challenge in flavour analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Romagny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maiken Thomsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Weurman Flavour Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of a blending odor mixture: an fMRI study in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Béno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Hummel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on Olfaction and Taste (ISOT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00746952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception and processing of odor mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Olfaktologie / Gustologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01609599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an understanding of odor blending in odorant mixtures: a pharmacophore approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Odour mixture processing: from birth to adulthood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Crépeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Bervialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Congress of the European Chemoreception Research Organisation (ECRO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Avignon, France. 1 p</w:t>
+              <w:t xml:space="preserve">The 20th Congress of the European Chemoreception Research Organisation (ECRO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Avignon, France. pp.E15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02747507v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odour mixture processing: from birth to adulthood</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Towards an understanding of odor blending in odorant mixtures: a pharmacophore approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tromelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Sinding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 20th Congress of the European Chemoreception Research Organisation (ECRO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Avignon, France. pp.E15</w:t>
+              <w:t xml:space="preserve">20. Congress of the European Chemoreception Research Organisation (ECRO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Avignon, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00761430v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02747507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissimilarity of blending mixture and components in an olfactory space</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Impact of complexity on the processing of odour mixture in newborn rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoist Schaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Chemosensation meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">32. Annual Meeting - Association for Chemoreception Sciences (AChemS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Saint Petersburg, Floride, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543433v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de l'expérience sur la perception de mélanges odorants chez l'Homme adulte et le lapereau nouveau-né</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Configural vs. elemental processing of complex odour mixtures in newborn rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coureaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Colloque annuel de la Société Française pour l'Étude du Comportement Animal (SFECA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">The 20th Congress of the European Chemoreception Research Organisation (ECRO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00719509v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of complexity on the processing of odour mixture in newborn rabbits</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Pre-exposure to odour mixture modifies the perceptual quality of the components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Bervialle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32. Annual Meeting - Association for Chemoreception Sciences (AChemS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Saint Petersburg, Floride, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00719405v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Configural vs. elemental processing of complex odour mixtures in newborn rabbits</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Effets de l'expérience sur la perception de mélanges odorants chez l'Homme adulte et le lapereau nouveau-né</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Crépeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Bervialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 20th Congress of the European Chemoreception Research Organisation (ECRO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Avignon, France</w:t>
+              <w:t xml:space="preserve">42. Colloque annuel de la Société Française pour l'Étude du Comportement Animal (SFECA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816519v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-exposure to odour mixture modifies the perceptual quality of the components</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Dissimilarity of blending mixture and components in an olfactory space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chabanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Chambault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Béno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32. Annual Meeting - Association for Chemoreception Sciences (AChemS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Human Chemosensation meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Dresden, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/conf.fnins.2011.85.00008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00719410v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Newborn rabbits perceive odour mixtures elementally or configurally according to theri experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Crépeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECRO 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Villasimius, Sardegna, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00421100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of pre-exposure on the perception of odorant mixtures in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Bervialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECRO 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Cagliari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00421073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6709,375 +6859,375 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal sensory interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Saint-Eve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elisabeth Guichard; Christian Salles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flavor: From Food to Behaviors, Wellbeing and Health, Second edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 7, , pp.205-231, 2023, 978-0-323-89903-1. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-323-89903-1.00001-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04002442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of odour mixtures: The next challenge in flavour analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Romagny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maiken Thomsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flavour Science Proceedings of the 15th Weurman Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Verlag der Technischen Universität, 2018, 978-3-85125-593-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3217/978-3-85125-593-5-44⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional MRI and sensory perception of food</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Bonny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Magnetic Resonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 132-1, Springer International Publishing AG, 2017, 978-3-319-28275-6. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-28275-6_132-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7087,261 +7237,261 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande aventure du goût avec le CSGA de Dijon. Dans l'émission &amp;lt;i&amp;gt;Le monde de Jamy&amp;lt;/i&amp;gt; sur France 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamy Gourmand,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Sulmont-Rossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05178812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VIVO! &amp;quot;Le Goût du Nouveau Monde&amp;quot; : conférences gourmandes du CSGA au Musée Magnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sulmont-Rossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Piquemal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7351,249 +7501,249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odour-induced taste enhancement in normal-weight and obese people</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Aveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Aveline</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, Proceedings of the 16. Weurman flavour research symposium, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.5518083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03625868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights on olfactory priming effects on the cerebral processing of food pictures in normal-weight, overweight, and obese adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Zsoldos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambre Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, Proceedings of the 16. Weurman flavour research symposium, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.5705514.svg⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03151091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7603,383 +7753,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portes ouvertes du Centre des Sciences du Goût et de l'Alimentation (CSGA) [le samedi 13 octobre 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Monnery Patris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Benani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jarriault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le CSGA a ouvert ses portes pour fêter les 20 ans du bâtiment CSG sur le campus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niyazi Acar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Brétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jarriault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semaine du Goût 2018 / Portes ouvertes du CSGA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Monnery Patris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Benani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jarriault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7989,114 +8139,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception des mélanges d'odeurs : étude comportementale et psychophysique chez le lapin nouveau-né et l'homme adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sinding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences [q-bio.NC]. Université de Bourgogne, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012DIJOS113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01124036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId206"/>
+      <w:footerReference w:type="default" r:id="rId208"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8243,51 +8393,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05474461v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ben Sussan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chabin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas-Danguin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sinding" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaf055" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473471v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Aveline" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Blouri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gabriel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145860v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12857" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669015v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Khalilian-Movahhed" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohebbat Mohebbi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22067/ifstrj.2021.72290.1090" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473367v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Bon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taboureau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jarriault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Datiche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101328v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianela Santoyo-Zedillo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andriot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pacheco-L&#243;pez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor B. Escalona-Buend&#237;a" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2023.109881" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213393v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zetian Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Mignot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hummel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12877" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092920v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-023-04265-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711830v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Brindisi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2022.02.001" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525084v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anica Schunke" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-021-07170-0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03742038v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leroy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chambaron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2022.104685" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03678950v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zsoldos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bc.2022.105864" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03236495v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Nahrath" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaa080" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03367288v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle B&#233;no" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Prescott" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Bensafi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2020.113088" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426385v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Mas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chabanet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12078-021-09294-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137450v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Godet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2021.01.015" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03367315v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Gerkin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Ohla" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Veldhuizen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule V. Joseph" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine E. Kelly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaa081" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031862v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Thibault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.10.029" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627430v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laffon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Marthan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2019.112751" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624067v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/c26a-xx41" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623884v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sorokowska" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Groyecka" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Karwowski" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Frackowiak" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer E. Lansford" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjy038" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343694v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fournel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sezille" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lic&#243;n" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Gerber" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23801" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629367v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Sorokowski" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hilpert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Cantarero" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022022117698039" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01477439v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valadier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Al-Hassani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tromelin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41047" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551066v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pellegrino" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. de Wijk" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.04.006" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644022v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Walliczek-Dworschak" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Poncelet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baum" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Baki" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b04342" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823179v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chambault" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dosne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053534" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642761v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Romagny" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719364v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjq126" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788004v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Cr&#233;peaux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.063610" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761404v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Charra" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00359-010-0548-y" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SF2MBXR9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223377v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li Shirley Lim" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234447v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101265v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Koensgen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03245198v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03244890v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738330v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594334v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/367902.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191227v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bervialle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820411v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223360v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03621884v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223363v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785750v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785805v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maiken Thomsen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746952v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Le Berre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hummel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609599v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747507v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00761430v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543433v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnins.2011.85.00008" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719509v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719405v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00816519v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719410v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421100v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421073v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002442v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-89903-1.00001-3" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791201v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-85125-593-5-44" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603146v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28275-6_132-1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05178812v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamy Gourmand," TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sulmont-Ross&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788436v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schwartz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Piquemal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03625868v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5518083" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151091v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zsoldos" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5705514.svg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787372v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery Patris" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brondel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benani" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bronner" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791470v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niyazi Acar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Br&#233;tillon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Merle" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785976v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01124036v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DIJOS113" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05563587v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Godet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Aveline" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ben Sussan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianela Santoyo Zedillo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chabin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05474461v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas-Danguin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sinding" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaf055" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145860v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12857" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Khalilian-Movahhed" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohebbat Mohebbi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22067/ifstrj.2021.72290.1090" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473367v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Bon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taboureau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jarriault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Datiche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101328v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianela Santoyo-Zedillo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andriot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pacheco-L&#243;pez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor B. Escalona-Buend&#237;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2023.109881" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213393v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zetian Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Mignot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hummel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12877" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092920v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-023-04265-2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473471v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Blouri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilbert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gabriel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03742038v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leroy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Brindisi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chambaron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2022.104685" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03678950v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zsoldos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bc.2022.105864" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525084v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anica Schunke" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-021-07170-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711830v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2022.02.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426385v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Mas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chabanet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12078-021-09294-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137450v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2021.01.015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03236495v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Nahrath" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaa080" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03367288v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle B&#233;no" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Prescott" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Bensafi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2020.113088" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03367315v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Gerkin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Ohla" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Veldhuizen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule V. Joseph" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine E. Kelly" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaa081" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031862v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Thibault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.10.029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627430v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laffon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Marthan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2019.112751" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624067v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/c26a-xx41" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623884v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sorokowska" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Groyecka" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Karwowski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Frackowiak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer E. Lansford" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjy038" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343694v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fournel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sezille" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lic&#243;n" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Gerber" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23801" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629367v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Sorokowski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hilpert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Cantarero" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022022117698039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01477439v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valadier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Al-Hassani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tromelin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41047" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551066v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pellegrino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. de Wijk" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.04.006" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644022v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Walliczek-Dworschak" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Poncelet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baum" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Baki" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b04342" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642761v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Romagny" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823179v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chambault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dosne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053534" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719364v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjq126" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788004v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Cr&#233;peaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.063610" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761404v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Charra" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00359-010-0548-y" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SF2MBXR9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223377v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li Shirley Lim" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234447v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101265v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Koensgen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03245198v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03244890v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738330v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594334v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/367902.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191227v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bervialle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820411v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223360v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03621884v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223363v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785750v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785805v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maiken Thomsen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746952v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Le Berre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hummel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609599v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00761430v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747507v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719405v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00816519v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719410v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00719509v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543433v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnins.2011.85.00008" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421100v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421073v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002442v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-89903-1.00001-3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791201v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-85125-593-5-44" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603146v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28275-6_132-1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05178812v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamy Gourmand," TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sulmont-Ross&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788436v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schwartz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Piquemal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03625868v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5518083" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151091v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zsoldos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5705514.svg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787372v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery Patris" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brondel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benani" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bronner" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791470v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niyazi Acar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Br&#233;tillon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Merle" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785976v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01124036v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DIJOS113" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>