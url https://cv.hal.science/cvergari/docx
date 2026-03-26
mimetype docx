--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:139.63636363636px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Claudio Vergari </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Full professor in Arts & Métiers</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cvergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7049-2405</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">158113829</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">287195968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000393014542</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (102)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower limb compensation in adult spinal deformity: can we identify different patterns?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan H Daniels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassel G Diebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-026-09742-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05466822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Different Bipolar Construct Configurations for the Correction of Adult Spine Deformity: A Finite Element Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Wolff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Miladi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of biomedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different kinematic strategies are adopted by AIS patients during walking depending on Lenke type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria R Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Asmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami El Rachkidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Wakim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Massaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34, pp.103279. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-09531-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05447069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Abnormal Proximal Junctional Angles in Adult Spinal Deformity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan H Daniels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassel G Diebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05008099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Cheneau bracing on rib cage kinematics during breathing in adolescent idiopathic scoliosis assessed by biplanar radiography: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard de Charnace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bourelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Tuton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Carsin-Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Viprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-09689-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hip-lumbar mobility loss affects quality of life in patients undergoing both lumbar fusion and total hip arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Tada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiaki Tanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Bone &amp; Joint Journal (BJJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 107-B (1), pp.34-41. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1302/0301-620x.107b1.bjj-2024-0406.r1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barycentremetry, spine disorders, posture and motion analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gait &amp; Posture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.110014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of tensile test on thoracolumbar fascia with mesostructured-level descriptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lagache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Girardot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50th congress of the.., </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/mbj.16224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191778v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fascia strain hardening : a new mesoscopic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lagache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Girardot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50th congress of the.., </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/mbj.16223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191777v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relative contribution of discs and vertebral bodies to thoracic kyphosis in healthy volunteers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Finoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-09392-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ex vivo mechanical properties of human thoracolumbar fascia and erector spinae aponeurosis under traction loading and shear wave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Creze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lagache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duparc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mila Broqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 168, 107028 (11 p.). </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2025.107028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05050374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redefining physiological whole-body alignment according to pelvic incidence: normative values and prediction models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-08872-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods for three-dimensional characterization of the acetabulum prior to pelvic reorientation osteotomy: a scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Du Cluzel de Remaurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejib Khouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFORT Open Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (8), pp.762-772. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1530/eor-22-0126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent evolution of whole-body postural alignment with age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-024-08323-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D external shape analysis and barycentremetry can provide early signs of progression in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Du Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Baudoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Vol. 13, p. 551-560. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-024-01001-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05350239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Pelvic Incidence on Spinopelvic and Hip Alignment and Mobility in Asymptomatic Subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Bone &amp; Joint Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 00 - A, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2106/jbjs.23.00493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spinal axial torque assessment after surgical correction in adolescent idiopathic scoliosis: a new approach to 3D barycentremetry and mass distribution based on biplanar radiographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Du Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-023-00816-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the impact of material properties on the simulated response of heel soft tissue in the context of pressure ulcers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Cornillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bethany Keenan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Bioengineering (Computational Biomechanics for Medicine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, p. 61-74. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-64632-4_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-body Postural Alignment Analysis Through Barycentremetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of malalignment at early stage in adolescent idiopathic scoliosis: a longitudinal cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rougereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (4), pp.1665-1674. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-024-08178-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Implications of Sacralized Transitional Vertebra on Spinal Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Finoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of spinopelvic and hip mobility on passive hip flexion range of motion assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiki Tsushima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Tada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthroplasty Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29, pp.101429. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artd.2024.101429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thigh and paraspinal muscles change after fusionless bipolar fixation for early onset scoliosis in type 2 spinal muscular atrophy: Modifications in the spinal and thigh muscles of subjects with SMA2 and early onset scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Creze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Bonnet-Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Muth-Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.547-552. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcped.2024.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disc Versus Vertebral Body Contribution to Lumbar Lordosis in Asymptomatic Subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04845794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in lumbar regional kyphosis between supine and standing positions. Implications for spinal fracture management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 104085 (7 p.). </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2024.104085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-vivo characterization of the lumbar annulus fibrosus in adults with ultrasonography and shear wave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Galinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Eyssartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Tordjman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Pissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 120, pp.104044. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2023.104044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04472612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagittal plane assessment of manual concave rod bending for posterior correction in adolescents with idiopathic thoracic scoliosis (Lenke 1 and 3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alois Bouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 109 (6), pp.103654 (1-6). </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2023.103654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Antibacterial Compound Decreases MRSA Biofilm Formation Without the Use of Antibiotics in A Murine Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia F. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Orthopaedic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jor.25638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous induced bone fusion in minimally invasive fusionless bipolar fixation in neuromuscular scoliosis: a computed tomography analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervie Loiselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32 (7), pp.2550-2557. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-023-07745-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of spinal stiffening following fusionless bipolar fixation for neuromuscular scoliosis: a shear wave elastography assessment of lumbar annulus fibrosus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervie Loiselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Chekir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boddaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-023-08013-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between spino-pelvic-hip mobility and quality of life before and after total hip arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Orthopaedic and Trauma Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00402-023-05094-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of breathing on the in vivo mechanical characterization of linea alba by ultrasound shearwave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rohan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Biology and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 167, pp.107637 (1-6). </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compbiomed.2023.107637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femoral neck version in the spinopelvic and lower limb 3D alignment: a full-body EOS® study in 400 healthy subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rebeyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-023-07915-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in quantitative elastography assessment of the adjacent lumbar disc after segmental fixation of the spine: a case description of a burst fracture of L4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Imaging in Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), pp.2184-2188. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21037/qims-21-666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global malalignment in adolescent idiopathic scoliosis: The axial deformity is the main driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismat Ghanem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Saade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-021-07101-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03577114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Hip Mobility on Lumbar and Pelvic Mobility before and after Total Hip Arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.331. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jcm12010331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of the human rib cage over the vital capacity range in standing position using biplanar X-ray imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Demuynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Biology and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144, pp.105343. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compbiomed.2022.105343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagittal alignment in patients with flexion contracture of the hip before and after total hip arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiaki Tanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Orthopaedic and Trauma Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00402-022-04606-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating pulmonary function after surgery for adolescent idiopathic scoliosis using biplanar radiographs of the chest with 3D reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Taytard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Beydon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Bone &amp; Joint Journal (BJJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 104-B (1), pp.112-119. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1302/0301-620x.104b1.bjj-2021-0337.r2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D quasi-automatic spine length assessment using low dose biplanar radiography after surgical correction in thoracic idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Al Hawsawi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 99, pp.103735. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2021.103735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spine slenderness is not an early sign of progression in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kariman Abelin-Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 108, pp.103879. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2022.103879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis on the determinants of head to pelvic balance in a Chinese adult population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene Chi-Wai Man</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwong-Hang Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Imaging in Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (4), pp.2311-2320. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21037/qims-21-718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03603653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rib cage: a new element in the spinopelvic chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Heidsieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-022-07216-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-mechanical damage of needle puncture on bovine annulus fibrosus fibrils studied using polarization-resolved Second Harmonic Generation(P-SHG) microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mansfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brasselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith R. Meakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118, pp.104458. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2021.104458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical Evaluation of Intercostal Muscles in Healthy Children and Adolescent Idiopathic Scoliosis: A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisa Hisaund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (1), pp.51-57. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2020.09.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Classification of 3D Rib Cage Deformity in Subjects With Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Spine Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/bsd.0000000000001139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of curve location on the severity index for adolescent idiopathic scoliosis: a longitudinal cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kariman Abelin-Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-021-07944-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimally Invasive Surgery for Neuromuscular Scoliosis: Results and Complications at a Minimal Follow-up of 5 Years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejib Khouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Glorion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (24), pp.1696-1704. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000004082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03577308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balance, barycentremetry and external shape analysis in idiopathic scoliosis: What can the physician expect from it?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rougereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94, pp.33-40. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2021.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03288128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of 3D and 2D characterization of spinal geometry from biplanar X-rays: a large cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsz-Ping Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative imaging in medicine and surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21037/qims-20-861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sagittal alignment after surgery of right thoracic idiopathic scoliosis in adolescents and adults with and without thoracic hypokyphosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwong Hang Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene Chi Wai Man</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivian Wing Yin Hung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.6294. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-85782-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphoton imaging and Raman spectroscopy of the bovine vertebral endplate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fay Crawford-Manning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martha Z. Vardaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Green</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith R. Meakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d1an00702e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From in vitro evaluation of a finite element model of the spine to in silico comparison of spine instrumentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Miladi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 123, pp.104797. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2021.104797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility of Rib Kinematics and Intercostal-Space Biomechanical Characterization by Ultrasound in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisa Hisaund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, In press. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2021.03.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the axial plane deformity in subjects with adolescent idiopathic scoliosis and its relationship to the frontal and sagittal planes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aren Joe Bizdikian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Mehanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-021-00443-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a predictive simulation of brace action in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhuowei Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léopold Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1856373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of shear wave elastography in evaluation of the deltoid in reverse shoulder arthroplasty: reproducibility study and preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Dukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Ultrasonography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11152/mu-3249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound shearwave elastography to characterize muscles of healthy and cerebral palsy children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant‑dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Forin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.3577. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-82005-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shear wave elastography of lumbar annulus fibrosus in adolescent idiopathic scoliosis before and after surgical intervention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Chanteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (4), pp.1980-1985. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-019-06563-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method of anatomical landmark selection for rib cage 3D reconstruction from biplanar radiography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant-Dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Haen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering: Imaging &amp; Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.15-23. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21681163.2018.1537860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical cadaver study of proximal fixation in a minimally invasive bipolar construct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Glorion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.33-38. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-019-00014-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of clinical height gain from surgical posterior correction of idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Verdun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Compagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Ursu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurosurgery: Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (4), pp.507-512. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3171/2020.3.spine191541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spine slenderness and wedging in adolescent idiopathic scoliosis and in asymptomatic population: an observational retrospective study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismat Ghanem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29 (4), pp.726-736. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-020-06340-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A convolutional neural network to detect scoliosis treatment in radiographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Assisted Radiology and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15, pp.1069-1074. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11548-020-02173-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02878780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertebral rotation estimation from frontal X-rays using a quasi-automated pedicle detection method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahin Ebrahimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa D Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28, pp.3026-3034. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-019-06158-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head to pelvis alignment of adolescent idiopathic scoliosis patients both in and out of brace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural characterization of annulus fibrosus by ultrasonography: a feasibility study with an in vivo and in vitro approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Desprairies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomechanics and Modeling in Mechanobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (6), pp.1979-1986. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10237-019-01189-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Sagittal Alignment and Proximal Junctional Kyphosis in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdulmajeed Alzakri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. van den Abbeele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (2), pp.236-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biplanar stereoradiography predicts pulmonary function tests in adolescent idiopathic scoliosis: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Haen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stand-to-Sit Kinematics of the Pelvis Is Not Always as Expected: Hip and Spine Pathologies Can Have an Impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lazennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Arthroplasty</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.ePub</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Center of Mass and Gravity-Induced Vertebral Axial Torque on the Scoliotic Spine by Barycentremetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapahaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (4), pp.525-532. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspd.2018.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-automatic early detection of progressive idiopathic scoliosis from biplanar radiography: a preliminary validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kariman Abelin-Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-019-05998-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head to Pelvis Alignment of Adolescent Idiopathic Scoliosis Patients Both in and Out of Brace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (6), pp.1286-1295. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-019-05981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nano-Dose Protocol For Cobb Angle Assessment in Children With Scoliosis: Results of a Phantom-based and Clinically Validated Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter H. Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fred Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jaeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Spine Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (7), pp.340-345. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/BSD.0000000000000834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trunk Growth in Early-Onset Idiopathic Scoliosis Measured With Biplanar Radiography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bocahut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (6), pp.962-970. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspd.2019.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reduced micro-dose protocol for 3D reconstruction of the spine in children with scoliosis: results of a phantom-based and clinically validated study using stereo-radiography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter H. Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdulmajeed Alzakri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (4), pp.1874-1881. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-018-5749-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02174332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rib Cage Measurement Reproducibility Using Biplanar Stereoradiographic 3D Reconstructions in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pediatric Orthopedics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/BPO.0000000000001095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coronal Trunk Imbalance in Idiopathic Scoliosis: Does Gravity Line Localisation Confirm the Physical Findings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léopold Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (5), pp.617-622. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2018.04.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-automatic 3D reconstruction of the full spine from low-dose biplanar X-rays based on statistical inferences and image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahin Ebrahimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (4), pp.658-664</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coronal trunk imbalance in idiopathic scoliosis: Does gravity line localisation confirm the physical findings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (5), pp.617-622. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2018.04.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility of sub-dermal soft tissue deformation assessment using B-mode ultrasound for pressure ulcer prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Doridam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Macron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Verney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-Y. Rohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Tissue Viability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (4), pp.238-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normal Range of Patellar Tendon Elasticity Using the Sharewave Elastography Technique: An In Vivo Study in Normal Volunteers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rodaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surgical Technology International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31, pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra and Inter-Observer Reliability of Determining Degree of Pelvic Obliquity in Neuromuscular Scoliosis Using the EOS-CHAIR® Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Rouissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Arvieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dubory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bachy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child's Nervous System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2), pp.337-341. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00381-016-3326-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation of a patient-specific model of orthotic action in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (10), pp.3049-3055. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-016-4511-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01551697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Detection of Progressive Adolescent Idiopathic Scoliosis: A Severity Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Drevelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/BRS.0000000000001961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive assessment of human multifidus muscle stiffness using ultrasound shear wave elastography: A feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisham Gad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Sandoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.14. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954411916656022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumbar annulus fibrosus biomechanical characterization in healthy children by ultrasound shear wave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gennisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Tanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (4), pp.1213-1217. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-015-3911-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05144297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of a Patient-Specific Finite-Element Model to Simulate Conservative Treatment in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Ribes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clayton Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Miladi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (1), pp.4-11. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspd.2014.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Protocol for Shear Wave Elastography of Lower Limb Muscles at Rest and During Passive Stretching.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Kheireddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41 (9), pp.2284-2291. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2015.04.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive biomechanical characterization of intervertebral discs by shear wave ultrasound elastography: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-014-3382-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervertebral disc characterization by shear wave elastography: an in-vitro preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of the IME Part H : Journal of Engineering in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.In Press. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954411914540279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01010870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of ribcage geometry from biplanar radiographs using a statistical parametric model approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Ilharreborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering: Imaging &amp; Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.In Press. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21681163.2014.913990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative kinematic analysis of the leading and trailing forelimbs of horses cantering on a turf and a synthetic surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden Douilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equine Veterinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 45 (S1), pp.54-61. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/evj.12160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of the forelimb in horses circling on different ground surfaces at the trot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden-Douilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 198 Suppl 1, pp.e20-6. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tvjl.2013.09.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of superficial digital flexor tendon loading on asphalt and sand in horses at the walk and trot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 198 (1), pp.130.136. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tvjl.2013.09.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First application of axial speed of sound to follow up injured equine tendons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 38 (1), pp. 162-167. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2011.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial speed of sound is related to tendon's nonlinear elasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (22), p263-268. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2011.10.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00951840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ground surface on the equine superficial digital flexor tendon loading at the walk and trot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ravary-Plumiöen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Desquilbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Crevier-Denoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (sup1), pp.143-144. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2012.713733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial Speed of Sound for the Monitoring of Injured Equine Tendons: a Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (1), pp. 53-58. </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2011.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00984992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First application of an axial speed of sound measurement technique in the monitoring of tendon healing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (1), pp.257-259. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2011.596360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">True stress and Poisson's ratio of tendons during loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gerard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 44 (4), pp. 719-724. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2010.10.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear laser scanner to measure cross-sectional shape and area of biological specimens during mechanical testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 132 (10), 7 p. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4002374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Spinal Midline Delineation on Biplanar X-Rays Using Mask R-CNN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixin Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCOMAS Thematic Conference on Computational Vision and Medical Image Processing (ViPImage)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Porto (Portugal), Portugal. pp.307-316, </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-32040-9_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shear wear elastography of the human Achilles tendon: a cadaveric study of factors influencing the repeatability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Haen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Labruyere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.1954-1955, </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1069578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of orthotic treatment in adolescent idiopathic scoliosis using a subject-specific finite element model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société de Biomécanique (40éme Congrès)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.2076-2077, </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1069629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03237092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of the forelimb in horses trotting an uphill and downhill slope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Lepley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Equine Exercise Physiology 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kentucky Equine Research. USA., Jun 2014, Liverpool, United Kingdom. pp.62, </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/evj.12267_113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equine superficial digital flexor tendon force and axial speed of sound: a calibration method under clinical conditions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37éme congrés Société Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Toulouse, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ground surface on the equine superficial digital flexor tendon loading at the walk and trot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Desquilbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37éme congrés Société Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Toulouse, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomécanique des tendons et incidence des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès AFVAC/AVEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential of axial speed of sound in monitoring tendon lesions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of ground/track surfaces on locomotion and its impact on performance and injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la WEVA (World Equine Veterinary Association)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Hyderabad, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial speed of sound and injured tendon's mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Journée de l'école doctorale normande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Le Havre, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground reaction force, acceleration and high-speed kinematics of hoof contact in the fore and hind limbs of horses at the canter under training conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Congress of the International Society of Biomechanics (ISB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial speed of sound in injured tendons: a preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Audigié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Congress of the International Society of Biomechanics (ISB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of cross-sectional area variations of five equine superficial digital flexor tendons during tension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. congress of the Society of Biomechanic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Biomécanique. Labo/service de l'auteur, Ville service, FRA., Aug 2010, Le Mans, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achilles tendon force and axial speed of sound: a calibration method under clinical conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pradon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37. Congrés Société Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Toulouse, France. Computer Methods in Biomechanics and Biomedical Engineering, 15 suppl 1, 2 p., 2012, 37th Congress of the Societe de Biomecanique. </w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2012.713727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure in vivo par ultrasons de la force qui s'exerce dans les tendons : approche expérimentale et théorique de la propagation acoustique dans les tendons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Caen Basse Normandie, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02810546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ultrasons en biomécanique: du tissu à l'application clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénierie biomédicale. Sorbonne universite, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04644723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId438"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:139.63636363636px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Claudio Vergari </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Full professor in Arts & Métiers</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cvergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7049-2405</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">158113829</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">287195968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000393014542</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (103)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Is Lumbar Fusion Associated With Compensatory Hip Motion After THA?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiki Tsushima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Kanoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Orthopaedics and Related Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/corr.0000000000003883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05544181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower limb compensation in adult spinal deformity: can we identify different patterns?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan H Daniels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassel G Diebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-026-09742-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05466822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of tensile test on thoracolumbar fascia with mesostructured-level descriptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lagache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Girardot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50th congress of the.., </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/mbj.16224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191778v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fascia strain hardening : a new mesoscopic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lagache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Girardot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50th congress of the.., </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/mbj.16223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191777v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redefining physiological whole-body alignment according to pelvic incidence: normative values and prediction models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-08872-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ex vivo mechanical properties of human thoracolumbar fascia and erector spinae aponeurosis under traction loading and shear wave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Creze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lagache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duparc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mila Broqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 168, 107028 (11 p.). </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2025.107028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05050374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relative contribution of discs and vertebral bodies to thoracic kyphosis in healthy volunteers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Finoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-09392-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different kinematic strategies are adopted by AIS patients during walking depending on Lenke type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria R Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Asmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami El Rachkidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Wakim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Massaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34, pp.103279. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-09531-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05447069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Different Bipolar Construct Configurations for the Correction of Adult Spine Deformity: A Finite Element Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Wolff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Miladi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of biomedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Abnormal Proximal Junctional Angles in Adult Spinal Deformity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan H Daniels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassel G Diebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05008099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Cheneau bracing on rib cage kinematics during breathing in adolescent idiopathic scoliosis assessed by biplanar radiography: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard de Charnace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bourelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Tuton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Carsin-Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Viprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-025-09689-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hip-lumbar mobility loss affects quality of life in patients undergoing both lumbar fusion and total hip arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Tada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiaki Tanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Bone &amp; Joint Journal (BJJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 107-B (1), pp.34-41. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1302/0301-620x.107b1.bjj-2024-0406.r1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barycentremetry, spine disorders, posture and motion analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gait &amp; Posture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.110014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in lumbar regional kyphosis between supine and standing positions. Implications for spinal fracture management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 104085 (7 p.). </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2024.104085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disc Versus Vertebral Body Contribution to Lumbar Lordosis in Asymptomatic Subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04845794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods for three-dimensional characterization of the acetabulum prior to pelvic reorientation osteotomy: a scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Du Cluzel de Remaurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejib Khouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFORT Open Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (8), pp.762-772. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1530/eor-22-0126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Pelvic Incidence on Spinopelvic and Hip Alignment and Mobility in Asymptomatic Subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Bone &amp; Joint Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 00 - A, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2106/jbjs.23.00493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent evolution of whole-body postural alignment with age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-024-08323-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D external shape analysis and barycentremetry can provide early signs of progression in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Du Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Baudoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Vol. 13, p. 551-560. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-024-01001-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05350239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spinal axial torque assessment after surgical correction in adolescent idiopathic scoliosis: a new approach to 3D barycentremetry and mass distribution based on biplanar radiographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Du Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-023-00816-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-body Postural Alignment Analysis Through Barycentremetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the impact of material properties on the simulated response of heel soft tissue in the context of pressure ulcers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Cornillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bethany Keenan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Bioengineering (Computational Biomechanics for Medicine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, p. 61-74. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-64632-4_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of malalignment at early stage in adolescent idiopathic scoliosis: a longitudinal cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rougereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (4), pp.1665-1674. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-024-08178-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of spinopelvic and hip mobility on passive hip flexion range of motion assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiki Tsushima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Tada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthroplasty Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29, pp.101429. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artd.2024.101429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Implications of Sacralized Transitional Vertebra on Spinal Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Elysée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Finoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000005187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thigh and paraspinal muscles change after fusionless bipolar fixation for early onset scoliosis in type 2 spinal muscular atrophy: Modifications in the spinal and thigh muscles of subjects with SMA2 and early onset scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Creze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Bonnet-Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Muth-Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de Pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.547-552. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcped.2024.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Antibacterial Compound Decreases MRSA Biofilm Formation Without the Use of Antibiotics in A Murine Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia F. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Orthopaedic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jor.25638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-vivo characterization of the lumbar annulus fibrosus in adults with ultrasonography and shear wave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Galinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Eyssartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Tordjman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Pissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 120, pp.104044. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2023.104044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04472612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagittal plane assessment of manual concave rod bending for posterior correction in adolescents with idiopathic thoracic scoliosis (Lenke 1 and 3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alois Bouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 109 (6), pp.103654 (1-6). </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2023.103654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous induced bone fusion in minimally invasive fusionless bipolar fixation in neuromuscular scoliosis: a computed tomography analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervie Loiselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32 (7), pp.2550-2557. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-023-07745-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of spinal stiffening following fusionless bipolar fixation for neuromuscular scoliosis: a shear wave elastography assessment of lumbar annulus fibrosus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervie Loiselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Chekir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boddaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-023-08013-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between spino-pelvic-hip mobility and quality of life before and after total hip arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Orthopaedic and Trauma Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00402-023-05094-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of breathing on the in vivo mechanical characterization of linea alba by ultrasound shearwave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rohan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Biology and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 167, pp.107637 (1-6). </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compbiomed.2023.107637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femoral neck version in the spinopelvic and lower limb 3D alignment: a full-body EOS® study in 400 healthy subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rebeyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-023-07915-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spine slenderness is not an early sign of progression in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kariman Abelin-Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 108, pp.103879. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2022.103879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis on the determinants of head to pelvic balance in a Chinese adult population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene Chi-Wai Man</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwong-Hang Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Imaging in Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (4), pp.2311-2320. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21037/qims-21-718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03603653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rib cage: a new element in the spinopelvic chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Heidsieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-022-07216-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in quantitative elastography assessment of the adjacent lumbar disc after segmental fixation of the spine: a case description of a burst fracture of L4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Imaging in Medicine and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), pp.2184-2188. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21037/qims-21-666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global malalignment in adolescent idiopathic scoliosis: The axial deformity is the main driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismat Ghanem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Saade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-021-07101-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03577114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Hip Mobility on Lumbar and Pelvic Mobility before and after Total Hip Arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroyuki Tokuyasu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.331. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jcm12010331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of the human rib cage over the vital capacity range in standing position using biplanar X-ray imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Demuynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Biology and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144, pp.105343. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compbiomed.2022.105343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagittal alignment in patients with flexion contracture of the hip before and after total hip arthroplasty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsuru Takemoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Shimizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiaki Tanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Orthopaedic and Trauma Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00402-022-04606-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating pulmonary function after surgery for adolescent idiopathic scoliosis using biplanar radiographs of the chest with 3D reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Taytard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Beydon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Bone &amp; Joint Journal (BJJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 104-B (1), pp.112-119. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1302/0301-620x.104b1.bjj-2021-0337.r2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D quasi-automatic spine length assessment using low dose biplanar radiography after surgical correction in thoracic idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Al Hawsawi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 99, pp.103735. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2021.103735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound shearwave elastography to characterize muscles of healthy and cerebral palsy children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant‑dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Forin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.3577. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-82005-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-mechanical damage of needle puncture on bovine annulus fibrosus fibrils studied using polarization-resolved Second Harmonic Generation(P-SHG) microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mansfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Brasselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith R. Meakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118, pp.104458. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2021.104458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical Evaluation of Intercostal Muscles in Healthy Children and Adolescent Idiopathic Scoliosis: A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisa Hisaund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (1), pp.51-57. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2020.09.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Classification of 3D Rib Cage Deformity in Subjects With Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Spine Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/bsd.0000000000001139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of curve location on the severity index for adolescent idiopathic scoliosis: a longitudinal cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kariman Abelin-Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-021-07944-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimally Invasive Surgery for Neuromuscular Scoliosis: Results and Complications at a Minimal Follow-up of 5 Years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejib Khouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Glorion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (24), pp.1696-1704. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/brs.0000000000004082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03577308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balance, barycentremetry and external shape analysis in idiopathic scoliosis: What can the physician expect from it?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rougereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94, pp.33-40. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2021.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03288128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphoton imaging and Raman spectroscopy of the bovine vertebral endplate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fay Crawford-Manning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martha Z. Vardaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Green</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith R. Meakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d1an00702e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sagittal alignment after surgery of right thoracic idiopathic scoliosis in adolescents and adults with and without thoracic hypokyphosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwong Hang Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene Chi Wai Man</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivian Wing Yin Hung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.6294. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-85782-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of 3D and 2D characterization of spinal geometry from biplanar X-rays: a large cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongshan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsz-Ping Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative imaging in medicine and surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21037/qims-20-861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the axial plane deformity in subjects with adolescent idiopathic scoliosis and its relationship to the frontal and sagittal planes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aren Joe Bizdikian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Mehanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-021-00443-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility of Rib Kinematics and Intercostal-Space Biomechanical Characterization by Ultrasound in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisa Hisaund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, In press. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2021.03.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From in vitro evaluation of a finite element model of the spine to in silico comparison of spine instrumentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Miladi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 123, pp.104797. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2021.104797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a predictive simulation of brace action in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhuowei Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léopold Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1856373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of shear wave elastography in evaluation of the deltoid in reverse shoulder arthroplasty: reproducibility study and preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Dukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Ultrasonography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11152/mu-3249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03470648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shear wave elastography of lumbar annulus fibrosus in adolescent idiopathic scoliosis before and after surgical intervention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Chanteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (4), pp.1980-1985. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-019-06563-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method of anatomical landmark selection for rib cage 3D reconstruction from biplanar radiography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant-Dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Haen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering: Imaging &amp; Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.15-23. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21681163.2018.1537860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical cadaver study of proximal fixation in a minimally invasive bipolar construct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Persohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Glorion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.33-38. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43390-019-00014-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of clinical height gain from surgical posterior correction of idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Verdun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Compagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Ursu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurosurgery: Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (4), pp.507-512. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3171/2020.3.spine191541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spine slenderness and wedging in adolescent idiopathic scoliosis and in asymptomatic population: an observational retrospective study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismat Ghanem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29 (4), pp.726-736. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-020-06340-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A convolutional neural network to detect scoliosis treatment in radiographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Assisted Radiology and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15, pp.1069-1074. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11548-020-02173-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02878780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trunk Growth in Early-Onset Idiopathic Scoliosis Measured With Biplanar Radiography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bocahut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman Assi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (6), pp.962-970. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspd.2019.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02530583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reduced micro-dose protocol for 3D reconstruction of the spine in children with scoliosis: results of a phantom-based and clinically validated study using stereo-radiography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter H. Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdulmajeed Alzakri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (4), pp.1874-1881. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-018-5749-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02174332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nano-Dose Protocol For Cobb Angle Assessment in Children With Scoliosis: Results of a Phantom-based and Clinically Validated Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter H. Pedersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fred Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jaeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Spine Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (7), pp.340-345. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/BSD.0000000000000834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertebral rotation estimation from frontal X-rays using a quasi-automated pedicle detection method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahin Ebrahimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa D Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28, pp.3026-3034. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-019-06158-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head to pelvis alignment of adolescent idiopathic scoliosis patients both in and out of brace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural characterization of annulus fibrosus by ultrasonography: a feasibility study with an in vivo and in vitro approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Desprairies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomechanics and Modeling in Mechanobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (6), pp.1979-1986. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10237-019-01189-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Sagittal Alignment and Proximal Junctional Kyphosis in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdulmajeed Alzakri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. van den Abbeele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (2), pp.236-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biplanar stereoradiography predicts pulmonary function tests in adolescent idiopathic scoliosis: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Haen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Center of Mass and Gravity-Induced Vertebral Axial Torque on the Scoliotic Spine by Barycentremetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapahaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (4), pp.525-532. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspd.2018.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stand-to-Sit Kinematics of the Pelvis Is Not Always as Expected: Hip and Spine Pathologies Can Have an Impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngwoo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lazennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Arthroplasty</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.ePub</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-automatic early detection of progressive idiopathic scoliosis from biplanar radiography: a preliminary validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kariman Abelin-Genevois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-019-05998-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head to Pelvis Alignment of Adolescent Idiopathic Scoliosis Patients Both in and Out of Brace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (6), pp.1286-1295. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-019-05981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility of sub-dermal soft tissue deformation assessment using B-mode ultrasound for pressure ulcer prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Doridam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Macron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Verney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-Y. Rohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Tissue Viability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (4), pp.238-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coronal Trunk Imbalance in Idiopathic Scoliosis: Does Gravity Line Localisation Confirm the Physical Findings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léopold Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (5), pp.617-622. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2018.04.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rib Cage Measurement Reproducibility Using Biplanar Stereoradiographic 3D Reconstructions in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pietton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pediatric Orthopedics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/BPO.0000000000001095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-automatic 3D reconstruction of the full spine from low-dose biplanar X-rays based on statistical inferences and image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahin Ebrahimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (4), pp.658-664</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coronal trunk imbalance in idiopathic scoliosis: Does gravity line localisation confirm the physical findings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (5), pp.617-622. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.otsr.2018.04.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra and Inter-Observer Reliability of Determining Degree of Pelvic Obliquity in Neuromuscular Scoliosis Using the EOS-CHAIR® Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Rouissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Arvieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dubory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bachy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child's Nervous System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2), pp.337-341. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00381-016-3326-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normal Range of Patellar Tendon Elasticity Using the Sharewave Elastography Technique: An In Vivo Study in Normal Volunteers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rodaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surgical Technology International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31, pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumbar annulus fibrosus biomechanical characterization in healthy children by ultrasound shear wave elastography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gennisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Tanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (4), pp.1213-1217. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-015-3911-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05144297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation of a patient-specific model of orthotic action in adolescent idiopathic scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Spine Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (10), pp.3049-3055. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00586-016-4511-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01551697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Detection of Progressive Adolescent Idiopathic Scoliosis: A Severity Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Drevelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/BRS.0000000000001961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive assessment of human multifidus muscle stiffness using ultrasound shear wave elastography: A feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisham Gad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Sandoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.14. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954411916656022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of a Patient-Specific Finite-Element Model to Simulate Conservative Treatment in Adolescent Idiopathic Scoliosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Ribes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clayton Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Miladi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spine Deformity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (1), pp.4-11. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspd.2014.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable Protocol for Shear Wave Elastography of Lower Limb Muscles at Rest and During Passive Stretching.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Kheireddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41 (9), pp.2284-2291. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2015.04.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive biomechanical characterization of intervertebral discs by shear wave ultrasound elastography: a feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-014-3382-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of ribcage geometry from biplanar radiographs using a statistical parametric model approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Ilharreborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering: Imaging &amp; Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.In Press. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21681163.2014.913990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervertebral disc characterization by shear wave elastography: an in-vitro preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of the IME Part H : Journal of Engineering in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.In Press. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954411914540279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01010870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative kinematic analysis of the leading and trailing forelimbs of horses cantering on a turf and a synthetic surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden Douilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equine Veterinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 45 (S1), pp.54-61. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/evj.12160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of the forelimb in horses circling on different ground surfaces at the trot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden-Douilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 198 Suppl 1, pp.e20-6. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tvjl.2013.09.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of superficial digital flexor tendon loading on asphalt and sand in horses at the walk and trot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 198 (1), pp.130.136. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tvjl.2013.09.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First application of axial speed of sound to follow up injured equine tendons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 38 (1), pp. 162-167. </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2011.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial speed of sound is related to tendon's nonlinear elasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (22), p263-268. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2011.10.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00951840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ground surface on the equine superficial digital flexor tendon loading at the walk and trot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Ravary-Plumiöen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Desquilbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Crevier-Denoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (sup1), pp.143-144. </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2012.713733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial Speed of Sound for the Monitoring of Injured Equine Tendons: a Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (1), pp. 53-58. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2011.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00984992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First application of an axial speed of sound measurement technique in the monitoring of tendon healing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (1), pp.257-259. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2011.596360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">True stress and Poisson's ratio of tendons during loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gerard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 44 (4), pp. 719-724. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2010.10.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear laser scanner to measure cross-sectional shape and area of biological specimens during mechanical testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 132 (10), 7 p. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4002374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Spinal Midline Delineation on Biplanar X-Rays Using Mask R-CNN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixin Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Skalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gajny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCOMAS Thematic Conference on Computational Vision and Medical Image Processing (ViPImage)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Porto (Portugal), Portugal. pp.307-316, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-32040-9_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of orthotic treatment in adolescent idiopathic scoliosis using a subject-specific finite element model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ebermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Bouloussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société de Biomécanique (40éme Congrès)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.2076-2077, </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1069629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03237092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shear wear elastography of the human Achilles tendon: a cadaveric study of factors influencing the repeatability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas-Xavier Haen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Labruyere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.1954-1955, </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1069578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of the forelimb in horses trotting an uphill and downhill slope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Lepley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Equine Exercise Physiology 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kentucky Equine Research. USA., Jun 2014, Liverpool, United Kingdom. pp.62, </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/evj.12267_113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equine superficial digital flexor tendon force and axial speed of sound: a calibration method under clinical conditions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37éme congrés Société Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Toulouse, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ground surface on the equine superficial digital flexor tendon loading at the walk and trot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Desquilbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37éme congrés Société Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Toulouse, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomécanique des tendons et incidence des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès AFVAC/AVEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential of axial speed of sound in monitoring tendon lesions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of ground/track surfaces on locomotion and its impact on performance and injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la WEVA (World Equine Veterinary Association)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Hyderabad, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial speed of sound and injured tendon's mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Journée de l'école doctorale normande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Le Havre, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground reaction force, acceleration and high-speed kinematics of hoof contact in the fore and hind limbs of horses at the canter under training conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Falala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Congress of the International Society of Biomechanics (ISB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axial speed of sound in injured tendons: a preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gaëlle Dupays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Audigié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Congress of the International Society of Biomechanics (ISB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of cross-sectional area variations of five equine superficial digital flexor tendons during tension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurène Holden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. congress of the Society of Biomechanic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Biomécanique. Labo/service de l'auteur, Ville service, FRA., Aug 2010, Le Mans, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achilles tendon force and axial speed of sound: a calibration method under clinical conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pradon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Ravary-Plumioën</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pourcelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37. Congrés Société Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Toulouse, France. Computer Methods in Biomechanics and Biomedical Engineering, 15 suppl 1, 2 p., 2012, 37th Congress of the Societe de Biomecanique. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2012.713727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure in vivo par ultrasons de la force qui s'exerce dans les tendons : approche expérimentale et théorique de la propagation acoustique dans les tendons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Caen Basse Normandie, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02810546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ultrasons en biomécanique: du tissu à l'application clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vergari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénierie biomédicale. Sorbonne universite, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04644723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId441"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01420099"/>
+    <w:nsid w:val="90FF01C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cvergari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7049-2405" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158113829" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/287195968" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000393014542" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466822v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Khalife" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lafage" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan H Daniels" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassel G Diebo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Elysee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-026-09742-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Vergari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Persohn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Wolff" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Miladi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447069v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R Karam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Asmar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami El Rachkidi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Wakim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Massaad" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-09531-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artsetmetiers.hal.science/hal-05008099v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Khalif&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005141" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444165v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard de Charnace" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bourelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tuton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Carsin-Vu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Viprey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-09689-w" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066047v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Tokuyasu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngwoo Kim" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Tada" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaki Tanaka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1302/0301-620x.107b1.bjj-2024-0406.r1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328420v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Skalli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Langlais" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ferrero" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.110014" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191778v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lagache" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laporte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Girardot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16224" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191777v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16223" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304370v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Finoco" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-09392-w" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050374v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Creze" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duparc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Broqu&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107028" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064455v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guigui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Valentin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-08872-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719879v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Du Cluzel de Remaurin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejib Khouri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Georges" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gajny" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/eor-22-0126" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670527v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Assi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Attali" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-024-08323-5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350239v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mainard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Du Cluzel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Baudoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-024-01001-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598777v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Shimizu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Takemoto" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2106/jbjs.23.00493" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559634v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel George" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-023-00816-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684748v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Cornillon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Keenan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-64632-4_6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561120v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564428v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Rougereau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gaume" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-024-08178-w" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133441v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Elys&#233;e" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005187" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846685v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiki Tsushima" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artd.2024.101429" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831080v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Bonnet-Lebrun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Muth-Seng" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2024.08.005" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845794v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005152" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448808v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2024.104085" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472612v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Galini&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eyssartier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tordjman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Pissonier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2023.104044" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471300v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alois Bouy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Eloy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2023.103654" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195338v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Bouloussa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Durand" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gibon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia F. Chen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Grant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.25638" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182834v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervie Loiselet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pannier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-023-07745-x" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470096v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Chekir" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boddaert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-023-08013-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465464v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00402-023-05094-4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467526v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2023.107637" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299495v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rebeyrat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-023-07915-x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592168v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pietton" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vialle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laurent" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/qims-21-666" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577114v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Karam" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismat Ghanem" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Khalil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Saade" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-021-07101-x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924571v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12010331" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592143v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Clavel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Demuynck" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2022.105343" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792372v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00402-022-04606-y" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512388v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Taytard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Beydon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1302/0301-620x.104b1.bjj-2021-0337.r2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541398v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Langlais" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Xavier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Al Hawsawi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2021.103735" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896692v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kariman Abelin-Genevois" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bernard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongshan Hu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2022.103879" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603653v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gene Chi-Wai Man" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwong-Hang Yeung" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/qims-21-718" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661212v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Attali" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Heidsieck" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-022-07216-9" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200723v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Wang" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Mansfield" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brasselet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith R. Meakin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104458" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031970v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes David" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisa Hisaund" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2020.09.011" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163163v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Vialle" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/bsd.0000000000001139" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219716v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Bernard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-021-07944-4" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577308v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Glorion" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000004082" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288128v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2021.06.004" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218585v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Liu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz-Ping Lam" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/qims-20-861" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174509v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwong Hang Yeung" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gene Chi Wai Man" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Wing Yin Hung" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85782-6" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262658v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay Crawford-Manning" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Z. Vardaki" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Green" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1an00702e" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336009v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104797" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236331v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2021.03.017" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470446v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aren Joe Bizdikian" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Mehanna" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-021-00443-y" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156362v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuowei Chen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Robichon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Courtois" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ebermeyer" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1856373" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470648v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Dukan" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boyer" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11152/mu-3249" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156320v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant&#8209;dudek" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubois" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Forin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82005-w" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531525v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Chanteux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-019-06563-4" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420442v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubert" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant-Dudek" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas-Xavier Haen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681163.2018.1537860" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532922v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-019-00014-2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156552v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Verdun" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Compagnon" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Ursu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2020.3.spine191541" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534821v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Karam" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-020-06340-8" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878780v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-020-02173-4" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523579v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahin Ebrahimi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa D Angelini" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-019-06158-z" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129230v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Pietton" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02368131v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desprairies" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubousset" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-019-01189-3" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117369v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulmajeed Alzakri" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. van den Abbeele" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gille" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129123v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173733v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Girinon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Lazennec" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529577v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thenard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Hernandez" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapaha&#235;l Vialle" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspd.2018.11.007" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129210v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-019-05998-z" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885451v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-019-05981" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529647v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. Pedersen" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Tran" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Xavier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaeger" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/BSD.0000000000000834" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530583v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bocahut" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspd.2019.04.001" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174332v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-018-5749-8" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797585v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/BPO.0000000000001095" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486603v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2018.04.018" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181752v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Angelini" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945102v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Robichon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284268v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doridam" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Macron" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergari" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verney" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Rohan" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156476v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hardy" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rodaix" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890095v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Rouissi" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Arvieu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dubory" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bachy" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00381-016-3326-5" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551697v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-016-4511-7" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532147v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Drevelle" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/BRS.0000000000001961" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378801v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Moreau" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Gad" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sandoz" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411916656022" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144297v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gennisson" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-015-3911-0" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460811v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Ribes" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clayton Adam" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspd.2014.06.014" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494020v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Kheireddine" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonneau" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Thoreux" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2015.04.020" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454477v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rouch" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-014-3382-8" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010870v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411914540279" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033475v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ilharreborde" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Courvoisier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681163.2014.913990" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649488v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Crevier-Denoix" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Falala" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Holden Douilly" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Camus" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Martino" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12160" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646942v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chateau" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Holden-Douilly" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Ravary-Plumio&#235;n" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2013.09.028" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL13Z8ZG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651857v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Holden" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2013.09.047" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8LR3WJV4-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985072v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pourcelot" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Dupays" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Denoix" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2011.10.008" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951840v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Evrard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laugier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mitton" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2011.10.032" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04017731v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravary-Plumi&#246;en" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pourcelot" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Desquilbet" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Crevier-Denoix" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713733" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984992v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Jacquet" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2011.10.016" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642848v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ga&#235;lle Dupays" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.596360" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967946v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerard" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2010.10.038" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985419v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4002374" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04345039v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixin Yang" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32040-9_32" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219830v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roux" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labruyere" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069578" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237092v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069629" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743076v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lepley" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_113" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744973v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746783v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746271v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748401v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745805v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806025v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744664v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Robin" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748526v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Audigi&#233;" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754530v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748699v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713727" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810546v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04644723v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cvergari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7049-2405" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158113829" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/287195968" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000393014542" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544181v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Tokuyasu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiki Tsushima" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Takemoto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Vergari" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Kanoe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/corr.0000000000003883" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466822v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Khalife" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lafage" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan H Daniels" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassel G Diebo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Elysee" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-026-09742-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191778v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lagache" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laporte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Girardot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16224" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191777v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16223" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064455v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Khalif&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Skalli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guigui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Valentin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-08872-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050374v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Creze" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duparc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Broqu&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Persohn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107028" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304370v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Finoco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-09392-w" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447069v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R Karam" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Asmar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami El Rachkidi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Wakim" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Massaad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-09531-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454686v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Wolff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Miladi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artsetmetiers.hal.science/hal-05008099v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005141" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444165v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard de Charnace" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bourelle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tuton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Carsin-Vu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Viprey" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-025-09689-w" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066047v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngwoo Kim" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Tada" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaki Tanaka" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1302/0301-620x.107b1.bjj-2024-0406.r1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328420v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Langlais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ferrero" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.110014" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448808v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2024.104085" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845794v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Assi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005152" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719879v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Du Cluzel de Remaurin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejib Khouri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Georges" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gajny" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/eor-22-0126" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598777v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Shimizu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2106/jbjs.23.00493" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670527v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Attali" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-024-08323-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350239v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mainard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Du Cluzel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Baudoux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-024-01001-y" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559634v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel George" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-023-00816-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561120v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684748v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Cornillon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rohan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Keenan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-64632-4_6" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564428v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Rougereau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gaume" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-024-08178-w" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846685v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artd.2024.101429" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133441v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Elys&#233;e" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000005187" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831080v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Bonnet-Lebrun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Muth-Seng" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2024.08.005" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195338v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Bouloussa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Durand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gibon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia F. Chen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Grant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.25638" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472612v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Galini&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eyssartier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tordjman" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Pissonier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2023.104044" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471300v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alois Bouy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Eloy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2023.103654" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182834v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervie Loiselet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pannier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-023-07745-x" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470096v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Chekir" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boddaert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-023-08013-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465464v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00402-023-05094-4" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467526v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2023.107637" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299495v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rebeyrat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-023-07915-x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896692v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kariman Abelin-Genevois" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bernard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongshan Hu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2022.103879" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603653v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gene Chi-Wai Man" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwong-Hang Yeung" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/qims-21-718" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661212v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Attali" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Heidsieck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-022-07216-9" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592168v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pietton" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vialle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laurent" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/qims-21-666" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577114v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Karam" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismat Ghanem" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Khalil" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Saade" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-021-07101-x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924571v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12010331" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592143v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Clavel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Demuynck" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2022.105343" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792372v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00402-022-04606-y" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512388v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Taytard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Beydon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1302/0301-620x.104b1.bjj-2021-0337.r2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541398v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Langlais" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Xavier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Al Hawsawi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2021.103735" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156320v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant&#8209;dudek" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubois" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Forin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82005-w" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200723v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Wang" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Mansfield" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brasselet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith R. Meakin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104458" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031970v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes David" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisa Hisaund" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2020.09.011" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163163v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Vialle" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/bsd.0000000000001139" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219716v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Bernard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-021-07944-4" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577308v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Glorion" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/brs.0000000000004082" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288128v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2021.06.004" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262658v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay Crawford-Manning" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Z. Vardaki" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Green" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1an00702e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174509v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwong Hang Yeung" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gene Chi Wai Man" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Wing Yin Hung" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85782-6" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218585v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Liu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz-Ping Lam" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/qims-20-861" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470446v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aren Joe Bizdikian" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Mehanna" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-021-00443-y" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236331v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2021.03.017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336009v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104797" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156362v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuowei Chen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Robichon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Courtois" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ebermeyer" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1856373" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470648v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Dukan" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boyer" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11152/mu-3249" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531525v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Chanteux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-019-06563-4" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420442v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant-Dudek" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas-Xavier Haen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681163.2018.1537860" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532922v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43390-019-00014-2" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156552v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Verdun" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Compagnon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Ursu" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2020.3.spine191541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534821v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Karam" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-020-06340-8" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878780v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-020-02173-4" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530583v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bocahut" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Hernandez" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspd.2019.04.001" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174332v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. Pedersen" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulmajeed Alzakri" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-018-5749-8" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529647v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Tran" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Xavier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaeger" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/BSD.0000000000000834" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523579v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahin Ebrahimi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa D Angelini" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-019-06158-z" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129230v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Pietton" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02368131v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desprairies" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubousset" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-019-01189-3" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117369v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. van den Abbeele" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gille" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129123v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529577v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thenard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapaha&#235;l Vialle" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspd.2018.11.007" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173733v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Girinon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Lazennec" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129210v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-019-05998-z" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885451v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-019-05981" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284268v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doridam" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Macron" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergari" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verney" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Rohan" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486603v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2018.04.018" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797585v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/BPO.0000000000001095" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181752v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Angelini" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945102v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Robichon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890095v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Rouissi" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Arvieu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dubory" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bachy" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00381-016-3326-5" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156476v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hardy" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rodaix" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144297v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gennisson" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-015-3911-0" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551697v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00586-016-4511-7" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532147v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Drevelle" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/BRS.0000000000001961" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378801v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Moreau" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Gad" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sandoz" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411916656022" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460811v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Ribes" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clayton Adam" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspd.2014.06.014" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494020v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Kheireddine" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonneau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Thoreux" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2015.04.020" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454477v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rouch" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-014-3382-8" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033475v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ilharreborde" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Courvoisier" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681163.2014.913990" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010870v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411914540279" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649488v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Crevier-Denoix" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Falala" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Holden Douilly" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Camus" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Martino" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12160" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646942v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chateau" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Holden-Douilly" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Ravary-Plumio&#235;n" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2013.09.028" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL13Z8ZG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651857v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Holden" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2013.09.047" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8LR3WJV4-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985072v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pourcelot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Dupays" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Denoix" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2011.10.008" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951840v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Evrard" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laugier" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mitton" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2011.10.032" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04017731v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravary-Plumi&#246;en" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pourcelot" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Desquilbet" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Crevier-Denoix" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713733" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984992v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Jacquet" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2011.10.016" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642848v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ga&#235;lle Dupays" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.596360" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967946v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerard" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2010.10.038" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985419v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4002374" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04345039v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixin Yang" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32040-9_32" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237092v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069629" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219830v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roux" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labruyere" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069578" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743076v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lepley" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_113" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744973v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746783v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746271v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748401v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745805v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806025v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744664v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Robin" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748526v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Audigi&#233;" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754530v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748699v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713727" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810546v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04644723v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>