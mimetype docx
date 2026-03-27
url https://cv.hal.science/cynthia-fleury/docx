--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cynthia FLEURY </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cynthia-fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">055804160</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">51863796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000110624827</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philosophe et psychanalyste, professeure titulaire de la Chaire « Humanités et Santé » et de la Chaire de Philosophie à l’Hôpital (GHU Paris Psychiatrie & Neurosciences), professeure associée à l’Ecole des Mines de Paris, ses recherches portent sur les outils de la régulation démocratique et le principe d’individuation en contexte d’Etat social de droit. Elle est l’auteure de plusieurs ouvrages dont </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pathologies de la démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Fayard, 2005),</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du courage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Fayard, 2010 ; Livre de poche, 2011), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les irremplaçables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2015) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ci-gît l’amer. Guérir du ressentiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2020), et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La clinique de la dignité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Seuil, 2023).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2025 - Directrice adjointe de l'Université des Patient.e.s - Sorbonne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2018 - Professeure au Conservatoire National des Arts et Métiers. Titulaire de la Chaire « Humanités et Santé ». Laboratoire Formation et apprentissages professionnels (Foap)/Cnam,  AgroSup Dijon, ENSTA Bretagne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2017. Titulaire de la </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaire de Philosophie à l'Hôpital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> du GHU Paris Psychiatrie et Neurosciences.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2015. Professeure associée à l’Ecole des Mines de Paris (PSL-Mines ParisTech).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR (2017) « La construction sociale de la vérité dans l’espace public à l’épreuve des NTIC ». Philosophie sociale. Théorie Critique. Université Aix-Marseille.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master 2 (2012)  « Théorie et clinique psychanalytiques » (directrice : C. Alberti), Département de psychanalyse de l’Université Paris 8, Sections cliniques, Villejuif (Pierre Naveau et Dr A. Vaissermann) et Villejuif Cachan (Dr F. Biagi-Chaï, S. Cottet).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat (2000)  « La métaphysique de l’imagination », thèse de dotorat en Métaphysique-Ontologie - Philosophie. Université Paris IV- Sorbonne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA (1996) « Théories occidentales et orientales de l’imagination » (directeurs : P. Magnard et J.-F. Marquet), Université Paris IV-Sorbonne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maîtrise (1995) « La paix intérieure est-elle possible ? Inquiétude et conquête de la Paix selon la voie plotinienne » (directeurs : P. Magnard et de G. Romeyer-Dherbey), Université Paris IV-Sorbonne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets / recherches en cours  :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Chaire “Humanités et Santé” met l’accent sur les attentes et les besoins en matière de formation et de recherche, propres au champ des sciences humaines et sociales appliquées aux territoires de la santé et du soin. Ces besoins peuvent émaner des personnels soignants, des médecins, des patients et de leurs familles, mais également de tout citoyen conscient de la vulnérabilité commune qui l’unit aux autres individus. Trois axes d’enseignement et de recherche structurent les enseignements :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L’approche existentielle du soin ou comment le soin est la première matrice de la subjectivation, de l’émancipation d’un sujet ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L’approche institutionnelle du soin ou comment il faut lutter contre la nocivité de nos organisations, et notamment hospitalières ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L’approche politique du soin ou comment l’hôpital est au cœur de la ville résiliente, ou comment santé publique et santé individuelle s’articulent, ou comment le premier test de crédibilité de la citoyenneté reste la santé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Chaire dispose d’un espace doctoral, qui compte 6 doctorants rattachés au laboratoire Foap (en philosophie, sciences de gestion, sociologie, etc.).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et design. Pour un climat de soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9782130838302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un été avec Jankélévitch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Equateurs, 2023, Parallèles. Un été avec.., 978-2-38284-563-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04128071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Clinique de la dignité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Coll. Le Compte à rebours</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on encore croire au progrès ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouzou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Safa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Senik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éd. de l'aube, 120 p., 2023, 9782815955287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui ne peut être volé : charte du Verstohlen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 2022, Coll. Tracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ci-gît l'amer : guérir du ressentiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallimard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 325 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répétition générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 2020, Tracts, 9782072909511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living with Charlotte Perriand [exposition, Galerie Downtown à Paris du 26 septembre au 2 novembre 2019]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Laffanour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Vedrenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Skira, 2019, 978-2-37074-104-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le soin est un humanisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 6, 2019, Tracts, 9782072859878</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les irremplaçables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 2018, Folio essais, 9782072779251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le souci de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prévot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Éditions, pp.378, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fin du courage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fayard, 2010, Biblio essais, 9782253156291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagination, imaginaire, imaginal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 2006, 9782130543367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pathologies de la démocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fayard, 2005, 9782253084662</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'islam en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Charles Zarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Taussig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 2004, 9782130557272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difficile tolérance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Charles Zarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 128 p., 2004, Intervention philosophique, 9782130539773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialoguer avec l'Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 307 p., 2003, 9782130534846</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pretium doloris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fayard, 2002, 9782720214639</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mallarmé et la parole de l’imâm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecarts. Gallimard, 2001, 9782072889417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métaphysique de l'imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecarts; Gallimard, 2000, Folio essais, 9782072889363</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agir créatif dans le care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Aggeri, Sylvain Lenfle, Dinah Louda, Blanche Segrestin (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser l'agir moderne. Rationalités créatives, entreprises responsables et périls communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Eska; Centre culturel international (Cerisy-la-Salle, Manche), 2025, 978-2-7472-3521-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’ineffable d’un sujet à l’édification d’une cité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Schwab Françoise (dir.), Gutkin-Guinfolleau Pierre-Alban (dir.), Rey Jean-François (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vladimir Jankélévitch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahiers de L'Herne, pp. 235-240, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crise de la Covid-19 sous l’angle philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Cappelletti, Pascale Heurtel, Stéphane Lefebvre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crise de la connaissance et connaissance de la crise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, pp.332-344, 2022, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.cappe.2022.01.0332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Lumière ficinienne est-elle orientale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Magnard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marsile Ficin. Les platonismes à la Renaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin, 2021, 978-2-7116-1492-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pauline Bégué; Zona Zaric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soin et Compassion : un nouveau paradigme pour la philosophie politique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Hermann Psychanalyse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Vibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit à l'erreur, devoir de transparence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'Observatoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Lafay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maintenant, on fait quoi ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'Aube, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éthique de l'accompagnement : une force pour l'inclusion et le soutien des capacités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Fillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protéger les majeurs vulnérables. Place à l’éthique !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'École des hautes études en santé publique (EHESP)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 47-80, 2019, Regards croisés, 978-2-8109-0374-0. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ehesp.lefeu.2019.01.0047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geneviève Gallot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Durable. Le Design à l’heure de la révolution écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amandine Simon, Alexia Duchêne, Yves-Marie Le Guernic. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vieillir aujourd’hui. Perspectives cliniques et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Champ Social, pp.9-13, 2019, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/chaso.simon.2019.01.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de Durkheim. Les paradoxes de l’articulation individuation/socialisation comme base de la démocratie moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles-Henry Cuin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Durkheim aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de France, pp.227-239, 2018, Le Lien social, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/puf.cuin.2018.01.0227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui survit à la perte : le deuil des familles et proches de jeunes victimes de la route</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Merand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences); Association Antoine Alléno. 2025, pp.100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05186808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le deuil dans les organisations, un état des lieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïd Mouratian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Baitinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cnam; Groupe hospitalier universitaire Paris psychiatrie &amp; neurosciences. 2023, 77 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes de contention en psychiatrie : état de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziliz Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GHU Paris Psychiatrie et Neurosciences; Le Cnam. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrations, imaginaires et fonctions de l'écriture dans les journaux de confinement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Cnam; GHU Paris Psychiatrie et Neurosciences. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NTIC et santé mentale : état de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Baconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Chaire Humanité et santé (Cnam); Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une clinique philosophique du burn-out des professionnels de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Chaire Humanité et santé (Cnam); Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaire Nouveaux risques : rapport 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Faron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Richier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avner Bar-Hen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Béra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Conservatoire national des arts et métiers (Cnam); Allianz France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner l’éthique et les humanités en santé dans les facultés de médecine françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Berthelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Nasr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Chaire Humanité et santé (Cnam); Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences). 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colonial transition as a major mediator of global health transition: lessons from the 2024 New Caledonia crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Moury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin Tromhae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cazorla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Série</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15, pp.03004. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7189/jogh.15.03004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05186824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un essai d’approche philosophique clinique des terrains à l’Hôpital de Panzi en République démocratique du Congo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mukwege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Lauffenburger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 28-29, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/120j2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience and qualitative evaluation of two soothing prototypes in psychiatry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Chataigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2025.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressentiment, effondrement et démocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Thérésienne. Revue de l'Académie royale de Belgique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la contention involontaire au sujet “se contenant”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziliz Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 66 (859), pp.61-64. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2021.08.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failing to address access to insulin in its centenary year would be a catastrophic moral failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Beran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Colagiuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ernoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Ewen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet. Diabetes &amp; Endocrinology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (4), pp.194-196. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2213-8587(21)00048-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clinique philosophique du burn out des soignants à la lumière de la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (848), pp.62-64. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0038-0814(20)30192-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement des humanités dans les facultés de médecine françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Berthelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Nasr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (842), pp.51-54. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2020.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les leçons philosophiques de la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (849), pp.72-75. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0038-0814(20)30252-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intelligence artificielle, réflexion philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (837), pp.24-27. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2019.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design peut-il aider à mieux soigner ? Le concept de &amp;lt;i&amp;gt;proof of care&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (834), pp.58-61. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2019.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé au travail en Chine, une préoccupation naissante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Denis-Rémis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (822), pp.54-57. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.12.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une école française du soin ? Analyse de deux cas d’innovation thérapeutique : l’Université des Patients et la Chaire de Philosophie à l’Hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7, pp.183-196. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdlc.hs07.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le care, au fondement du sanitaire et du social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (826), pp.54-57. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.04.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après un cancer, inclure le rétablissement dans le parcours de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gligorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pelletier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (824), pp.66-68. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux éthiques du vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean François Delfraissy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études : revue de culture contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7-8, pp.43-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau de pairs pour l’éducation thérapeutique des patients atteints de diabète de type 2 au Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (828), pp.55-58. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.06.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prudence et sollicitude dans le soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (824), pp.32-34. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la vieillesse dans notre société ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (816), pp.57-60. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.04.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individuation et commencement. De quel soin naît l’attention ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (210)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La simulation en santé pour mieux soigner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Tesnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (820), pp.56-59. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maltraitance des étudiants à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Auslender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (818), pp.56-59. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.06.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction soignante en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (812), pp.57-60. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2016.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie de la transparence de la vie publique : jeux d’acteurs et circulation de la régulation. Analyse de cas : RegardsCitoyens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (2), pp.337-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irremplaçabilité et parentalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, N° 79 (3), pp.41-42. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spi.079.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes anciennes et nouvelles de la désobéissance civile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4 (155), pp.5-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie des mensonges dans l’espace public : Quelle régulation numérique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (1), pp.110-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le courage du commencement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études : revue de culture contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réconciliation, projet politique de Rio+20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vraiment durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp.83-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie intellectuelle d'expansion islamique du VIIIe au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.129-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jihad : de l'exil occidental à l'Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (14), pp.61-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imâm, chef de la communauté politique et spirituelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2 (6), pp.119-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Design with care au climat de soin : dix ans de design à la Chaire de philosophie à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque. Nouveaux territoires de la recherche en design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Revue des sciences du design; Université de Nantes, Jun 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agir créatif dans le Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’action collective peut-elle être créatrice ? Autour des travaux d’A. Hatchuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque de Cerisy, Jun 2023, Pontigny-Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinique de la dignité et diversité culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dignité et le consentement. Concepts fondamentaux de la bioéthique au sein de la société interculturelle de l’Océan indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHU de La Réunion; Espace éthique région Océan Indien; ARS de La Réunion, Oct 2024, Saint-Paul (La Réunion), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités : Regard d’une philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires et vulnérabilités : du repérage aux soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Psychiatrie de l’Enfant et de l’Adolescent et Disciplines Associées, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture et care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Super cabane !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cité de l'Architecture, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce que consentir ? Regards croisés, témoignages de soignants et patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dignité et le consentement. Concepts fondamentaux de la bioéthique au sein de la société interculturelle de l’Océan indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHU de La Réunion; Espace éthique région Océan Indien; ARS de La Réunion, Oct 2024, Saint-Paul (La Réunion), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages de la médecine narrative à la chaire de philosophie du GHU Paris Psychiatrie et Neurosciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirurgie et médecine narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie nationale de chirurgie, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le courage au bloc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Week-end de l’Innovation Chirurgicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Innovation du Bloc Opératoire Augmenté, Jun 2022, Cabourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique narrative, clinique des patients et des soignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Patrimoine/s, Culture/s, Création/s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CY Cergy Paris Université UMR Héritages, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre autour de l'ouvrage &amp;lt;i&amp;gt;Soin et compassion. Un nouveau paradigme pour la philosophie politique ?&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Le Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Laurence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Brugère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Chaire de Philosophie à l'Hôpital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GHU Paris Psychiatrie &amp; Neurosciences, Apr 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinique du traumatisme et humanités médicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes journées de la Fédération Trauma Suicide Liaison Urgences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle des Formations et de Recherche en Santé PFRS, Jul 2022, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quoi l’augmentation est-elle le nom ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Transitions en chirurgie et au bloc opératoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Bopa; Chaire de Philosophie à l'Hôpital, GHU Paris Psychiatrie &amp; Neurosciences, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique narrative et burn-out des soignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire. Une clinique philosophique du burn-out des soignants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire de Philosophie à l'Hôpital, GHU Paris Psychiatrie &amp; Neurosciences, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde d'après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soirée de la Fondation UJM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jean Monnet, Jul 2022, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence de clôture : éducation et individuation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’Association Francophone internationale de recherche en éducation (AFIRSE) – Section du Portugal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Portugal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la Covid est-elle devenue plus importante que le cancer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e édition des Journées nationales en oncologie thoracique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oncostream, Feb 2021, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention de Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieux monde, la crise, les crises, 11e assises de la recherche stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conservatoire national des arts et métiers, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. Philosophie et réalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès national des internes en psychiatrie (CNIPSY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNIPSY, Oct 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter le monde de l’anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence POPSU. Pour des #Métropoles#résilientes. Métropoles en transitions cherchent trajectoires territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Assemblée Nationale, Jan 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populisme scientifique : que dit-il de notre démocratie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Horizons cardiovasculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du Thorax; CHU Nantes, Jun 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enveloppes. De la contenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études design et santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lab-ah; GHU Paris Psychiatrie &amp; Neurosciences, Mar 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin des urgences hospitalières : exemple d’un &amp;quot;proof of care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Jobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">88e Congrès l’Association francophone pour le savoir (ACFAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Sherbrooke, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arts, sciences, humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, New York (en ligne), États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit à la dignité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes afghanes : liberté, égalité, dignité ? 5e Colloque Actions Santé Femmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un bébé, ça n’existe pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouverture du DIU « de la procréation à la naissance »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulon, Jul 2021, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes viennent à la fin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edgar Morin, le siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque de Cerisy, Jun 2021, Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid et cancer, la mise en concurrence des vulnérabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Cancer &amp; Covid</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ligue du cancer; Institut Océanographique, May 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ci-gît l’amer. La pulsion ressentimiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès de l'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les destins de la pulsion ressentimiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche. Des impasses aux solutions inconscientes : clinique du ressentiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sigmund Freud University, Mar 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité : richesse et inconfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le temps des complexités, Journées d’études des CMPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université; FDCMPP, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les héritages philosophiques de l’antiféminisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres pour la lutte contre les féminicides et les violences sexistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conservatoire national des arts et métiers, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication dans la section &amp;quot;Care et philosophie du soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Où va la philosophie française ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne; Bibliothèque nationale de France, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le souci de Gaïa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Gaïa face à la théologie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut catholique de Paris; Collège des Bernardins, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intime et du soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Colloque « L’intime ». Médecine et Psychanalyse dans la Cité Université d’Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHU Clermont-Ferrand, Sep 2019, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation en santé mentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème édition de la journée parisienne des Semaines d’information en santé mentale (SISM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GHU Paris Psychiatrie &amp; Neurosciences; Ville de Paris, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Care et Magnets Hospitals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la société française de pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychiatrie et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Congrès international de l'ARSPG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne U. Hôpital La Pitié-Salpêtrière; Association de Recherche et de soutien de Soins en Psychiatrie Générale, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérapie analytique et liberté du sujet : quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychiatrie et nouvelles technologies :enjeux et perspectives, 16e congrès international de l’association de recherche et de soutien de soins en psychiatrie générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARSPG, Mar 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leçon Inaugurale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaire Humanités et santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conservatoire National des Arts et Métiers, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partager l’incertitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gènes, éthiquement vôtre : Ensemble, pour une oncogénétique raisonnée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Curie, Octobre rose, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Soins et compassion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire de Philosophie à l'Hôpital, Hôtel Dieu, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de Durkheim : les paradoxes de l’articulation individuation/socialisation comme base de la démocratie moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Durkheim. 100 ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Bordeaux; Université de Bordeaux; Centre Émile Durkheim (UMR 5116), Feb 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l’innovation pour tous les patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l’Agence de Biomédecine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de dignité humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences « La santé sexuelle pour tous ! »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Unesco santé sexuelle; Université Paris Diderot, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enjeu de la philosophie à l’hôpital : inventer une fonction soignante en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence donnée à la faculté de Médecine de l’Université de Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ONG Santé Diabète; ComUE UGA; CHU Grenoble, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId219"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cynthia FLEURY </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cynthia-fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">055804160</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">51863796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000110624827</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philosophe et psychanalyste, professeure titulaire de la Chaire « Humanités et Santé » et de la Chaire de Philosophie à l’Hôpital (GHU Paris Psychiatrie & Neurosciences), professeure associée à l’Ecole des Mines de Paris, ses recherches portent sur les outils de la régulation démocratique et le principe d’individuation en contexte d’Etat social de droit. Elle est l’auteure de plusieurs ouvrages dont </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pathologies de la démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Fayard, 2005),</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du courage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Fayard, 2010 ; Livre de poche, 2011), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les irremplaçables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2015) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ci-gît l’amer. Guérir du ressentiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2020), et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La clinique de la dignité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Seuil, 2023).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2025 - Directrice adjointe de l'Université des Patient.e.s - Sorbonne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2018 - Professeure au Conservatoire National des Arts et Métiers. Titulaire de la Chaire « Humanités et Santé ». Laboratoire Formation et apprentissages professionnels (Foap)/Cnam,  AgroSup Dijon, ENSTA Bretagne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2017. Titulaire de la </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaire de Philosophie à l'Hôpital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> du GHU Paris Psychiatrie et Neurosciences.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2015. Professeure associée à l’Ecole des Mines de Paris (PSL-Mines ParisTech).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR (2017) « La construction sociale de la vérité dans l’espace public à l’épreuve des NTIC ». Philosophie sociale. Théorie Critique. Université Aix-Marseille.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master 2 (2012)  « Théorie et clinique psychanalytiques » (directrice : C. Alberti), Département de psychanalyse de l’Université Paris 8, Sections cliniques, Villejuif (Pierre Naveau et Dr A. Vaissermann) et Villejuif Cachan (Dr F. Biagi-Chaï, S. Cottet).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat (2000)  « La métaphysique de l’imagination », thèse de dotorat en Métaphysique-Ontologie - Philosophie. Université Paris IV- Sorbonne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA (1996) « Théories occidentales et orientales de l’imagination » (directeurs : P. Magnard et J.-F. Marquet), Université Paris IV-Sorbonne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maîtrise (1995) « La paix intérieure est-elle possible ? Inquiétude et conquête de la Paix selon la voie plotinienne » (directeurs : P. Magnard et de G. Romeyer-Dherbey), Université Paris IV-Sorbonne.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets / recherches en cours  :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Chaire “Humanités et Santé” met l’accent sur les attentes et les besoins en matière de formation et de recherche, propres au champ des sciences humaines et sociales appliquées aux territoires de la santé et du soin. Ces besoins peuvent émaner des personnels soignants, des médecins, des patients et de leurs familles, mais également de tout citoyen conscient de la vulnérabilité commune qui l’unit aux autres individus. Trois axes d’enseignement et de recherche structurent les enseignements :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L’approche existentielle du soin ou comment le soin est la première matrice de la subjectivation, de l’émancipation d’un sujet ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L’approche institutionnelle du soin ou comment il faut lutter contre la nocivité de nos organisations, et notamment hospitalières ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L’approche politique du soin ou comment l’hôpital est au cœur de la ville résiliente, ou comment santé publique et santé individuelle s’articulent, ou comment le premier test de crédibilité de la citoyenneté reste la santé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Chaire dispose d’un espace doctoral, qui compte 6 doctorants rattachés au laboratoire Foap (en philosophie, sciences de gestion, sociologie, etc.).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et design. Pour un climat de soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9782130838302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on encore croire au progrès ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouzou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Safa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Senik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éd. de l'aube, 120 p., 2023, 9782815955287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Clinique de la dignité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Coll. Le Compte à rebours</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un été avec Jankélévitch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Equateurs, 2023, Parallèles. Un été avec.., 978-2-38284-563-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04128071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui ne peut être volé : charte du Verstohlen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 2022, Coll. Tracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répétition générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 2020, Tracts, 9782072909511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ci-gît l'amer : guérir du ressentiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallimard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 325 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le soin est un humanisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 6, 2019, Tracts, 9782072859878</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living with Charlotte Perriand [exposition, Galerie Downtown à Paris du 26 septembre au 2 novembre 2019]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Laffanour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Vedrenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Skira, 2019, 978-2-37074-104-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les irremplaçables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, 2018, Folio essais, 9782072779251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le souci de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prévot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Éditions, pp.378, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fin du courage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fayard, 2010, Biblio essais, 9782253156291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagination, imaginaire, imaginal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 2006, 9782130543367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pathologies de la démocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fayard, 2005, 9782253084662</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'islam en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Charles Zarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Taussig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 2004, 9782130557272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difficile tolérance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Charles Zarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 128 p., 2004, Intervention philosophique, 9782130539773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialoguer avec l'Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 307 p., 2003, 9782130534846</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pretium doloris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fayard, 2002, 9782720214639</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mallarmé et la parole de l’imâm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecarts. Gallimard, 2001, 9782072889417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métaphysique de l'imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecarts; Gallimard, 2000, Folio essais, 9782072889363</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agir créatif dans le care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Aggeri, Sylvain Lenfle, Dinah Louda, Blanche Segrestin (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser l'agir moderne. Rationalités créatives, entreprises responsables et périls communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Eska; Centre culturel international (Cerisy-la-Salle, Manche), 2025, 978-2-7472-3521-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’ineffable d’un sujet à l’édification d’une cité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Schwab Françoise (dir.), Gutkin-Guinfolleau Pierre-Alban (dir.), Rey Jean-François (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vladimir Jankélévitch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahiers de L'Herne, pp. 235-240, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crise de la Covid-19 sous l’angle philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Cappelletti, Pascale Heurtel, Stéphane Lefebvre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crise de la connaissance et connaissance de la crise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, pp.332-344, 2022, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.cappe.2022.01.0332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Lumière ficinienne est-elle orientale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Magnard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marsile Ficin. Les platonismes à la Renaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin, 2021, 978-2-7116-1492-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pauline Bégué; Zona Zaric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soin et Compassion : un nouveau paradigme pour la philosophie politique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Hermann Psychanalyse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Vibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit à l'erreur, devoir de transparence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'Observatoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Lafay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maintenant, on fait quoi ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'Aube, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amandine Simon, Alexia Duchêne, Yves-Marie Le Guernic. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vieillir aujourd’hui. Perspectives cliniques et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Champ Social, pp.9-13, 2019, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/chaso.simon.2019.01.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éthique de l'accompagnement : une force pour l'inclusion et le soutien des capacités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Fillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protéger les majeurs vulnérables. Place à l’éthique !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'École des hautes études en santé publique (EHESP)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 47-80, 2019, Regards croisés, 978-2-8109-0374-0. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ehesp.lefeu.2019.01.0047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geneviève Gallot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Durable. Le Design à l’heure de la révolution écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de Durkheim. Les paradoxes de l’articulation individuation/socialisation comme base de la démocratie moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles-Henry Cuin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Durkheim aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de France, pp.227-239, 2018, Le Lien social, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/puf.cuin.2018.01.0227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui survit à la perte : le deuil des familles et proches de jeunes victimes de la route</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Merand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences); Association Antoine Alléno. 2025, pp.100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05186808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le deuil dans les organisations, un état des lieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïd Mouratian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Baitinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cnam; Groupe hospitalier universitaire Paris psychiatrie &amp; neurosciences. 2023, 77 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes de contention en psychiatrie : état de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziliz Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GHU Paris Psychiatrie et Neurosciences; Le Cnam. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrations, imaginaires et fonctions de l'écriture dans les journaux de confinement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Cnam; GHU Paris Psychiatrie et Neurosciences. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaire Nouveaux risques : rapport 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Faron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Richier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avner Bar-Hen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Béra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Conservatoire national des arts et métiers (Cnam); Allianz France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NTIC et santé mentale : état de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Baconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Chaire Humanité et santé (Cnam); Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une clinique philosophique du burn-out des professionnels de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Chaire Humanité et santé (Cnam); Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner l’éthique et les humanités en santé dans les facultés de médecine françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Berthelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Nasr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Chaire Humanité et santé (Cnam); Chaire de philosophie à l'hôpital (GHU Paris Psychiatrie et neurosciences). 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colonial transition as a major mediator of global health transition: lessons from the 2024 New Caledonia crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Moury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin Tromhae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cazorla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Série</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15, pp.03004. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7189/jogh.15.03004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05186824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un essai d’approche philosophique clinique des terrains à l’Hôpital de Panzi en République démocratique du Congo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mukwege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Lauffenburger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 28-29, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/120j2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience and qualitative evaluation of two soothing prototypes in psychiatry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Chataigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2025.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressentiment, effondrement et démocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Thérésienne. Revue de l'Académie royale de Belgique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failing to address access to insulin in its centenary year would be a catastrophic moral failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Beran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Colagiuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ernoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Ewen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet. Diabetes &amp; Endocrinology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (4), pp.194-196. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2213-8587(21)00048-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la contention involontaire au sujet “se contenant”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziliz Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 66 (859), pp.61-64. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2021.08.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement des humanités dans les facultés de médecine françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Berthelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Nasr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (842), pp.51-54. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2020.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clinique philosophique du burn out des soignants à la lumière de la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (848), pp.62-64. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0038-0814(20)30192-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les leçons philosophiques de la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (849), pp.72-75. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0038-0814(20)30252-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intelligence artificielle, réflexion philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (837), pp.24-27. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2019.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design peut-il aider à mieux soigner ? Le concept de &amp;lt;i&amp;gt;proof of care&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (834), pp.58-61. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2019.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé au travail en Chine, une préoccupation naissante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Denis-Rémis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (822), pp.54-57. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.12.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une école française du soin ? Analyse de deux cas d’innovation thérapeutique : l’Université des Patients et la Chaire de Philosophie à l’Hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7, pp.183-196. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdlc.hs07.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le care, au fondement du sanitaire et du social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (826), pp.54-57. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.04.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après un cancer, inclure le rétablissement dans le parcours de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Tourette-Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gligorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pelletier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (824), pp.66-68. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux éthiques du vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean François Delfraissy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études : revue de culture contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7-8, pp.43-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau de pairs pour l’éducation thérapeutique des patients atteints de diabète de type 2 au Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (828), pp.55-58. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.06.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prudence et sollicitude dans le soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (824), pp.32-34. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2018.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maltraitance des étudiants à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Auslender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (818), pp.56-59. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.06.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la vieillesse dans notre société ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (816), pp.57-60. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.04.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individuation et commencement. De quel soin naît l’attention ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (210)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La simulation en santé pour mieux soigner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Tesnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (820), pp.56-59. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction soignante en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (812), pp.57-60. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2016.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie de la transparence de la vie publique : jeux d’acteurs et circulation de la régulation. Analyse de cas : RegardsCitoyens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (2), pp.337-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irremplaçabilité et parentalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, N° 79 (3), pp.41-42. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spi.079.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie des mensonges dans l’espace public : Quelle régulation numérique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (1), pp.110-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes anciennes et nouvelles de la désobéissance civile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4 (155), pp.5-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le courage du commencement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études : revue de culture contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réconciliation, projet politique de Rio+20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vraiment durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp.83-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie intellectuelle d'expansion islamique du VIIIe au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.129-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jihad : de l'exil occidental à l'Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (14), pp.61-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imâm, chef de la communauté politique et spirituelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2 (6), pp.119-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Design with care au climat de soin : dix ans de design à la Chaire de philosophie à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque. Nouveaux territoires de la recherche en design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Revue des sciences du design; Université de Nantes, Jun 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agir créatif dans le Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’action collective peut-elle être créatrice ? Autour des travaux d’A. Hatchuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque de Cerisy, Jun 2023, Pontigny-Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages de la médecine narrative à la chaire de philosophie du GHU Paris Psychiatrie et Neurosciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirurgie et médecine narrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie nationale de chirurgie, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités : Regard d’une philosophe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires et vulnérabilités : du repérage aux soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Psychiatrie de l’Enfant et de l’Adolescent et Disciplines Associées, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture et care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Super cabane !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cité de l'Architecture, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinique de la dignité et diversité culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dignité et le consentement. Concepts fondamentaux de la bioéthique au sein de la société interculturelle de l’Océan indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHU de La Réunion; Espace éthique région Océan Indien; ARS de La Réunion, Oct 2024, Saint-Paul (La Réunion), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce que consentir ? Regards croisés, témoignages de soignants et patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dignité et le consentement. Concepts fondamentaux de la bioéthique au sein de la société interculturelle de l’Océan indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHU de La Réunion; Espace éthique région Océan Indien; ARS de La Réunion, Oct 2024, Saint-Paul (La Réunion), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence de clôture : éducation et individuation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’Association Francophone internationale de recherche en éducation (AFIRSE) – Section du Portugal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Portugal, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinique du traumatisme et humanités médicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes journées de la Fédération Trauma Suicide Liaison Urgences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle des Formations et de Recherche en Santé PFRS, Jul 2022, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique narrative, clinique des patients et des soignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Patrimoine/s, Culture/s, Création/s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CY Cergy Paris Université UMR Héritages, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le courage au bloc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Week-end de l’Innovation Chirurgicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Innovation du Bloc Opératoire Augmenté, Jun 2022, Cabourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre autour de l'ouvrage &amp;lt;i&amp;gt;Soin et compassion. Un nouveau paradigme pour la philosophie politique ?&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Le Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Laurence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Brugère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Chaire de Philosophie à l'Hôpital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GHU Paris Psychiatrie &amp; Neurosciences, Apr 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quoi l’augmentation est-elle le nom ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Transitions en chirurgie et au bloc opératoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Bopa; Chaire de Philosophie à l'Hôpital, GHU Paris Psychiatrie &amp; Neurosciences, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique narrative et burn-out des soignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire. Une clinique philosophique du burn-out des soignants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire de Philosophie à l'Hôpital, GHU Paris Psychiatrie &amp; Neurosciences, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde d'après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soirée de la Fondation UJM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jean Monnet, Jul 2022, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid et cancer, la mise en concurrence des vulnérabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Cancer &amp; Covid</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ligue du cancer; Institut Océanographique, May 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ci-gît l’amer. La pulsion ressentimiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès de l'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les destins de la pulsion ressentimiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche. Des impasses aux solutions inconscientes : clinique du ressentiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sigmund Freud University, Mar 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin des urgences hospitalières : exemple d’un &amp;quot;proof of care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Jobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hooge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Le Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">88e Congrès l’Association francophone pour le savoir (ACFAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Sherbrooke, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enveloppes. De la contenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études design et santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lab-ah; GHU Paris Psychiatrie &amp; Neurosciences, Mar 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention de Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieux monde, la crise, les crises, 11e assises de la recherche stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conservatoire national des arts et métiers, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la Covid est-elle devenue plus importante que le cancer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e édition des Journées nationales en oncologie thoracique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oncostream, Feb 2021, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. Philosophie et réalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès national des internes en psychiatrie (CNIPSY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNIPSY, Oct 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter le monde de l’anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence POPSU. Pour des #Métropoles#résilientes. Métropoles en transitions cherchent trajectoires territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Assemblée Nationale, Jan 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populisme scientifique : que dit-il de notre démocratie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Horizons cardiovasculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du Thorax; CHU Nantes, Jun 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arts, sciences, humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, New York (en ligne), États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit à la dignité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes afghanes : liberté, égalité, dignité ? 5e Colloque Actions Santé Femmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un bébé, ça n’existe pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouverture du DIU « de la procréation à la naissance »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulon, Jul 2021, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes viennent à la fin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edgar Morin, le siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque de Cerisy, Jun 2021, Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les héritages philosophiques de l’antiféminisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres pour la lutte contre les féminicides et les violences sexistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conservatoire national des arts et métiers, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité : richesse et inconfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le temps des complexités, Journées d’études des CMPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université; FDCMPP, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication dans la section &amp;quot;Care et philosophie du soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Où va la philosophie française ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne; Bibliothèque nationale de France, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le souci de Gaïa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Gaïa face à la théologie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut catholique de Paris; Collège des Bernardins, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychiatrie et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Congrès international de l'ARSPG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne U. Hôpital La Pitié-Salpêtrière; Association de Recherche et de soutien de Soins en Psychiatrie Générale, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Care et Magnets Hospitals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la société française de pédiatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intime et du soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Colloque « L’intime ». Médecine et Psychanalyse dans la Cité Université d’Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHU Clermont-Ferrand, Sep 2019, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation en santé mentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème édition de la journée parisienne des Semaines d’information en santé mentale (SISM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GHU Paris Psychiatrie &amp; Neurosciences; Ville de Paris, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partager l’incertitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gènes, éthiquement vôtre : Ensemble, pour une oncogénétique raisonnée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Curie, Octobre rose, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leçon Inaugurale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaire Humanités et santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conservatoire National des Arts et Métiers, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérapie analytique et liberté du sujet : quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychiatrie et nouvelles technologies :enjeux et perspectives, 16e congrès international de l’association de recherche et de soutien de soins en psychiatrie générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARSPG, Mar 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enjeu de la philosophie à l’hôpital : inventer une fonction soignante en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence donnée à la faculté de Médecine de l’Université de Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ONG Santé Diabète; ComUE UGA; CHU Grenoble, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de dignité humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences « La santé sexuelle pour tous ! »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Unesco santé sexuelle; Université Paris Diderot, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Soins et compassion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire de Philosophie à l'Hôpital, Hôtel Dieu, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de Durkheim : les paradoxes de l’articulation individuation/socialisation comme base de la démocratie moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury-Perkins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Durkheim. 100 ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Bordeaux; Université de Bordeaux; Centre Émile Durkheim (UMR 5116), Feb 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l’innovation pour tous les patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l’Agence de Biomédecine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId219"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7D6781C1"/>
+    <w:nsid w:val="8DF48DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="93847C95"/>
+    <w:nsid w:val="A8F123D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cynthia-fleury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055804160" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/51863796" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000110624827" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chaire-philo.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04523633v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fleury-Perkins" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fenoglio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/ethique-et-design" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04128071v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04214201v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/la-clinique-de-la-dignite-cynthia-fleury/9782021514254" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275926v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouzou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Safa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Senik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079610v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079646v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gallimard.fr/Catalogue/GALLIMARD/Blanche/Ci-git-l-amer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613524v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fleury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080112v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laffanour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bony" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Vedrenne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04039444v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613518v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01535847v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613562v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616524v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613564v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616535v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Charles Zarka" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Taussig" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616533v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Charles Zarka" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613574v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613569v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613552v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613516v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223002v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080099v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080060v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.cappe.2022.01.0332" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677416v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080071v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/soin-et-compassion-pauline-begue" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080079v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-observatoire.com/content/Droit_%C3%A0_lerreur_devoir_de_transparence" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681858v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02754056v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Acker" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fillion" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/proteger-majeurs-vulnerables-4/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.lefeu.2019.01.0047" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681835v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681828v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.simon.2019.01.0009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.cuin.2018.01.0227" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186808v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tourette-Turgis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Merand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387536v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;d Mouratian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baitinger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079668v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Leboucher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079631v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gateau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03244359v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Baconnet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03244301v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03249874v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bauer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel B&#233;ra" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03244317v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Berthelier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nasr" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186824v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Moury" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelin Tromhae" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cazorla" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu S&#233;rie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Flahault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7189/jogh.15.03004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661616v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mukwege" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Lauffenburger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120j2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223008v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Chataigner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2025.02.008" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03875267v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03434413v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2021.08.020" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03672265v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beran" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Colagiuri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ernoult" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Ewen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(21)00048-6" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080154v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-0814(20)30192-4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061270v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2020.01.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080142v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-0814(20)30252-8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054350v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2019.05.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061282v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2019.02.016" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262218v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Zhu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Denis-R&#233;mis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.12.018" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04039305v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdlc.hs07.0183" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054354v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.04.016" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061368v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gligorov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pelletier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.02.016" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054304v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Delfraissy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054333v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Besan&#231;on" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.06.020" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061261v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.02.006" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080183v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.04.017" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080927v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080164v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tesni&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.09.014" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080175v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Auslender" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.06.021" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080923v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2016.12.013" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677443v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080046v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spi.079.0041" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677457v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677470v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678455v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678513v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678469v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678503v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678506v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222995v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226226v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226204v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226278v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226267v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226192v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226258v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083007v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082988v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081693v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Blanc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Laurence" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Brug&#232;re" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081569v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081674v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vibert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081587v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04083497v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082965v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082931v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083009v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083003v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082805v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083011v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082797v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900479v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jobin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hooge" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Masson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082993v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04083503v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081681v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082967v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082935v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083142v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083141v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082999v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083143v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082975v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082972v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082977v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082918v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082979v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082994v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083001v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082924v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083144v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083148v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082513v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081629v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083161v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083147v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cynthia-fleury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055804160" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/51863796" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000110624827" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chaire-philo.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04523633v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fleury-Perkins" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fenoglio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/ethique-et-design" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275926v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouzou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Safa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Senik" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04214201v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/la-clinique-de-la-dignite-cynthia-fleury/9782021514254" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04128071v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079610v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613524v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fleury" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079646v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gallimard.fr/Catalogue/GALLIMARD/Blanche/Ci-git-l-amer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04039444v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080112v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laffanour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bony" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Vedrenne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613518v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01535847v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613562v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616524v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613564v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616535v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Charles Zarka" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Taussig" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616533v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Charles Zarka" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613574v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613569v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613552v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613516v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223002v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080099v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080060v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.cappe.2022.01.0332" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677416v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080071v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/soin-et-compassion-pauline-begue" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080079v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-observatoire.com/content/Droit_%C3%A0_lerreur_devoir_de_transparence" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681858v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681828v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.simon.2019.01.0009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02754056v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Acker" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fillion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/proteger-majeurs-vulnerables-4/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.lefeu.2019.01.0047" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681835v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.cuin.2018.01.0227" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186808v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tourette-Turgis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Merand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387536v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;d Mouratian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baitinger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079668v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Leboucher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04079631v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gateau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03249874v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bauer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faron" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel B&#233;ra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03244359v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Baconnet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03244301v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03244317v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Berthelier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nasr" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186824v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Moury" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelin Tromhae" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cazorla" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu S&#233;rie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Flahault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7189/jogh.15.03004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661616v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mukwege" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Lauffenburger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120j2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223008v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Chataigner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2025.02.008" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03875267v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03672265v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Beran" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Colagiuri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ernoult" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Ewen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(21)00048-6" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03434413v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2021.08.020" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061270v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2020.01.013" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080154v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-0814(20)30192-4" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080142v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-0814(20)30252-8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054350v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2019.05.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061282v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2019.02.016" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262218v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Zhu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Denis-R&#233;mis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.12.018" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04039305v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdlc.hs07.0183" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054354v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.04.016" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061368v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gligorov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pelletier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.02.016" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054304v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Delfraissy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04054333v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Besan&#231;on" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.06.020" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04061261v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2018.02.006" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080175v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Auslender" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.06.021" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080183v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.04.017" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080927v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080164v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tesni&#232;re" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.09.014" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080923v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2016.12.013" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677443v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04080046v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spi.079.0041" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677470v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677457v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678455v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678513v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678469v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678503v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678506v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222995v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226226v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226258v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226278v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226267v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226204v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226192v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082965v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081569v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082988v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083007v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081693v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Blanc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Laurence" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Brug&#232;re" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081674v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vibert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081587v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04083497v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082935v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083142v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083141v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900479v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jobin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hooge" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Masson" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082797v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083009v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082931v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083003v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082805v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083011v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082993v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04083503v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081681v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082967v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083143v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082999v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082975v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082972v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082994v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082979v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082977v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082918v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083144v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082924v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083001v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083147v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083161v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083148v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04082513v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081629v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>