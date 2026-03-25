--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -263,494 +263,494 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adults with autism have numerous needs, and so do their parents!</w:t>
+                <w:t xml:space="preserve">Attitudes des enseignants à l'égard de la scolarisation et pratiques inclusives: rôle du type de difficultés de l'élève et du niveau d'enseignement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marine Portex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Sierra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 194, pp.23-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05247740v1</w:t>
+                <w:t xml:space="preserve">hal-05044022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why do special education teachers have more positive attitudes toward the inclusion of students with autism? Examining the mediating role of self-efficacy and knowledge about autism among French teachers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Adults with autism have numerous needs, and so do their parents!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Frybourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Jury</w:t>
+                <w:t xml:space="preserve">M. Dexet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoite Aube</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Vallée</w:t>
+                <w:t xml:space="preserve">E. Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01443410.2025.2512992⟩</w:t>
+              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10803-025-06975-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05096294v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État des lieux des interventions visant à réduire les attitudes négatives vis-à-vis des élèves TSA en milieu scolaire.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Why do special education teachers have more positive attitudes toward the inclusion of students with autism? Examining the mediating role of self-efficacy and knowledge about autism among French teachers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Aube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoite Aubé</w:t>
+                <w:t xml:space="preserve">Clément Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01443410.2025.2512992⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05096638v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05096294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes des enseignants à l'égard de la scolarisation et pratiques inclusives: rôle du type de difficultés de l'élève et du niveau d'enseignement</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Jury</w:t>
+                <w:t xml:space="preserve">État des lieux des interventions visant à réduire les attitudes négatives vis-à-vis des élèves TSA en milieu scolaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Sierra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
+                <w:t xml:space="preserve">Benoite Aubé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 194, pp.23-30</w:t>
+              <w:t xml:space="preserve">, 2025, 37 (194), pp.57-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05044022v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05096638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of teachers' knowledge and attitudes regarding the school inclusion of autistic children: Validation of a brief assessment toolkit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -810,64 +810,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of teachers' knowledge and attitudes regarding the school inclusion of autistic children: Validation of a brief assessment toolkit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -927,64 +927,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Another step to school inclusion: Development and validation of the Children’s Attitudes Toward Autism Questionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1096,51 +1096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Loyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Devouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Developmental Disabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 104, pp.103716. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1174,90 +1174,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Public Stigma of Autism Spectrum Disorder at School: Implicit Attitudes Matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Follenfant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Goudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 51 (5), pp.1584-1597. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1421,51 +1421,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supporting Parents of a Child with Autism Spectrum Disorder: The French Awakening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carol Sankey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1551,51 +1551,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vécu psychologique d’adolescents ayant un frère ou une sœur porteur d’un Trouble du Spectre de l’Autisme et qualité des relations intrafamiliales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Nillama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bellalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1649,568 +1649,568 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03486637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préconisations pour la prise en charge de la dépression dans le cadre des soins primaires : analyse systématique de la littérature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An ecological exploration of individual, family, and environmental contributions to parental quality of life in autism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenne Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Foucaud</w:t>
+                <w:t xml:space="preserve">Marine Portex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katia M’bailara</w:t>
+                <w:t xml:space="preserve">Katia M'Bailara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 28 (1), pp.33-41. </w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 268, pp.87-93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2017.09.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623809v1</w:t>
+                <w:t xml:space="preserve">hal-03366011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un programme d’éducation thérapeutique destiné à des parents d’enfant avec un TSA : résultats préliminaires concernant l’efficacité du programme ETAP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Derguy</w:t>
+                <w:t xml:space="preserve">Préconisations pour la prise en charge de la dépression dans le cadre des soins primaires : analyse systématique de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Poumeyreau</w:t>
+                <w:t xml:space="preserve">Jérôme Foucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Pingault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. M’bailara</w:t>
+                <w:t xml:space="preserve">Katia M’bailara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2017.07.004⟩</w:t>
+              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (1), pp.33-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2017.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625045v1</w:t>
+                <w:t xml:space="preserve">hal-04623809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional reactivity: Beware its involvement in traffic accidents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katia M’bailara</w:t>
+                <w:t xml:space="preserve">Un programme d’éducation thérapeutique destiné à des parents d’enfant avec un TSA : résultats préliminaires concernant l’efficacité du programme ETAP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Derguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Poumeyreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Atzeni</w:t>
+                <w:t xml:space="preserve">S. Pingault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Contrand</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">K. M’bailara</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2017.12.019⟩</w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44 (5), pp.421-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2017.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01820394v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ecological exploration of individual, family, and environmental contributions to parental quality of life in autism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Emotional reactivity: Beware its involvement in traffic accidents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia M’bailara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Atzeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Contrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katia M'Bailara</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manuel-Pierre Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 268, pp.87-93. </w:t>
+              <w:t xml:space="preserve">, 2018, 262, pp.290 - 294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.07.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2017.12.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366011v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01820394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'éducation thérapeutique : un modèle pertinent pour accompagner les parents d'enfant avec un Trouble du Spectre de l'Autisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Pingault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Poumeyreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia M'Bailara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation Thérapeutique du Patient / Therapeutic Patient Education </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 9 (2), pp.20203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2269,51 +2269,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Need for an Ecological Approach to Parental Stress in Autism Spectrum Disorders: The Combined Role of Individual and Environmental Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. M’bailara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2386,90 +2386,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing needs in parents of children with autism spectrum disorder: A crucial preliminary step to target relevant issues for support programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia M'Bailara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Bouvard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2548,51 +2548,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cappe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2655,51 +2655,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La importancia de la autogestión en el dolor crónico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Baeza-Velasco, C.; Bungener, C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Programa para mejorar la gestion del dolor cronico</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2024</w:t>
@@ -2728,51 +2728,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programmes psychoéducatifs à destination des parents : des principes clés pour mieux accompagner.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Barthélémy, C., Bonnet-Brilhault, F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'autisme : de l'enfance à l'âge adulte (2° Éd.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lavoisier, 2023</w:t>
@@ -2801,51 +2801,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’importance de l’autogestion dans la douleur chronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Baeza-Velasco, C., Bungener, C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mon programme anti-douleur. Comment apprivoiser la douleur chronique en 12 semaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De boeck, 2023, 9782807332065</w:t>
@@ -2874,64 +2874,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards croisés sur la mesure des attitudes chez l’enfant vis-à-vis de l’autisme : questions soulevées et défis à venir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Aube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rohmer, O., Jury, M., Poppa-Roch, M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'inclusion scolaire: perspectives psychosociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Broché, 2022, 27961397</w:t>
@@ -2954,199 +2954,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04623678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parentalité et troubles du spectre de l’autisme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quels besoins pour les parents en protection de l’enfance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia M'Bailara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katia M'Bailara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Meyer, V., Stella, S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parentalité(s) et après ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Les dossiers d'empan, 2021</w:t>
+              <w:t xml:space="preserve">, Les dossiers d'Empan, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625052v1</w:t>
+                <w:t xml:space="preserve">hal-04625056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels besoins pour les parents en protection de l’enfance ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">Parentalité et troubles du spectre de l’autisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia M'Bailara</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Meyer, V., Stella, S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parentalité(s) et après ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Les dossiers d'Empan, 2021</w:t>
+              <w:t xml:space="preserve">, Les dossiers d'empan, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625056v1</w:t>
+                <w:t xml:space="preserve">hal-04625052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du trouble du spectre de l’autisme sur la fratrie : relations familiales, qualité de vie et symptomatologie anxio-dépressive. Description de deux études françaises.</w:t>
               </w:r>
@@ -3225,229 +3225,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les besoins des parents d’enfant ayant un TSA : association avec des variables individuelles et contextuelles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Étude des processus en jeu au sein des relations parents-professionnels dans l’accompagnement d’enfants avec Trouble du Spectre de l’Autisme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Emmanuelle Krieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Derguy, C., Cappe, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">, Dunod, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623746v1</w:t>
+                <w:t xml:space="preserve">hal-04625054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des processus en jeu au sein des relations parents-professionnels dans l’accompagnement d’enfants avec Trouble du Spectre de l’Autisme.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les besoins des parents d’enfant ayant un TSA : association avec des variables individuelles et contextuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Derguy, C., Cappe, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dunod, 2019</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04625054v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04623746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le programme ETAP : Education Thérapeutique Autisme et Parentalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia M'Bailara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Derguy.C., Cappe, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
@@ -3476,51 +3476,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du stress parental aux symptômes anxio-dépressifs n’y-a-t-il qu’un pas ? : études des variables modératrices individuelles et contextuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Derguy, C., Cappe, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
@@ -3543,384 +3543,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04623741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">C. Derguy &amp; É. Cappe. </w:t>
+                <w:t xml:space="preserve">Les déterminants de la stigmatisation internalisée chez les parents d’enfant ayant un TSA : analyse systématique de la littérature.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Aube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belmer Louise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Derguy, C., Cappe, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Familles et trouble du spectre de l’autisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dunod, pp.25-29, 2019, 978-2100785810</w:t>
+              <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04607462v1</w:t>
+                <w:t xml:space="preserve">hal-04625048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les déterminants de la stigmatisation internalisée chez les parents d’enfant ayant un TSA : analyse systématique de la littérature.</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Derguy, C., Cappe, E. </w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">É. Cappe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Derguy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Derguy &amp; É. Cappe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Familles et trouble du spectre de l'autisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dunod, 2019</w:t>
+              <w:t xml:space="preserve">Familles et trouble du spectre de l’autisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, pp.25-29, 2019, 978-2100785810</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04625048v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychopathologie quantitative et psychométrie de la dépression</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Avoir un enfant autiste, et alors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Olié, J-P; Haffen, E.; Bellivier, F. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Follenfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Siméone, A., Préaut, M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualités sur les maladies dépressives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2257207335</w:t>
+              <w:t xml:space="preserve">De l'expertise scientifique à l'expertise profane. Postures, enjeux et méthodes dans le champ de la psychologie de la santé.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions des archives contemporaines, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796240v1</w:t>
+                <w:t xml:space="preserve">hal-04623786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoir un enfant autiste, et alors?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Psychopathologie quantitative et psychométrie de la dépression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia M'Bailara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Siméone, A., Préaut, M. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olié, J-P; Haffen, E.; Bellivier, F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De l'expertise scientifique à l'expertise profane. Postures, enjeux et méthodes dans le champ de la psychologie de la santé.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions des archives contemporaines, 2018</w:t>
+              <w:t xml:space="preserve">Actualités sur les maladies dépressives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2257207335</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623786v1</w:t>
+                <w:t xml:space="preserve">hal-04796240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3938,51 +3938,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ajustement parental dans les troubles du spectre de l'autisme. Etude des facteurs de protection et de vulnérabilité et développement d'un programme d'éducation thérapeutique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université de Bordeaux, 2014. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014BORD0374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4099,51 +4099,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CC52558E"/>
+    <w:nsid w:val="4DBA8C20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4330,51 +4330,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyrielle-derguy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0424-0621" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/186289502" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247740v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Derguy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frybourg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dexet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cappe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06975-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05096294v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aube" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vall&#233;e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2025.2512992" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096638v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aub&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05044022v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Portex" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sierra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loyal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12569" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886927v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Loyal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365880v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Marotta" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13623613211000163" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365900v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derguy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2020.103716" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365890v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Follenfant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-020-04635-9" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483548v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reymond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wendland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2018.11.008" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568533v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Sankey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ilg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cappe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-018-3800-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486637v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nillama" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bellalou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2018.02.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623809v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Foucaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia M&#8217;bailara" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2017.09.002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625045v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poumeyreau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pingault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M&#8217;bailara" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2017.07.004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820394v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Contrand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel-Pierre Bouvard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.12.019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366011v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Roux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia M'Bailara" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.07.006" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623868v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Pingault" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poumeyreau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2017013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-XCRVT5FX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365917v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-016-2719-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365906v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Michel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bouvard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13668250.2015.1023707" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623651v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797591v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623775v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623766v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623678v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625052v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625056v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607443v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bellalou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Cappe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623746v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625054v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Krieger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623811v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623741v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607462v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625048v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belmer Louise" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796240v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623786v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01531051v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BORD0374" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyrielle-derguy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0424-0621" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/186289502" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05044022v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Portex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sierra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Derguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frybourg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dexet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cappe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06975-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05096294v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aube" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vall&#233;e" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2025.2512992" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096638v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aub&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loyal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12569" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886927v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Loyal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365880v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Marotta" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13623613211000163" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365900v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derguy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2020.103716" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365890v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Follenfant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-020-04635-9" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483548v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reymond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wendland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2018.11.008" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568533v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Sankey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ilg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cappe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-018-3800-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486637v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nillama" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bellalou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2018.02.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366011v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Roux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia M'Bailara" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.07.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623809v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Foucaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia M&#8217;bailara" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2017.09.002" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625045v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poumeyreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pingault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M&#8217;bailara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2017.07.004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820394v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Contrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel-Pierre Bouvard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.12.019" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623868v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Pingault" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poumeyreau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2017013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-XCRVT5FX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365917v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-016-2719-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365906v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Michel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bouvard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13668250.2015.1023707" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623651v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797591v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623775v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623766v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623678v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625056v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625052v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607443v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bellalou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Cappe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625054v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Krieger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623746v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623811v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623741v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625048v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belmer Louise" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607462v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623786v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796240v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01531051v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BORD0374" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>