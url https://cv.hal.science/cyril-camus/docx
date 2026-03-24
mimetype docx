--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -471,174 +471,174 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux sources de la chanson réaliste folk punk de François Hadji-Lazaro : échos d’Irlande, d’Écosse et d’Amérique</w:t>
+                <w:t xml:space="preserve">Johannes Schönherr's North Korean Cinema: Rise (and Fall?) (and Rise again?) of the Propaganda Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Camus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cha: an Asian literary journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, https://chajournal.blog/2025/10/11/korean-cinema/</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05117672v1</w:t>
+                <w:t xml:space="preserve">hal-05310153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johannes Schönherr's North Korean Cinema: Rise (and Fall?) (and Rise again?) of the Propaganda Machine</w:t>
+                <w:t xml:space="preserve">Aux sources de la chanson réaliste folk punk de François Hadji-Lazaro : échos d’Irlande, d’Écosse et d’Amérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Camus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cha: an Asian literary journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/141n1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05310153v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques escapades musicales en Bretagne : voyage sans bateau de Belfast à Cardiff en passant par Beyrouth. Deuxième partie.</w:t>
               </w:r>
@@ -1465,187 +1465,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04383942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écrire la catastrophe : L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles). Sophie Chiari (éd.). Clermont-Ferrand : Presses Universitaires Blaise-Pascal, 2019, 293 p.</w:t>
+                <w:t xml:space="preserve">Krakauer-Tagg Duo : du souffle et des marteaux pour abattre les murs du confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Camus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Caliban : French journal of English studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 63, pp.345-348. </w:t>
+              <w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/caliban.8300⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/miranda.28782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04383945v1</w:t>
+                <w:t xml:space="preserve">hal-04363006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krakauer-Tagg Duo : du souffle et des marteaux pour abattre les murs du confinement</w:t>
+                <w:t xml:space="preserve">Écrire la catastrophe : L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles). Sophie Chiari (éd.). Clermont-Ferrand : Presses Universitaires Blaise-Pascal, 2019, 293 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Camus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21, </w:t>
+              <w:t xml:space="preserve">Caliban : French journal of English studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 63, pp.345-348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/miranda.28782⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/caliban.8300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04363006v1</w:t>
+                <w:t xml:space="preserve">hal-04383945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Fox Spirit of Bluestone Mountain: Female Force, Bridges from Zhiguai to Novel, and a Royal Rumble of Myth</w:t>
               </w:r>
@@ -3219,51 +3219,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FE6A24AE"/>
+    <w:nsid w:val="47865C1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3450,51 +3450,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyril-camus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012TOU20030" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/detail.php?idOuv=4714" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/caliban/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/miranda/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/caliban/7118" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespresseslitteraires.com/premier-roman/#cc-m-product-7586493411/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117672v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Camus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/141n1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05310153v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04584153v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.59980" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363026v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.56028" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04376353v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/utopianstudies.34.1.0163" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383975v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363022v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.48377" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363017v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.45765" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383966v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04381076v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.10914" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362990v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.38271" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383959v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383942v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7834" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383945v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.8300" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363006v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.28782" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383963v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7144" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362647v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/sdn.2015.0038" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04380929v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.3161" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04380936v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.587" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04376754v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/sho.2011.0051" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362933v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/stic.2.1.147_1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362915v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04389591v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362957v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04389522v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04386466v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04372730v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363085v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781474248822.ch-018" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04375923v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383896v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hebert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7118" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363228v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/tel-04389560v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyril-camus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012TOU20030" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/detail.php?idOuv=4714" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/caliban/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/miranda/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/caliban/7118" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespresseslitteraires.com/premier-roman/#cc-m-product-7586493411/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05310153v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Camus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117672v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/141n1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04584153v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.59980" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363026v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.56028" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04376353v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/utopianstudies.34.1.0163" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383975v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363022v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.48377" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363017v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.45765" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383966v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04381076v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.10914" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362990v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.38271" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383959v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383942v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7834" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363006v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.28782" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383945v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.8300" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383963v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7144" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362647v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/sdn.2015.0038" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04380929v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.3161" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04380936v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.587" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04376754v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/sho.2011.0051" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362933v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/stic.2.1.147_1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362915v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04389591v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04362957v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04389522v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04386466v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04372730v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363085v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781474248822.ch-018" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04375923v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04383896v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hebert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7118" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04363228v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/tel-04389560v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>