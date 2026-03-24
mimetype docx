--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,8811 +66,8811 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (56)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of optimized exatecan-based immunoconjugates with potent antitumor efficacy in HER2-positive breast cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Auvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Douez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Witkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Jallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 68 (18), pp.19122 - 19142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.5c01184⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oil/Water Biphasic Solvent System for the Eco-Extraction and Cosmetic Formulation of Bixa orellana L.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément de Saint Jores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Caux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (14), pp.1940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants13141940⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glycolipid and Lipopeptide Biosurfactants: Structural Classes and Characterization—Rhamnolipids as a Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadin Darwiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dufresne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critical Reviews in Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408347.2024.2441428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05304648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancement of Forskolin Production Using Aeroponic Cultivation of Coleus forskohlii and the Impact on the Plant Phytochemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Le Cabec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Eric Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Yzebe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 29 (17), pp.4215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules29174215⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Screening and Evaluation of Dermo-Cosmetic Activities of the Invasive Plant Species Polygonum cuspidatum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanille Quinty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rouba Nasreddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Nehmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants12010083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03944364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antioxidant and anti-lipase capacities from the extracts obtained from two invasive plants: Ambrosia artemisiifolia and Solidago canadensis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanille Quinty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rouba Nasreddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Nehmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55, pp.103069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Water-Based Microwave-Assisted Extraction of Pigments from Madder Optimized by a Box–Behnken Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Separations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (8), pp.433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/separations10080433⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serodolin, a β-arrestin–biased ligand of 5-HT 7 receptor, attenuates pain-related behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chayma El Khamlichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Reverchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Hervouet-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (21), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2118847119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-Infrared Emitting Poly(amidoamine) Dendrimers with an Anthraquinone Core toward Versatile Non-Invasive Biological Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Jouad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Eliseeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (3), pp.1392-1402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.1c01604⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intra-Domain Cysteines (IDC), a New Strategy for the Development of Original Antibody Fragment–Drug Conjugates (FDCs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Ait Mohamed Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Horiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Boursin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (8), 16 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics14081524⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03770274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oak Species Quercus robur L. and Quercus petraea Liebl. Identification Based on UHPLC-HRMS/MS Molecular Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Buche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Fougère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (10), pp.684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo11100684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Untargeted metabolomic and molecular network approaches to reveal tomato root secondary metabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhila Messaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanyan Qu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Fougère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phytochemical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (5), pp.672-684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pca.3014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of lipase-ligand interactions in porcine pancreatic extracts by microscale thermophoresis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan Al Hamoui Dit Banni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rouba Nasreddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syntia Fayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 413 (14), pp.3667-3681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-021-03314-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03307692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Copper-catalyzed transformation of alkyl nitriles to N-arylacetamide using diaryliodonium salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Sallio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Adrien Payard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paweł Pakulski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iryna Diachenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indira Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (26), pp.15885 - 15889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1ra02305e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solvent-Free Glycidyl Carbamate Oligomerization and Solvent Affinity of Oligomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Taing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Ta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (4), pp.1702-1714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.0c02218⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On-line two-dimensional liquid chromatography hyphenated to mass spectrometry and ion mobility-mass spectrometry for the separation of carbohydrates from lignocellulosic biomass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Masle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1636, pp.461716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2020.461716⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Untargeted UHPLC‐Q‐TOF‐HRMS based determination of discrimating compounds for oak species Quercus robur L. and Quercus petraea Liebl. identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Buche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Fougère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Giordanengo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phytochemical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (5), pp.660-671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pca.3013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A three-dimensional semi-quantitative method to monitor the evolution of polycyclic aromatic hydrocarbons from vacuum gas oil feedstocks to lighter products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Masle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 296, pp.120175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2021.120175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimerization of Uracil in a simulated Mars-like UV radiation environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Rouquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Stalport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Georgelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (11), pp.1363-1376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/ast.2019.2157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combination of molecular network and centrifugal partition chromatography fractionation for targeting and identifying Artemisia annua L. antioxidant compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhila Messaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Fougère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1615, pp.460785 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2019.460785⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03489537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ozone-Induced Aryl Hydrocarbon Receptor Activation Controls Lung Inflammation via Interleukin-22 Modulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Michaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Fauconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2020.00144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of an LC-MS multivariate nontargeted methodology for differential analysis of the peptide profile of Asian hornet venom (Vespa velutina nigrithorax): application to the investigation of the impact of collection period variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Nhi Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David D. da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Darrouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Baril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 412 (6), pp.1419-1430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-019-02372-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02794337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of liquid-liquid extraction fractions from lignocellulosic biomass by high performance liquid chromatography hyphenated to tandem high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Dubuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Masle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chahen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1610, pp.460569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2019.460569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asian hornet Vespa velutina nigrithorax venom: Evaluation and identification of the bioactive compound responsible for human keratinocyte protection against oxidative stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhi Thao Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David D. da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Darrouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Baril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Toxicon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 176, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxicon.2020.01.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02794316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capillary Electrophoresis-Mass Spectrometry at Trial by Metabo-Ring: Effective Electrophoretic Mobility for Reproducible and Robust Compound Annotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlien van Mever</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Tobolkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Ferre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92 (20), pp.14103-14112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.0c03129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Input of an off-line comprehensive three-dimensional method (CPCxSFC/HRMS) to quantify polycyclic aromatic hydrocarbons in vacuum gas oils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Masle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92 (9), pp.6684-6692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.0c00605⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In Vitro Characterization and Stability Profiles of Antibody–Fluorophore Conjugates Derived from Interchain Cysteine Cross-Linking or Lysine Bioconjugation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Allard-Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kizlik-Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (4), pp.176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ph12040176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02425275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring of phosphorylation using immobilized kinases by on-line enzyme bioreactors hyphenated with High-Resolution Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Ferey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lafite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Topalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 205, pp.120120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.120120⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Health risk associated with the oral consumption of “Chiniy-tref”, a traditional medicinal preparation used in Martinique (French West Indies): Qualitative and quantitative analyses of aristolochic acids contained therein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Riffault-Valois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Wattez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Boucaud-Maitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaslonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Toxicon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 172, pp.53 - 60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxicon.2019.10.241⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A rational strategy based on experimental designs to optimize parameters of a liquid chromatography-mass spectrometry analysis of complex matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Masle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 205, pp.120063. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.06.063⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyphenation of ultra-high performance supercritical fluid chromatography with atmospheric pressure chemical ionisation high resolution mass spectrometry: Part 2. Study of chromatographic and mass spectrometry parameters for the analysis of natural non-polar compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1596, pp.199 - 208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2019.03.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring of successive phosphorylations of thymidine using free and immobilized human nucleoside/nucleotide kinases by Flow Injection Analysis with High-Resolution Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Ferey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Nehmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lafite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1049, pp.115-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2018.10.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imidazo[1,2-b]pyridazines targeting Toxoplasma gondii calcium-dependent protein kinase 1 decrease the parasite burden in mice with acute toxoplasmosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Espérance Moine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Moiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Couet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (7), pp.561-568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2017.12.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02389840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of cathepsin B-sensitive triggers and hydrophilic linkers on in vitro efficacy of novel site-specific antibody–drug conjugates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Bryden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Letast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Lles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inmaculada Viéitez-Villemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (11), pp.1882 - 1889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c7ob02780j⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Site-Specific Conjugation of Auristatins onto Engineered scFv Using Second Generation Maleimide to Target HER2-positive Breast Cancer in Vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aubrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Allard-Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Bryden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Letast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (11), pp.3516-3521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.8b00668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of Linum flavum (L.) Hairy Root Cultures for the Production of Anticancer Aryltetralin Lignans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sullivan Renouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Drouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Medvedec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Doussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms19040990⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clerodane furanoditerpenoids as the probable cause of toxic hepatitis induced by Tinospora crispa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Cachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Riffault-Valois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouaha Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-31815-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The LPG1x family from $Leishmania\ major$ is constituted of rare eukaryotic galactofuranosyltransferases with unprecedented catalytic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihen Ati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lafite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Sweeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruixiang Blake Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.147566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-35847-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyphenation of ultra high performance supercritical fluid chromatography with atmospheric pressure chemical ionisation high resolution mass spectrometry: Part 1. Study of the coupling parameters for the analysis of natural non-polar compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pecher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Poujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1509, pp.132-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2017.06.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Fingerprint Comparison of Closely Related Rose Varieties based on UHPLC‐HRMS Analysis and Chemometrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Riffault-Valois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Blanchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phytochemical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (1), pp.42-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pca.2641⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regio‐ and Stereoselective Iron‐Catalyzed Oxyazidation of Enamides Using a Hypervalent Iodine Reagent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rey-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (70), pp.17674-17677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201704499⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of the lignan content in extracts from linum, callitris and juniperus species in relation to their In vitro antiproliferative activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Doussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Molinie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planta Medica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 83 (6), pp.574-581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0042-118650⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paracetamol degradation in aqueous solution by non-thermal plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Baloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rabat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Maunit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 79 (3), pp.30802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2017160472⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01578772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyaluronidase reaction kinetics evaluated by capillary electrophoresis with UV and high-resolution mass spectrometry (HRMS) detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syntia Fayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Nehmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Langmajerová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ayela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 951, pp.140-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2016.11.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution of Supercritical Fluid Chromatography coupled to High Resolution Mass Spectrometry and UV detections for the analysis of a complex vegetable oil – Application for characterization of a Kniphofia uvaria extract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pecher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Poujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19 (9), pp.1113-1123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crci.2015.11.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aerial parts of Callitris species as a rich source of deoxypodophyllotoxin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sullivan Renouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Fidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63, pp.53-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2014.10.055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The AMINO experiment: exposure of amino acids in the EXPOSE-R experiment on the International Space Station and in laboratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Chabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cadène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Astrobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 14 (01), pp.89-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1473550414000354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinetics of glucosylated and non-glucosylated aryltetralin lignans in Linum hairy root cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luyen Huynh Cong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rébecca Dauwe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Lequart-Pillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Vinchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sullivan Renouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phytochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115, pp.70-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phytochem.2015.01.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquid chromatography–high-resolution mass spectrometry for identifying aqueous chlordecone hydrate dechlorinated transformation products formed by reaction with zero-valent iron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Belghit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bristeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Maunit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 95 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03067319.2014.994615⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01398985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-targeted Molecular Characterisation of a Rose Flower Ethyl Acetate Extract Using Ultra-HPLC with Atmospheric Pressure Photoionisation and Quadrupole Time-of-flight MS/MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Riffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phytochemical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (3), pp.189-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pca.2552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partial structural characterization and antioxidant activity of a phenolic–xylan from Castanea sativa hardwood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Barbat-Rogeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chaleix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Alain Calliste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 70, pp.373-380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2014.07.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01101844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trimethoxyarene as a Highly Ionizable Tag for Reaction Analysis by Atmospheric Pressure Photoionization Mass Spectrometry (APPI/MS): Exploration of Heterocyclic Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bui The Thuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Catala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain van Dorsselaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012 (1), pp.85-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201100919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of solid-phase extraction for the liquid chromatography-mass spectrometry analysis of harpagoside, 8-para-coumaroyl harpagide, and harpagide in equine plasma and urine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Popot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Bonnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bouchonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatographic Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 46 (2), pp.174-183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00525486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proton and sodium cation affinities of harpagide: a computational study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bouchonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Rogalewicz-Gilard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-A. Popot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Ohanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 110 (23), pp.7503-7508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp061526u⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquid chromatography/electrospray ionization mass spectrometric characterization of Harpagophytum in equine urine and plasma.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-A. Popot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bonnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bouchonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 20 (22), pp.3257-3566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.2721⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protonation thermochemistry of alpha-aminoacids bearing a basic residue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Bouchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.-A. Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sablier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 10 (6), pp.977-992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1255/ejms.687⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00916219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of different plant organs and cell cultures and identification of bioactive molecules using molecular networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Busont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Le Cabec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Fougère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David D. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cosm'ing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of tomato (Solanum lycopersicum) metabolism induced by its growth and different pest attacks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Fougère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhila Messaili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanyan Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Desneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR MediatEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-Extraction de pigments végétaux : optimisation d'une extraction à l'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Guyomarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Destandau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFERP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Orléans ( visioconférence), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction verte des pigments de Rubia tinctorum L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Guyomarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Destandau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e colloque du GDR Cosm'actifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of paracetamol in water by a DBD created non-thermal plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dunpin Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noussaiba Korichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magureanu Monica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS, session “Interactions of Discharge Plasmas with Liquids: Fundamentals and Applications”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Xiamen, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02448384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of the aromatic cycle breaking of paracetamol by non-thermal plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Maunit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Plasmas with Liquids (ICPL 2017), Oral presentation.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01578792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of the paracetamol’s aromatic ring breaking thanks to a non-thermal plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Maunit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The XXXIII International Conference on Phenomena in Ionized Gases (ICPIG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Estoril/Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01578803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement du paracétamol en milieux aqueux par plasma non thermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Maunit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Polluants émergents, de nouveaux défis pour la gestion des eaux souterraines"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01340793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEGRADATION OF PARACETAMOL IN AQUEOUS SOLUTION BY NON THERMAL PLASMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Maunit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th High Pressure Low Temperature Plasma Chemistry Symposium (HAKONE 15) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01368370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudes HRMS sur la dégradation du paracétamol en milieux aqueux par plasma non thermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Girardeau Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Maunit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33es Journées Françaises de Spectrométrie de Masse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01526982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paracetamol treatment in tap water by needle to plate plasma reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Maunit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second Training School of the COST "Electrical discharges with liquids for future applications"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Greifswald, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01254780v1</w:t>
-              </w:r>
-[...7407 lines deleted...]
-                <w:t xml:space="preserve">hal-00916219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8882,329 +8882,329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water microwave assisted extraction (MAE) of colored compounds from madder (Rubia tinctorum L.)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Exposition humaine aux fongicides SDHIs par les denrées alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonmatin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gabant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Glauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">50e congrès du Groupe Français des Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Namur, Belgique. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05248622v1</w:t>
+                <w:t xml:space="preserve">hal-03870671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposition humaine aux fongicides SDHIs par les denrées alimentaires</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Water microwave assisted extraction (MAE) of colored compounds from madder (Rubia tinctorum L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Guyomarch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50e congrès du Groupe Français des Pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Namur, Belgique. 2022</w:t>
+              <w:t xml:space="preserve">Analytics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03870671v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation de plantes invasives de Savoie/Haute-Savoie : mise en place d’un criblage d’actifs par CCM-Bioautographie couplée à la spectrométrie de masse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanille Quinty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Draye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9246,77 +9246,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Site-specific conjugation of auristatins onto engineered antibody fragments to target her2-positive breast cancer in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Ait Mohamed Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Aubrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Allard-Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Lamamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9371,103 +9371,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treatment of esomeprazole in water by non-thermal plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Norsic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Non-Thermal/Thermal Plasma Pollution Control Technology &amp; Sustainable Energy, ISNTPT-11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Montegegrotto Terme, Italy. 2018, in Proceedings of International Symposium on Non-Thermal/Thermal Plasma Pollution Control Technology &amp; Sustainable Energy, ISNTPT-11</w:t>
@@ -9496,103 +9496,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dégradation de résidus médicamenteux par plasma non thermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Baloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Maunit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dunpin Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Bioadhésion, Biocontamination des surfaces (BIOADH2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Bouray-sur-Juine, France</w:t>
@@ -9653,51 +9653,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de méthodes physico-chimiques pour le contrôle de la médication par l'Harpagophytum et l'Eleutherococcus, principes actifs utilisés en phytothérapie équine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Colas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chemical Sciences. Ecole Polytechnique X, 2006. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9893,51 +9893,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191446v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Busont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Cabec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Foug&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Colas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. da Silva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871984v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Messaili" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Qu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191897v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chambaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Guyomarch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Destandau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191898v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448384v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunpin Hong" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Baloul" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noussaiba Korichi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magureanu Monica" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rabat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578792v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maunit" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aubry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578803v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340793v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368370v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526982v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girardeau Marie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254780v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361392v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Auvert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Douez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jolivet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Witkowski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Jallas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.5c01184" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689636v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fournier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Saint Jores" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants13141940" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881741v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Campos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Yzebe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Pel&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29174215" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304648v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadin Darwiche" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dufresne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chartier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Claude" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408347.2024.2441428" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944364v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille Quinty" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Nasreddine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Nehm&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12010083" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270213v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Launay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103069" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270158v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations10080433" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609121v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Jouad" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Eliseeva" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Collet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Silva" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.1c01604" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684955v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma El Khamlichi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Reverchon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Hervouet-Coste" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chopin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2118847119" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770274v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Ait Mohamed Amar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Horiot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Boursin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14081524" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03717220v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Buche" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11100684" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03263592v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.3014" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307692v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Al Hamoui Dit Banni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syntia Fayad" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Marchal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03314-7" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03251713v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sallio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Adrien Payard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Pakulski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Diachenko" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Fabre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra02305e" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279451v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Taing" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Legros" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ta" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c02218" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03194257v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Reymond" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Charon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2020.461716" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270162v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Giordanengo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.3013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03194183v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2021.120175" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032302v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rouquette" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stalport" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cottin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Georgelin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2019.2157" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489537v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.460785" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008360v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaudel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bataille" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maillet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fauconnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.00144" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02551353v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dubuis" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chahen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.460569" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02794337v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nhi Le" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darrouzet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baril" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-019-02372-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02794316v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhi Thao Le" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2020.01.001" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04303264v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Drouin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlien van Mever" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tobolkina" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ferre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c03129" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02872094v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c00605" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02425275v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brachet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Allard-Vannier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kizlik-Masson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph12040176" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466045v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ferey" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lafite" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Topalis" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120120" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488540v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Riffault-Valois" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Wattez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Langrand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Boucaud-Maitre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaslonde" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2019.10.241" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02196648v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.06.063" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090335v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2018.10.032" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484950v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Duval" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.03.018" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939124v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sullivan Renouard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Corbin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Drouet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Medvedec" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Doussot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19040990" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02473401v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cachet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouaha Bouzidi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31815-6" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02389840v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esp&#233;rance Moine" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moir&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dimier-Poisson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Brunet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2017.12.006" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01808620v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bryden" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Letast" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Lles" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Vi&#233;itez-Villemin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ob02780j" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01907352v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubrey" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Allard-Vannier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.8b00668" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03478310v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihen Ati" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Sweeney" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixiang Blake Zheng" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35847-w" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270186v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pecher" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poujol" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tranchant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2017.06.016" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270183v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertho" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rey-Rodriguez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201704499" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270189v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Blanchot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pasquier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.2641" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602623v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Doussot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Mathieu" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molinie" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-118650" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578772v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160472" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270197v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Langmajerov&#225;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ayela" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2016.11.036" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270191v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2015.11.022" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01398985v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Belghit" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bristeau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouvet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2014.994615" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947737v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen Huynh Cong" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Dauwe" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Lequart-Pillon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vinchon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2015.01.001" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270206v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Fidel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Lopez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2014.10.055" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J41JX5W-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170486v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Bertrand" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chabin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cad&#232;ne" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chaput" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1473550414000354" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270194v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Riffault" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Andr&#233;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.2552" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3J007NP4-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01101844v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Renault" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Barbat-Rogeon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaleix" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Calliste" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2014.07.005" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6RKXHS2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270217v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bui The Thuong" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Catala" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201100919" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W7D85635-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525486v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garcia" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Popot" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bonnaire" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bouchonnet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00904617v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Popot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bonnaire" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.2721" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K5GFFH4C-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00904620v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rogalewicz-Gilard" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ohanessian" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp061526u" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9HT3TGKZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00916219v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bouchoux" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-A. Buisson" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sablier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/ejms.687" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248622v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870671v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pasquet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gabant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Glauser" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547614v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Draye" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478465v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamamy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gautron" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980094v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Norsic" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980047v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00002923v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361392v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Auvert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Douez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jolivet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Witkowski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Jallas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.5c01184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689636v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chambaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fournier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Saint Jores" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Colas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants13141940" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304648v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadin Darwiche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dufresne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chartier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Claude" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408347.2024.2441428" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881741v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Cabec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Campos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Yzebe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Pel&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29174215" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944364v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille Quinty" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Nasreddine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Nehm&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12010083" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Launay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103069" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270158v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Destandau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations10080433" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684955v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma El Khamlichi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Reverchon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Hervouet-Coste" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chopin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2118847119" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Jouad" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Eliseeva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Collet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Silva" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.1c01604" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770274v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Ait Mohamed Amar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Horiot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Boursin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14081524" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03717220v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Buche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Foug&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11100684" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03263592v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Messaili" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Qu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.3014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307692v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Al Hamoui Dit Banni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syntia Fayad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Marchal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03314-7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03251713v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sallio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Adrien Payard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Pakulski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Diachenko" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Fabre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra02305e" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279451v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Taing" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Legros" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c02218" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03194257v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Reymond" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Charon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2020.461716" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270162v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Giordanengo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.3013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03194183v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2021.120175" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032302v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rouquette" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stalport" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cottin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Georgelin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2019.2157" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489537v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.460785" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008360v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaudel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bataille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maillet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fauconnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.00144" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02794337v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nhi Le" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. da Silva" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darrouzet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baril" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-019-02372-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02551353v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dubuis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chahen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.460569" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02794316v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhi Thao Le" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2020.01.001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04303264v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Drouin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlien van Mever" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tobolkina" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ferre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c03129" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02872094v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c00605" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02425275v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brachet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Allard-Vannier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kizlik-Masson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph12040176" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466045v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ferey" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lafite" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Topalis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120120" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488540v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Riffault-Valois" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Wattez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Langrand" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Boucaud-Maitre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaslonde" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2019.10.241" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02196648v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.06.063" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484950v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Duval" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesellier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.03.018" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090335v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2018.10.032" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02389840v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esp&#233;rance Moine" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moir&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dimier-Poisson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Brunet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2017.12.006" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01808620v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bryden" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Letast" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Lles" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Vi&#233;itez-Villemin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ob02780j" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01907352v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubrey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Allard-Vannier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.8b00668" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939124v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sullivan Renouard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Corbin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Drouet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Medvedec" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Doussot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19040990" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02473401v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cachet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouaha Bouzidi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31815-6" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03478310v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihen Ati" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Sweeney" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixiang Blake Zheng" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35847-w" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270186v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pecher" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poujol" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tranchant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2017.06.016" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270189v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Blanchot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pasquier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.2641" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270183v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertho" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rey-Rodriguez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201704499" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602623v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Doussot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Mathieu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molinie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-118650" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578772v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Baloul" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aubry" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rabat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maunit" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160472" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270197v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Langmajerov&#225;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ayela" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2016.11.036" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270191v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2015.11.022" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270206v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Fidel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Lopez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2014.10.055" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J41JX5W-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170486v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Bertrand" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chabin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cad&#232;ne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chaput" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1473550414000354" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947737v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen Huynh Cong" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Dauwe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Lequart-Pillon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vinchon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2015.01.001" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01398985v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Belghit" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bristeau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouvet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2014.994615" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270194v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Riffault" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Andr&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.2552" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3J007NP4-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01101844v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Renault" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Barbat-Rogeon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaleix" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Calliste" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2014.07.005" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6RKXHS2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270217v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bui The Thuong" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Catala" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201100919" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W7D85635-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525486v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garcia" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Popot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bonnaire" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bouchonnet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00904620v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rogalewicz-Gilard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Popot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ohanessian" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp061526u" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9HT3TGKZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00904617v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bonnaire" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.2721" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K5GFFH4C-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00916219v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bouchoux" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-A. Buisson" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sablier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/ejms.687" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191446v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Busont" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871984v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191897v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Guyomarch" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191898v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448384v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunpin Hong" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noussaiba Korichi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magureanu Monica" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578792v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578803v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340793v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368370v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526982v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girardeau Marie" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254780v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870671v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pasquet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gabant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Glauser" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248622v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547614v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Draye" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478465v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamamy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gautron" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980094v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Norsic" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980047v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00002923v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>