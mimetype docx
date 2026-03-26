--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -198,51 +198,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fromentèze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, inPress, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TAP.2025.3609217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1681,295 +1681,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04706160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial diversity improvement in frequency-diverse computational imaging with a multi-port antenna</w:t>
+                <w:t xml:space="preserve">Analysis and Reduction of Phase Noise Effects in Multi-Channel Microwave Photonic Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Viet Hoang</w:t>
+                <w:t xml:space="preserve">Hamza Hallak Elwan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Di Bin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Boudesocque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fromenteze</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohsen Khalily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Results in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rinp.2021.103906⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39 (24), pp.7781-7787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2021.3079167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706247v1</w:t>
+                <w:t xml:space="preserve">hal-04706117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and Reduction of Phase Noise Effects in Multi-Channel Microwave Photonic Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial diversity improvement in frequency-diverse computational imaging with a multi-port antenna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Viet Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fromenteze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamza Hallak Elwan</w:t>
+                <w:t xml:space="preserve">Muhammad Ali Babar Abbasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Di Bin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Fromenteze</w:t>
+                <w:t xml:space="preserve">Mohsen Khalily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 39 (24), pp.7781-7787. </w:t>
+              <w:t xml:space="preserve">Results in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.103906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JLT.2021.3079167⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rinp.2021.103906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706117v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz Multi-Spectral Mueller Matrix Polarimetry on Leaf Using Only Orthogonal-Polarization Measurements</w:t>
               </w:r>
@@ -2464,278 +2464,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02396456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency-Diverse Computational Automotive Radar Technique for Debris Detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Okan Yurduseven</w:t>
+                <w:t xml:space="preserve">Microwave Photonic MIMO Radar for Short-Range 3D Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fromenteze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Fusco</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Damien Boudescoque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Di Bin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Hallak Elwan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (22), pp.13167-13177. </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.107326-107334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2020.3004065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3000801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706133v1</w:t>
+                <w:t xml:space="preserve">hal-04706197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave Photonic MIMO Radar for Short-Range 3D Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Berland</w:t>
+                <w:t xml:space="preserve">Frequency-Diverse Computational Automotive Radar Technique for Debris Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Okan Yurduseven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fromenteze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Decroze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Boudescoque</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Fusco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8, pp.107326-107334. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (22), pp.13167-13177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3000801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2020.3004065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706197v1</w:t>
+                <w:t xml:space="preserve">hal-04706133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Transverse Spectrum Deconvolution Technique for MIMO Short-Range Fourier Imaging</w:t>
               </w:r>
@@ -3223,51 +3223,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zerihun Gedeb Tegegne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Di Bin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fromenteze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8255,64 +8255,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solving the Phase Dispersion Issue in FMCW Photonic Time Multiplexed Radar Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Hallak Elwan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Boudescoque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8629,265 +8629,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of analog multiplexing techniques applied to millimeter wave imaging</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Gaquière</w:t>
+                <w:t xml:space="preserve">Synthèse d'ouverture en spectroscopie THz dans le domaine temporel pour l'imagerie 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manal Ait Assou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelian Crunteanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Passive and Active Millimeter-Wave Imaging XXV</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes, Limoges 8-10 juin 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706129v1</w:t>
+                <w:t xml:space="preserve">hal-03768651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse d'ouverture en spectroscopie THz dans le domaine temporel pour l'imagerie 3D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manal Ait Assou</w:t>
+                <w:t xml:space="preserve">Study of analog multiplexing techniques applied to millimeter wave imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Skitioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fromenteze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ettien Kpre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gaquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurelian Crunteanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes, Limoges 8-10 juin 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Passive and Active Millimeter-Wave Imaging XXV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Orlando, France. pp.18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2618632⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03768651v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating Striking Efficiency in Morphogenetic Metasurface Antennas with Low Modulation</w:t>
               </w:r>
@@ -9003,64 +9003,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solving the Phase Dispersion Issue in FMCW Photonic Time Multiplexed Radar Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Hallak Elwan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Boudescoque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9725,51 +9725,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short range imaging system based on a new microwave photonic multiplexing technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Hallak Elwan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Boudesocque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10256,51 +10256,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Boudesocque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Hallak Elwan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fromenteze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11545,260 +11545,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01213874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du canal de propagation Air-Sol-Air appliqué aux Radioaltimètres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Paris</w:t>
+                <w:t xml:space="preserve">Passive UWB Beamforming: a N to M Compression Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fromenteze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ettien Lazare Kpré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carsenat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19eme Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">European Microwave Week 2015 - Eurad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01281954v1</w:t>
+                <w:t xml:space="preserve">hal-01213875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive UWB Beamforming: a N to M Compression Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ettien Lazare Kpré</w:t>
+                <w:t xml:space="preserve">Modélisation du canal de propagation Air-Sol-Air appliqué aux Radioaltimètres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Carsenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Microwave Week 2015 - Eurad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">19eme Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01213875v1</w:t>
+                <w:t xml:space="preserve">hal-01281954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie MIMO ULB à haute résolution par un composant passif à port unique</w:t>
               </w:r>
@@ -16580,273 +16580,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00480953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure des performances de diversité d'antennes sur un terminal compact, dans un environnement réel</w:t>
+                <w:t xml:space="preserve">Multi-Band Diversity Antenna Performances Evaluation for Multi-Standard Compact Wireless Terminal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Koubeissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Adovi Tounou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carsenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIèmes Journées Nationales Microondes 2009 - Journée thématique: le 26 mai 2009 à la Maison des Micro et Nano Technologies (MMNT) - à Europole Grenoble Centre de Congrès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Grenoble, France</w:t>
+              <w:t xml:space="preserve">The 3rd European Conference on Antennas and Propagation EuCAP 2009, at Estrel Convention Center, S3A15: Multi-Antenna Systems in Handheld</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Berlin, Germany. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480721v1</w:t>
+                <w:t xml:space="preserve">hal-00480529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Band Diversity Antenna Performances Evaluation for Multi-Standard Compact Wireless Terminal</w:t>
+                <w:t xml:space="preserve">Mesure des performances de diversité d'antennes sur un terminal compact, dans un environnement réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Adovi Tounou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carsenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Monédière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 3rd European Conference on Antennas and Propagation EuCAP 2009, at Estrel Convention Center, S3A15: Multi-Antenna Systems in Handheld</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Berlin, Germany. pp.0</w:t>
+              <w:t xml:space="preserve">XVIèmes Journées Nationales Microondes 2009 - Journée thématique: le 26 mai 2009 à la Maison des Micro et Nano Technologies (MMNT) - à Europole Grenoble Centre de Congrès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480529v1</w:t>
+                <w:t xml:space="preserve">hal-00480721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of antenna diversity performances on a compact wireless device, in real environment</w:t>
               </w:r>
@@ -19274,51 +19274,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338604v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chidinma Uche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasibeh Parsaei" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decroze" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Froment&#232;ze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2025.3609217" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263504v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yat&#8208;sing To" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiachen Du" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Huitema" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelian Crunteanu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202515085" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706062v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymundo Amorim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Marie-Joseph" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fromenteze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2024.3405715" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706056v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okan Yurduseven" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R Smith" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47832-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795836v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Skitioui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Kpre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2024.3409195" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614410v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706169v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhila Chehami" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pasquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Perrin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c00321" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706114v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smith" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41775-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131610v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ait Assou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Humbert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Decroze" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2023.3281771" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706230v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Berland" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boudesocque" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJAP.2021.3131394" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714554v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Davy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.054039" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706160v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Diebold" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Imani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJAP.2021.3136903" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706247v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Viet Hoang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ali Babar Abbasi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Khalily" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2021.103906" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706117v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Hallak Elwan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Di Bin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2021.3079167" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706094v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao-Xin Huang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geng-Bo Wu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Jie Chen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka-Fai Chan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Yao Xia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2021.3090111" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706210v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.417448" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181819v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Abid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moctar Mouhamadou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.2997608" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02396456v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Soltane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2019.2957428" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706133v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fusco" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2020.3004065" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706197v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boudescoque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3000801" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380194v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2019.2905269" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864729v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18051536" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864728v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2018.2858178" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02023025v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864739v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zerihun Gedeb Tegegne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Aupetit-Berthelemot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2017.2775661" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864836v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s175907871700023x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706238v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Kpr&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175907871700023X" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281891v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain N&#233;grier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalande" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andrieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Mohamed Ibrahim Shalaby" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2016.2517672" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316940v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Lazare Kpr&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carsenat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Sakamoto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2016.2543525" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316939v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078716000313" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706242v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chatras" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2014.2354838" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138886v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213865v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza F. Imani" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonah Gollub" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4921081" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281883v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Garcia-Fernandez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2014.2342766" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138884v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2014.2382647" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934283v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00787459v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Vermesan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Reynaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-rsn.2012.0191" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906677v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2013.2271631" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906937v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibault Reveyrand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mattei" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2013.2269474" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138883v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2013.2272474" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00760642v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Arsalane" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/483287" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934273v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Viennot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;rillou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vaudon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00760098v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2012.2207872" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917299v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Juan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heredia Sanchez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00760650v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/239420" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675432v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Koubeissi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2011.2164183" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548010v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huitema" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koubeissi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouhamadou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Arnaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675468v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Ftaich-Frigui" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kazmierski" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2155643" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934269v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Adovi Tounou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mon&#233;di&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587049v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Belhouji" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480409v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Akhdar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480407v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181814v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Monediere" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/491262" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340649v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Freytag" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155598v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jecko" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436616v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Villemaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dall'Omo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775563v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Renkanga Mbatchi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boulle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729954v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AP-S/INC-USNC-URSI52054.2024.10686672" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926468v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chidinma Nnekwu Uche" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795831v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219602v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA62287.2024.10986045" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706075v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA57522.2023.10352654" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267886v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Ait Assou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853369v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611890v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Fontana" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tantot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barataud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fredon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC50147.2022.10050218" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216953v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AP-S/USNC-URSI47032.2022.9886501" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706224v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap51087.2021.9411472" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04489946v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fontana" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tantot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fredon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612692v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706129v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2618632" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768651v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795817v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732522" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706213v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP51087.2021.9411472" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04715273v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Neveux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Fontana" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Menudier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03555150v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706235v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chehami" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP57121.2023.10133576" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706073v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berland Fabien" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Decroze Cyril" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2558152" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181772v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adam" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF35879.2020.9329981" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706101v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2558239" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380179v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Hallak" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442052v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hamdi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schutz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lenoir" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Farah" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delias" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2019.8910919" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02465532v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Hamdi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schutz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reynaud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477548v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330130v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Schutz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lenoir" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02023027v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181769v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vellas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2018.8609122" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181767v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Lazare Kpre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2017.8072463" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01525383v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01499414v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01306477v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181765v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paris" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tallet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01392889v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01212259v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213874v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281954v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213875v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213878v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212081v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212305v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01211804v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Chaabane" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Guines" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Madrangeas" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213880v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706151v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuRAD.2015.7346264" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138890v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6958949" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138891v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCAP.2014.6901765" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282539v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA.2014.7003320" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138888v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2014.6848444" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245792v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/URSIGASS.2014.6929018" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915886v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Liebus" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934295v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00773661v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCAP.2012.6206357" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00915976v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Farah" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934289v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sanchez" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934290v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00992155v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ben Ahmed Daho" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679182v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680965v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatna Benahmed Daho" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678650v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Choumane" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00678632v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679235v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2011.5773330" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675655v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAT.2011.5752360" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678677v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678550v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681066v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971415v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benahmed Daho" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Neveux" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vaudon" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00940056v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Rousset" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681084v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00481846v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakih Khalil" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00489001v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Souriou" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620696v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00940069v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661096v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623957v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00481691v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00481741v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480559v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480946v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480953v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480721v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480529v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340718v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340717v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340727v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156607v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Murad" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157244v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156832v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158039v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200791v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200813v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158324v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133745v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134083v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Abdallah" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133801v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Freytag" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777281v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chousseaud" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847019v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769724v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281956v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898359v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bailly" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brevier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01163320v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338604v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chidinma Uche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasibeh Parsaei" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decroze" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Froment&#232;ze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2025.3609217" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263504v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yat&#8208;sing To" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiachen Du" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Huitema" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelian Crunteanu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202515085" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706062v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymundo Amorim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Marie-Joseph" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fromenteze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2024.3405715" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706056v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okan Yurduseven" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R Smith" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47832-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795836v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Skitioui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Kpre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2024.3409195" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614410v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706169v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhila Chehami" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pasquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Perrin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c00321" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706114v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smith" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41775-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131610v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ait Assou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Humbert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Decroze" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2023.3281771" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706230v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Berland" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boudesocque" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJAP.2021.3131394" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714554v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Davy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.054039" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706160v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Diebold" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Imani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJAP.2021.3136903" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706117v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Hallak Elwan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Di Bin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2021.3079167" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706247v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Viet Hoang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ali Babar Abbasi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Khalily" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2021.103906" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706094v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao-Xin Huang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geng-Bo Wu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Jie Chen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka-Fai Chan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Yao Xia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2021.3090111" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706210v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.417448" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181819v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Abid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moctar Mouhamadou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.2997608" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02396456v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Soltane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2019.2957428" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706197v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boudescoque" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3000801" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706133v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fusco" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2020.3004065" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380194v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2019.2905269" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864729v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18051536" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864728v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2018.2858178" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02023025v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864739v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zerihun Gedeb Tegegne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Aupetit-Berthelemot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2017.2775661" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864836v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s175907871700023x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706238v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Kpr&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175907871700023X" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281891v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain N&#233;grier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalande" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andrieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Mohamed Ibrahim Shalaby" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2016.2517672" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316940v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Lazare Kpr&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carsenat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Sakamoto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2016.2543525" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316939v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078716000313" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706242v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chatras" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2014.2354838" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138886v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213865v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza F. Imani" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonah Gollub" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4921081" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281883v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Garcia-Fernandez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2014.2342766" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138884v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2014.2382647" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934283v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00787459v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Vermesan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Reynaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-rsn.2012.0191" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906677v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2013.2271631" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906937v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibault Reveyrand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mattei" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2013.2269474" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138883v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2013.2272474" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00760642v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Arsalane" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/483287" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934273v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Viennot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;rillou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vaudon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00760098v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2012.2207872" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917299v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Juan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heredia Sanchez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00760650v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/239420" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675432v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Koubeissi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2011.2164183" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548010v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huitema" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koubeissi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouhamadou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Arnaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675468v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Ftaich-Frigui" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kazmierski" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2155643" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934269v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Adovi Tounou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mon&#233;di&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587049v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Belhouji" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480409v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Akhdar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480407v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181814v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Monediere" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/491262" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340649v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Freytag" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155598v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jecko" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436616v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Villemaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dall'Omo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775563v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Renkanga Mbatchi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boulle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729954v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AP-S/INC-USNC-URSI52054.2024.10686672" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926468v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chidinma Nnekwu Uche" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795831v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219602v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA62287.2024.10986045" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706075v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA57522.2023.10352654" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267886v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Ait Assou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853369v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611890v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Fontana" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tantot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barataud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fredon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC50147.2022.10050218" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216953v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AP-S/USNC-URSI47032.2022.9886501" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706224v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap51087.2021.9411472" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04489946v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fontana" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tantot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fredon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612692v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768651v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706129v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2618632" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795817v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732522" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706213v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP51087.2021.9411472" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04715273v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Neveux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Fontana" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Menudier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03555150v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706235v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chehami" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP57121.2023.10133576" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706073v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berland Fabien" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Decroze Cyril" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2558152" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181772v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adam" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF35879.2020.9329981" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706101v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2558239" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380179v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Hallak" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442052v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hamdi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schutz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lenoir" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Farah" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delias" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2019.8910919" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02465532v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Hamdi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schutz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reynaud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477548v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330130v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Schutz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lenoir" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02023027v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181769v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vellas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2018.8609122" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181767v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettien Lazare Kpre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APUSNCURSINRSM.2017.8072463" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01525383v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01499414v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01306477v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181765v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paris" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tallet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01392889v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01212259v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213874v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213875v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281954v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213878v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212081v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212305v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01211804v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Chaabane" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Guines" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Madrangeas" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01213880v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706151v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuRAD.2015.7346264" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138890v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6958949" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138891v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCAP.2014.6901765" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282539v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA.2014.7003320" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138888v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2014.6848444" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245792v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/URSIGASS.2014.6929018" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915886v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Liebus" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934295v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00773661v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuCAP.2012.6206357" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00915976v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Farah" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934289v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sanchez" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934290v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00992155v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ben Ahmed Daho" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679182v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680965v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatna Benahmed Daho" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678650v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Choumane" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00678632v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679235v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2011.5773330" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675655v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWAT.2011.5752360" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678677v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678550v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681066v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971415v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benahmed Daho" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Neveux" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vaudon" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00940056v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Rousset" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681084v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00481846v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakih Khalil" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00489001v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Souriou" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620696v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00940069v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661096v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623957v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00481691v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00481741v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480559v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480946v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480953v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480529v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480721v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340718v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340717v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340727v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156607v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Murad" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157244v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156832v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158039v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200791v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200813v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158324v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133745v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134083v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Abdallah" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133801v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Freytag" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777281v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chousseaud" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847019v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769724v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281956v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898359v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bailly" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brevier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01163320v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>