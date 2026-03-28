--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -964,295 +964,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02369616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRTFA augments megakaryocyte maturation by enhancing the SRF regulatory axis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tyrosine-1 of RNA Polymerase II CTD Controls Global Termination of Gene Transcription in Mammals.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nilay Shah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nur-Taz Rahman</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Oleg Denisenko</w:t>
+                <w:t xml:space="preserve">Muhammad Ahmad Maqbool</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousra Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Zine El Aabidine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2018019448⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69 (1), pp.48-61.e6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molcel.2017.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02401709v1</w:t>
+                <w:t xml:space="preserve">hal-03022268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tyrosine-1 of RNA Polymerase II CTD Controls Global Termination of Gene Transcription in Mammals.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nilay Shah</w:t>
+                <w:t xml:space="preserve">MRTFA augments megakaryocyte maturation by enhancing the SRF regulatory axis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nur-Taz Rahman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Schulz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Ahmad Maqbool</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cyril Esnault</w:t>
+                <w:t xml:space="preserve">Oleg Denisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 69 (1), pp.48-61.e6. </w:t>
+              <w:t xml:space="preserve">Blood Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (20), pp.2691-2703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molcel.2017.12.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2018019448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03022268v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ERK-Induced Activation of TCF Family of SRF Cofactors Initiates a Chromatin Modification Cascade Associated with Transcription.</w:t>
               </w:r>
@@ -1500,295 +1500,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02187330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRTF-SRF signaling is required for seeding of HSC/Ps in bone marrow during development.</w:t>
+                <w:t xml:space="preserve">Repression of SRF target genes is critical for Myc-dependent apoptosis of epithelial cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Costello</w:t>
+                <w:t xml:space="preserve">Katrin Wiese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathew Sargent</w:t>
+                <w:t xml:space="preserve">Heidi Haikala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Maurice</w:t>
+                <w:t xml:space="preserve">Björn von Eyss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmar Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Esnault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katie Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 125 (8), pp.1244-55. </w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 34 (11), pp.1554-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1182/blood-2014-08-595603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15252/embj.201490467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03022275v1</w:t>
+                <w:t xml:space="preserve">hal-03022272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repression of SRF target genes is critical for Myc-dependent apoptosis of epithelial cells.</w:t>
+                <w:t xml:space="preserve">MRTF-SRF signaling is required for seeding of HSC/Ps in bone marrow during development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrin Wiese</w:t>
+                <w:t xml:space="preserve">Patrick Costello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heidi Haikala</w:t>
+                <w:t xml:space="preserve">Mathew Sargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Björn von Eyss</w:t>
+                <w:t xml:space="preserve">Diane Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elmar Wolf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Esnault</w:t>
+                <w:t xml:space="preserve">Katie Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 34 (11), pp.1554-71. </w:t>
+              <w:t xml:space="preserve">Blood</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 125 (8), pp.1244-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15252/embj.201490467⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1182/blood-2014-08-595603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03022272v1</w:t>
+                <w:t xml:space="preserve">hal-03022275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rho-actin signaling to the MRTF coactivators dominates the immediate transcriptional response to serum in fibroblasts.</w:t>
               </w:r>
@@ -2974,51 +2974,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A8070788"/>
+    <w:nsid w:val="7B87CBEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3205,51 +3205,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyril-esnault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7358-8760" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05339283v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Malfait" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Narayan Singh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Souaid" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Farah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44318-025-00670-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337666v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Esnault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Zine El Aabidine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Robert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cucchiarini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talha Magat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-025-02263-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753347v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Miranda" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Andrau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Oliveira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.132244" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793061v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Encar Garcia-Oliver" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-023-01437-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285692v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Yahia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Pigeot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilay Shah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezih Karasu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202256150" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369616v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Gehrmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Burbage" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Zueva" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Goudot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1901639116" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401709v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur-Taz Rahman" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schulz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Wang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gallagher" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Denisenko" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2018019448" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022268v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ahmad Maqbool" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.12.009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gualdrini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Horswell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Kelly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aengus Stewart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.02.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187330v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nik Matthews" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2016.10.016" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022275v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Costello" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Sargent" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Maurice" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Foster" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2014-08-595603" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022272v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Wiese" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Haikala" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn von Eyss" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmar Wolf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201490467" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022281v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil East" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.239327.114" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022284v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Gerber" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Aubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Treisman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pralong" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2012.12.027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348997v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yad Ghavi-Helm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Soutourina" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nynke van Berkum" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2008.06.021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022288v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Guglielmi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Werner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0704534104" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05339295v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rey-Millet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Trullo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Costes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286714v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357156v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Encar Garc&#237;a-Oliver" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Andrau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1597-3_5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00553498v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00331815v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyril-esnault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7358-8760" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05339283v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Malfait" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Narayan Singh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Souaid" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Farah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44318-025-00670-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337666v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Esnault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Zine El Aabidine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Robert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cucchiarini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talha Magat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-025-02263-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753347v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Miranda" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Andrau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Oliveira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.132244" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793061v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Encar Garcia-Oliver" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-023-01437-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285692v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Yahia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Pigeot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilay Shah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezih Karasu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202256150" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369616v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Gehrmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Burbage" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Zueva" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Goudot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1901639116" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022268v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ahmad Maqbool" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.12.009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401709v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur-Taz Rahman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schulz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Wang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gallagher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Denisenko" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2018019448" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gualdrini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Horswell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Kelly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aengus Stewart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.02.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187330v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nik Matthews" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2016.10.016" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022272v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Wiese" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Haikala" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn von Eyss" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmar Wolf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201490467" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022275v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Costello" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Sargent" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Maurice" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Foster" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2014-08-595603" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022281v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil East" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.239327.114" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022284v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Gerber" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Aubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Treisman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pralong" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2012.12.027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348997v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yad Ghavi-Helm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Soutourina" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nynke van Berkum" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2008.06.021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022288v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Guglielmi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Werner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0704534104" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05339295v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rey-Millet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Trullo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Costes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286714v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357156v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Encar Garc&#237;a-Oliver" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Andrau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1597-3_5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00553498v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00331815v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>