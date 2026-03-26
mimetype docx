--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -165,51 +165,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -580,931 +580,931 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04367276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing habit-behaviour relationships for organised versus leisure time physical activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are trait self-control and self-control resources mediators of relations between executive functions and health behaviors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katerina Newman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Roxane Bartoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.311⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.102410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04783521v1</w:t>
+                <w:t xml:space="preserve">hal-04061618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fatigue du contrôle de soi : Reconceptualisation de l'épuisement de l'ego et implications dans les activités physiques et sportives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparing habit-behaviour relationships for organised versus leisure time physical activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katerina Newman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Zenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2023005⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04704302v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citius, Fortius, Altius, Cognitus -Understanding which psychological and cognitive components drive physical activity and exercise benefits in Parkinson Disease</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La fatigue du contrôle de soi : Reconceptualisation de l'épuisement de l'ego et implications dans les activités physiques et sportives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120, pp.25-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/jpah.2022-0045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/sm/2023005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03551804v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From ego depletion to self-control fatigue: A review of criticisms along with new perspectives for the investigation and replication of a multicomponent phenomenon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Citius, Fortius, Altius, Cognitus -Understanding which psychological and cognitive components drive physical activity and exercise benefits in Parkinson Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Motivation Science</w:t>
+              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/mot0000262⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1123/jpah.2022-0045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03561895v1</w:t>
+                <w:t xml:space="preserve">hal-03551804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Being Active during the Lockdown: The Recovery Potential of Physical Activity for Well-Being</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From ego depletion to self-control fatigue: A review of criticisms along with new perspectives for the investigation and replication of a multicomponent phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Ginoux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
+                <w:t xml:space="preserve">Matthieu P Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph18041707⟩</w:t>
+              <w:t xml:space="preserve">Motivation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/mot0000262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03139483v1</w:t>
+                <w:t xml:space="preserve">hal-03561895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibitory control elicited by physical activity and inactivity stimuli: An electroencephalography study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cabral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cabral</w:t>
+                <w:t xml:space="preserve">Mariane Bacelar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Motivation Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (4), pp.386-399. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1037/mot0000236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive functions and physical activity in aging when energy is lacking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Boisgontier</w:t>
+                <w:t xml:space="preserve">Andreas Ihle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Orsholits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Ageing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 19 (3), pp.533-544. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10433-021-00654-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum: Individual, Sociodemographic, and Environmental Factors Related to Physical Activity During the Spring 2020 COVID-19 Lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Teran-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Ginoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1532,325 +1532,325 @@
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.816463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual, Sociodemographic, and Environmental Factors Related to Physical Activity During the Spring 2020 COVID-19 Lockdown</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudia Teran-Escobar</w:t>
+                <w:t xml:space="preserve">Building a biopsychosocial model of cancer-related fatigue: the BIOCARE FActory cohort study protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Chartogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.643109⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-021-08831-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03171891v1</w:t>
+                <w:t xml:space="preserve">hal-03443119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building a biopsychosocial model of cancer-related fatigue: the BIOCARE FActory cohort study protocol</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Boyas</w:t>
+                <w:t xml:space="preserve">Individual, Sociodemographic, and Environmental Factors Related to Physical Activity During the Spring 2020 COVID-19 Lockdown</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Teran-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Ginoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (1), </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.643109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12885-021-08831-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.643109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03443119v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of physical activity habits after a context change: The case of COVID-19 lockdown</w:t>
               </w:r>
@@ -1964,691 +1964,825 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03589551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between changes in self-reported physical activity, sedentary behaviour and health during the coronavirus (COVID-19) pandemic in France and Switzerland</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Being Active during the Lockdown: The Recovery Potential of Physical Activity for Well-Being</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Ginoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamsini Sivaramakrishnan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Layan Fessler</w:t>
+                <w:t xml:space="preserve">Sandrine Gautheur Isoard-Gautheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Teran-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 39 (6), pp.699-704. </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (4), pp.1707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1841396⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph18041707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017438v1</w:t>
+                <w:t xml:space="preserve">hal-03139483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher inhibitory control is required to escape the innate attraction to effort minimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Relationships between changes in self-reported physical activity, sedentary behaviour and health during the coronavirus (COVID-19) pandemic in France and Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel A.R. Cabral</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Juliana Parma</w:t>
+                <w:t xml:space="preserve">Hamsini Sivaramakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2020.101781⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39 (6), pp.699-704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1841396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03071935v1</w:t>
+                <w:t xml:space="preserve">hal-05017438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do compensatory health beliefs predict behavioural intention in a multiple health behaviour change context? Evidence in individuals with cardiovascular diseases?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Falko Sniehotta</w:t>
+                <w:t xml:space="preserve">Higher inhibitory control is required to escape the innate attraction to effort minimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel A.R. Cabral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Allenet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Heuzé</w:t>
+                <w:t xml:space="preserve">Mariane F.B. Bacelar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Parma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology, Health and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13548506.2019.1653476⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51, pp.101781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2020.101781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873915v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implicit and explicit stereotype content associated with people with physical disability: Does sport change anything?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do compensatory health beliefs predict behavioural intention in a multiple health behaviour change context? Evidence in individuals with cardiovascular diseases?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Falko Sniehotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Maxime Deshayes</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2018.06.014⟩</w:t>
+              <w:t xml:space="preserve">Psychology, Health and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13548506.2019.1653476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02079290v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Implicit and explicit stereotype content associated with people with physical disability: Does sport change anything?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38, pp.192-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2018.06.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02079290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">“Are you in full possession of your capacity?”. A mechanistic self-control approach at trait and state levels to predict different health behaviors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Allenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Personality and Individual Differences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 134, pp.214-221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.paid.2018.05.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01951342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2658,272 +2792,272 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-control in physical activity: the role of weight stigma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Dinomais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire plénier Laboratoire Motricité, Interactions, Performances (MIP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Le Mans, France</w:t>
+              <w:t xml:space="preserve">16th European Congress of Sport and Exercise Psychology(FEPSAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965579v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-control in physical activity: the role of weight stigma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European Congress of Sport and Exercise Psychology(FEPSAC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Padova, Italy</w:t>
+              <w:t xml:space="preserve">Séminaire plénier Laboratoire Motricité, Interactions, Performances (MIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04916121v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal trajectories of walking behavior among participants benefiting from a gamified digital intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mazeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2951,551 +3085,551 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Congress of Sport and Exercise Psychology (FEPSAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04945667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The protective role of usual healthy behaviour when self-control resources are lacking: the case of physical activity during the COVID-19 lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Teran-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Ginoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès International de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04908757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-control resources and past physical activity as predictors of the evolution of physical activity during COVID-19 lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Teran-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Ginoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès International de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effortless self-control in physical activity: the deletorious role of social identity threat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu P Boisgontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Dubouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès International de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04920716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of self-control resources and effort on physical activity goal attainment in primary and tertiary prevention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Allenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th European Congress of Sport &amp; Exercise Psychology FEPSAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Münster, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3505,114 +3639,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflit et comportements de santé : le rôle des cognitions compensatrices et du contrôle de soi chez des individus atteints de cardiopathies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Santé. Université Grenoble Alpes, 2018. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018GREAS032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02393699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId113"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3680,51 +3814,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8731AF23"/>
+    <w:nsid w:val="9B8F22E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3911,51 +4045,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyril-forestier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8154-5296" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24130038X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05130542v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Murphy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron R Caldwell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Mesquida" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aera J M Ladell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Encarnaci&#243;n-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-025-02201-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703161v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maz&#233;as" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Harel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Duclos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/47116" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367276v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falko Sniehotta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022028" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783521v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Newman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Zenko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.311" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704302v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03551804v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2022-0045" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561895v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P Boisgontier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000262" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139483v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ginoux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gautheur Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18041707" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017466v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cabral" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Daou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Bacelar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Parma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000236" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783955v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisgontier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sieber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ihle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Orsholits" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10433-021-00654-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05024703v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.816463" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171891v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.643109" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443119v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leclercq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaune" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-08831-3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589551v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12524" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017438v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamsini Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1841396" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071935v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A.R. Cabral" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane F.B. Bacelar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101781" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873915v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allenet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Heuz&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2019.1653476" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079290v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cl&#233;ment-Guillotin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillotin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2018.06.014" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951342v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2018.05.044" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04965579v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04916121v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Rahmani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dinomais" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04945667v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mazeas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04908757v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04917021v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04920716v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903079v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Allenet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02393699v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAS032" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyril-forestier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8154-5296" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24130038X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05130542v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Murphy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron R Caldwell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Mesquida" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aera J M Ladell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Encarnaci&#243;n-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-025-02201-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703161v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maz&#233;as" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Harel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Duclos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/47116" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367276v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falko Sniehotta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022028" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04061618v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bartoletti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102410" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783521v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Newman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Zenko" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.311" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704302v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03551804v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2022-0045" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561895v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P Boisgontier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000262" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017466v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cabral" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Daou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Bacelar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Parma" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000236" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783955v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisgontier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sieber" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ihle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Orsholits" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10433-021-00654-2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05024703v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ginoux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.816463" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443119v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leclercq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaune" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-08831-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171891v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.643109" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589551v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12524" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139483v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gautheur Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18041707" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017438v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamsini Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1841396" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071935v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A.R. Cabral" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane F.B. Bacelar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101781" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873915v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allenet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Heuz&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2019.1653476" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079290v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cl&#233;ment-Guillotin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillotin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2018.06.014" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951342v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2018.05.044" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04916121v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Rahmani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dinomais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04965579v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04945667v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mazeas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04908757v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04917021v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04920716v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903079v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Allenet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02393699v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAS032" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>