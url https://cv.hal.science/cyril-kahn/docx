--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -766,857 +766,857 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroprotective effect of curcumin-loaded RGD peptide-PEGylated nanoliposomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gelatin Methacryloyl (GelMA) hydrogel scaffolds : predicting physical properties using an experimental design approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Peyret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amina Ben Mihoub</w:t>
+                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bouguet-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+                <w:t xml:space="preserve">Sophie Poinsignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janske Nel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Velot</w:t>
+                <w:t xml:space="preserve">Corentin Boulogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics15122665⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (17), pp.13359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms241713359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04430808v1</w:t>
+                <w:t xml:space="preserve">hal-04204953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a starch hydrolysate on the production of exopolysaccharides in a fermented plant-based dessert formulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuroprotective effect of curcumin-loaded RGD peptide-PEGylated nanoliposomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Ben Mihoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janske Nel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aldjia Ait Chekdid</w:t>
+                <w:t xml:space="preserve">Samir Acherar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril J F Kahn</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emilie Velot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods12203868⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (12), pp.2665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics15122665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04345920v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering of poly(caprolactone) and poly(glycerol sebacate) small‐diameter vascular prosthesis with quercetin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of a starch hydrolysate on the production of exopolysaccharides in a fermented plant-based dessert formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldjia Ait Chekdid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pier Francesco Ferrari</w:t>
+                <w:t xml:space="preserve">Cyril J F Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bahar Aliakbarian</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Béatrice Lemois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Linder</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbm.a.37535⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (20), pp.3868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods12203868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04124746v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04345920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gelatin Methacryloyl (GelMA) hydrogel scaffolds : predicting physical properties using an experimental design approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabine Bouguet-Bonnet</w:t>
+                <w:t xml:space="preserve">Engineering of poly(caprolactone) and poly(glycerol sebacate) small‐diameter vascular prosthesis with quercetin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Francesco Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahar Aliakbarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Poinsignon</w:t>
+                <w:t xml:space="preserve">Chiara Barisione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Boulogne</w:t>
+                <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (17), pp.13359. </w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 111 (10), pp.1500-1512. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms241713359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jbm.a.37535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204953v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04124746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encapsulation of salmon peptides in marine liposomes: physico-chemical properties, antiradical activities and biocompatibility assays</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hop Extract Anti-Inflammatory Effect on Human Chondrocytes Is Potentiated When Encapsulated in Rapeseed Lecithin Nanoliposomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Velot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Hanachi</w:t>
+                <w:t xml:space="preserve">Florent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Bianchi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
+                <w:t xml:space="preserve">Loïc Girardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Piutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md20040249⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (20), pp.12423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms232012423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03881122v1</w:t>
+                <w:t xml:space="preserve">hal-03818543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hop Extract Anti-Inflammatory Effect on Human Chondrocytes Is Potentiated When Encapsulated in Rapeseed Lecithin Nanoliposomes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Encapsulation of salmon peptides in marine liposomes: physico-chemical properties, antiradical activities and biocompatibility assays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Hehn</w:t>
+                <w:t xml:space="preserve">Amine Hanachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Piutti</w:t>
+                <w:t xml:space="preserve">Arnaud Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J F Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Velot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23 (20), pp.12423. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (4), pp.249. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms232012423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md20040249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03818543v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03881122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient TGF-β1 Delivery to Articular Chondrocytes In Vitro Using Agro-Based Liposomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Velot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril JF kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1693,51 +1693,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and characterization of C2C12-laden gelatin methacryloyl (GelMA) from marine and mammalian sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaretha Morsink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1866,51 +1866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatih Bildik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neşe Şahin-Yeşilçubuk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1996,51 +1996,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelia Poerio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Mamanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Ikhelf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2104,51 +2104,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physicochemical Interactions in Nanofunctionalized Alginate/GelMA IPN Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghazi Ben Messaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2225,51 +2225,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofabrication of natural hydrogels for cardiac, neural, and bone Tissue engineering Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaretha Morsink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2359,51 +2359,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixture design applied for formulation and characterization of vegetal-based fermented products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldjia Ait Chekdid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2411,51 +2411,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eulalie Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ferrières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Lemois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 146, pp.111336. </w:t>
@@ -2506,51 +2506,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth-inhibitory effect of chitosan-coated liposomes encapsulating curcumin on MCF-7 breast cancer cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Belhaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2627,90 +2627,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoliposomes from agro-resources as promising delivery systems for Chondrocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bianchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Velot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2755,338 +2755,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of active nanoliposomes in the surface and bulk mechanical properties of hybrid hydrogels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rana Kadri</w:t>
+                <w:t xml:space="preserve">Gelatin Methacryloyl (GelMA) nanocomposite hydrogels embedding bioactive naringin liposomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bacharouch</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cyril Kahn</w:t>
+                <w:t xml:space="preserve">Pedro Lavrador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui M Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vítor Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Bio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtbio.2020.100046⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (12), pp.2944. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym12122944⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02882839v1</w:t>
+                <w:t xml:space="preserve">hal-03059648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gelatin Methacryloyl (GelMA) nanocomposite hydrogels embedding bioactive naringin liposomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Role of active nanoliposomes in the surface and bulk mechanical properties of hybrid hydrogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Kadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bacharouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Vítor Gaspar</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghazi Ben Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (12), pp.2944. </w:t>
+              <w:t xml:space="preserve">Materials Today Bio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (10), pp.100046. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/polym12122944⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtbio.2020.100046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059648v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02882839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Curcumin Loaded Nanoliposomes Localization by Nanoscale Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3157,944 +3157,944 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating heartbeat-related in-plane motion and stress levels induced at the aortic root</w:t>
+                <w:t xml:space="preserve">Neurotrophic Effect of Fish-Lecithin Based Nanoliposomes on Cortical Neurons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Wei</w:t>
+                <w:t xml:space="preserve">Catherine Malaplate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelia Poerio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Evin</w:t>
+                <w:t xml:space="preserve">Marion Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislas Rapacchi</w:t>
+                <w:t xml:space="preserve">Claire Soligot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Kober</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Monique Bernard</w:t>
+                <w:t xml:space="preserve">Elodie Passeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMedical Engineering OnLine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12938-019-0632-7⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (7), pp.406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md17070406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02117888v1</w:t>
+                <w:t xml:space="preserve">hal-02269351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating heartbeat-related in-plane motion and stress levels induced at the aortic root</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Fluid–structure interaction simulation of aortic blood flow by ventricular beating: a preliminary model for blunt aortic injuries in vehicle crashes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Behr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMedical Engineering OnLine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13588265.2019.1590904⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12938-019-0632-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04050243v1</w:t>
+                <w:t xml:space="preserve">hal-02196415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft‐nanoparticle functionalization of natural hydrogels for tissue engineering applications</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Azadeh Mostafavi</w:t>
+                <w:t xml:space="preserve">Investigating heartbeat-related in-plane motion and stress levels induced at the aortic root</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tyrell Williams</w:t>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Rapacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Kober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Healthcare Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adhm.201900506⟩</w:t>
+              <w:t xml:space="preserve">BioMedical Engineering OnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12938-019-0632-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02882825v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid–structure interaction simulation of aortic blood flow by ventricular beating: a preliminary model for blunt aortic injuries in vehicle crashes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Investigating heartbeat-related in-plane motion and stress levels induced at the aortic root</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Rapacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Kober</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Behr</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Monique Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">BioMedical Engineering OnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (1), pp.19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13588265.2019.1590904⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12938-019-0632-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050220v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation, Characterization, and Release Kinetics of Chitosan-Coated Nanoliposomes Encapsulating Curcumin in Simulated Environments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Soft‐nanoparticle functionalization of natural hydrogels for tissue engineering applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carina Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azadeh Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyrell Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Healthcare Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (18), pp.1900506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adhm.201900506⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules24102023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02443639v1</w:t>
+                <w:t xml:space="preserve">hal-02882825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurotrophic Effect of Fish-Lecithin Based Nanoliposomes on Cortical Neurons</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fluid–structure interaction simulation of aortic blood flow by ventricular beating: a preliminary model for blunt aortic injuries in vehicle crashes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Behr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md17070406⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13588265.2019.1590904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269351v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid–structure interaction simulation of aortic blood flow by ventricular beating: a preliminary model for blunt aortic injuries in vehicle crashes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Behr</w:t>
+                <w:t xml:space="preserve">Preparation, Characterization, and Release Kinetics of Chitosan-Coated Nanoliposomes Encapsulating Curcumin in Simulated Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Hasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Linder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13588265.2019.1590904⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (10), pp.2023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules24102023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196415v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02443639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioactive Films Containing Alginate-Pectin Composite Microbeads with Lactococcus lactis subsp. lactis: Physicochemical Characterization and Antilisterial Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Bekhit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5293,51 +5293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cleymand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Villemiane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. J. F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6109,958 +6109,958 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aligned poly (L-lactic-co-e-caprolactone) electrospun microfibers and knitted structure: A novel composite scaffold for ligament tissue engineering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonlinear Model for Viscoelastic Behavior of Achilles Tendon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
+                <w:t xml:space="preserve">Xiong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Kahn</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbm.a.32801⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 132 (11), pp.111002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4002552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00609637v1</w:t>
+                <w:t xml:space="preserve">hal-02196049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Poly(lactic-co-glycolic acid) Knitted Scaffold for Tendon Tissue Engineering: An In Vitro and In Vivo Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
+                <w:t xml:space="preserve">Aligned poly (L-lactic-co-e-caprolactone) electrospun microfibers and knitted structure: A novel composite scaffold for ligament tissue engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédryck Vaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Frochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Slimani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+                <w:t xml:space="preserve">J.L. Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomaterials Science, Polymer Edition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 94A (4), pp.1270-1282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbm.a.32801⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/092050609X12560455246676⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02194603v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00609637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Model for Viscoelastic Behavior of Achilles Tendon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+                <w:t xml:space="preserve">A Poly(lactic-co-glycolic acid) Knitted Scaffold for Tendon Tissue Engineering: An In Vitro and In Vivo Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiong Wang</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
+                <w:t xml:space="preserve">Said Slimani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 132 (11), pp.111002. </w:t>
+              <w:t xml:space="preserve">Journal of Biomaterials Science, Polymer Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 21 (13), pp.1737-1760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4002552⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1163/092050609X12560455246676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196049v1</w:t>
+                <w:t xml:space="preserve">hal-02194603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel bioreactor of ligament and tendon for Tissue Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+                <w:t xml:space="preserve">An innovative method to obtain porous PLLA scaffolds with highly spherical and interconnected pores.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Frochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiong Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/BME-2008-0538⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part B: Applied Biomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 86 (1), pp.9-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbm.b.30982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194580v1</w:t>
+                <w:t xml:space="preserve">hal-00199170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-related changes in expression of collagen types I and III and of tenascin-C in rat bone mesenchymal stem cells under co-culture with ligament fibroblasts or uniaxial stretching.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huai Qing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell and Tissue Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 332 (1), pp.101-109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00441-007-0564-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00323510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of uniaxial stretching on rat bone mesenchymal stem cell: Orientation and expressions of collagen types I and III and tenascin-C</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A novel bioreactor of ligament and tendon for Tissue Engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiong Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Biology International Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18 (4-5), pp.283-287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/BME-2008-0538⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cellbi.2007.12.018⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02194537v1</w:t>
+                <w:t xml:space="preserve">hal-02194580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An innovative method to obtain porous PLLA scaffolds with highly spherical and interconnected pores.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of uniaxial stretching on rat bone mesenchymal stem cell: Orientation and expressions of collagen types I and III and tenascin-C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huai-Qing Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiong Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part B: Applied Biomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 86 (1), pp.9-17. </w:t>
+              <w:t xml:space="preserve">Cell Biology International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 32 (3), pp.344-352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jbm.b.30982⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cellbi.2007.12.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00199170v1</w:t>
+                <w:t xml:space="preserve">hal-02194537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7147,64 +7147,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeted nanoliposome as new generation of vector for the drug delivery of curcumin as neuroprotective agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Acherar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7294,51 +7294,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bragantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Koufany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bianchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cleymand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7432,51 +7432,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Linder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS EUROMAT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, German Materials Society, Sep 2023, Frankfurt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7527,51 +7527,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhaleh Ladjevardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS EUROMAT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, German Materials Society, Sep 2023, Frankfurt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7747,77 +7747,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maureen Gerlei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bianchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Velot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22e journée scientifique de l'Institut Multidisciplinaire de l'Institut de Biochimie des Lipides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IMBL, Jul 2022, Avignon, France</w:t>
@@ -7840,545 +7840,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03914324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation and physico-chemical properties of edible sunflower oleogels: strengths and weaknesses compared to formulations of fats and oil.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extracted from a marine source in the form of nanoliposomes as new generation of active vector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahrzad Latifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Linder</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Euro Fed Lipid Congress And Expo Seville</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Euro Fed Lipid, Oct 2019, Seville, Spain</w:t>
+              <w:t xml:space="preserve">International Congress on Biotechnology and Genetic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, United Scientific Group, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03913663v1</w:t>
+                <w:t xml:space="preserve">hal-03913644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracted from a marine source in the form of nanoliposomes as new generation of active vector</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">New generation of nanoliposome as active carrier for aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shahrzad Latifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Camila Jiménez Garavito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Passeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Biotechnology and Genetic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, United Scientific Group, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">17th Euro Fed Lipid Congress And Expo Seville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Euro Fed Lipid, Oct 2019, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03913644v1</w:t>
+                <w:t xml:space="preserve">hal-03913669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New generation of nanoliposome as active carrier for aging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Nanofunctionnalized hybrid hydrogels for wound healing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Euro Fed Lipid Congress And Expo Seville</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Euro Fed Lipid, Oct 2019, Seville, Spain</w:t>
+              <w:t xml:space="preserve">International Congress on Biotechnology and Genetic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03913669v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03913650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanofunctionnalized hybrid hydrogels for wound healing applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
+                <w:t xml:space="preserve">Formulation and physico-chemical properties of edible sunflower oleogels: strengths and weaknesses compared to formulations of fats and oil.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Linder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Hasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Biotechnology and Genetic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">17th Euro Fed Lipid Congress And Expo Seville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Euro Fed Lipid, Oct 2019, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03913650v1</w:t>
+                <w:t xml:space="preserve">hal-03913663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanofunctionalized natural bioink for bone tissue engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vítor Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Nano Today Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nano Today Journal, Jun 2019, Lisbonne, Spain</w:t>
@@ -8407,90 +8407,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanomechanical and biological properties of nanofunctionalized hybrid hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Nano Today Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nano Today Journal, Jun 2019, lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8640,51 +8640,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active nanoliposome as the best DHA delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9100,333 +9100,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An innovative method to obtain porous PLLA scaffold with spherical and interconnected pores.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
+                <w:t xml:space="preserve">An innovative method to obtain porous PLLA scaffold with spherical and interconnected pores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédryck Vaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Frochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Viriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering tissues : replace - repair - regenerate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Sea Pines - Hilton Head Island, SC, United States</w:t>
+              <w:t xml:space="preserve">Séminaire de l'Ecole Doctorale EMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00371526v1</w:t>
+                <w:t xml:space="preserve">hal-00371528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An innovative method to obtain porous PLLA scaffold with spherical and interconnected pores</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
+                <w:t xml:space="preserve">An innovative method to obtain porous PLLA scaffold with spherical and interconnected pores.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédryck Vaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Frochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Viriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de l'Ecole Doctorale EMMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Nancy, France</w:t>
+              <w:t xml:space="preserve">Engineering tissues : replace - repair - regenerate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Sea Pines - Hilton Head Island, SC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00371528v1</w:t>
+                <w:t xml:space="preserve">hal-00371526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a bioreactor for Tissular Engineering of Ligament and Tendon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiong Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique de la Société de Biomécanique : Biomécanique et ingénierie tissulaire : une révolution en orthopédie ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9464,64 +9464,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a bioreactor for Tissular Engineering of Ligament and Mechanobiology of Bone Marrow Stem Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiong Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique, GDR2760</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9572,243 +9572,243 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composite Hydrogels of Pectin and Alginate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soft Nanobiomaterials (Nanoliposomes) for Biomedical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamil Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Algal Hydrogels for Drug Delivery and Regenerative Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9780128216491</w:t>
+              <w:t xml:space="preserve">Soft Matter for Biomedical Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03059671v1</w:t>
+                <w:t xml:space="preserve">hal-03059650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Nanobiomaterials (Nanoliposomes) for Biomedical Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Composite Hydrogels of Pectin and Alginate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sanchez-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamil Elkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril J.F. Kahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter for Biomedical Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Plant and Algal Hydrogels for Drug Delivery and Regenerative Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9780128216491</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03059650v1</w:t>
+                <w:t xml:space="preserve">hal-03059671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9996,51 +9996,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farnoosh Saeedinejad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob P. Quint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmira Arab-Tehrany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : US2024/0189476 A1. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -10334,51 +10334,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04821963v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaheh Omidvari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadmahdi Samandari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delaram Ghanbariamin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Mollocana Lara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Quint" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1758-5090/ad9a01" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04799530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Gerlei" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pierson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pon&#231;ot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kahn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Linder" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13203305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05145878v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pruvost" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Paris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Velot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.-F. Kahn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22120571" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04621303v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaleh Ladjevardi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mousavi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gholamreza Askari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoumeh Dolati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril JF KAHN" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-024-02510-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617607v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Peyret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleka Manousaki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bouguet-Bonnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Stratakis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sanchez-Gonzalez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics16060765" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430808v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Mihoub" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Elkhoury" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janske Nel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Acherar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122665" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04345920v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldjia Ait Chekdid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J F Kahn" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lemois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12203868" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04124746v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Francesco Ferrari" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar Aliakbarian" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Barisione" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Arab-Tehrany" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.37535" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04204953v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Poinsignon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Boulogne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241713359" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881122v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Hanachi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bianchi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20040249" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03818543v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ducrocq" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Girardeau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hehn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Piutti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232012423" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881099v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril JF kahn" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Kempf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23052864" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278818v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaretha Morsink" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Tahri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cleymand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.05.040" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470724v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Najafi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Bildik" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne&#351;e &#350;ahin-Ye&#351;il&#231;ubuk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.07.175" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059663v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Poerio" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Mamanov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Ikhelf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2020.e00122" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470711v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Kadri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Ben Messaoud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tamayol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11092256" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278820v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioactmat.2021.03.040" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278824v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Pr&#233;vot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferri&#232;res" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.111336" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882842v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hasan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Belhaj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18040217" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882826v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21103436" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882839v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bacharouch" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtbio.2020.100046" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059648v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lavrador" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui M Almeida" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;tor Gaspar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12122944" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02966163v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Jierry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Mano" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197276" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02117888v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Evin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rapacchi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kober" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bernard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12938-019-0632-7" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050243v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882825v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Russell" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Mostafavi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrell Williams" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201900506" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050220v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Behr" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2019.1590904" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02443639v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24102023" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02269351v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Huguet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soligot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Passeri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17070406" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196415v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668249v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Bekhit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Fleutot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19020574" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196411v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrzad Latifi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouhollah Habibey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md16070218" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196410v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Studer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Loundou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumo&#238;tre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane V. Berdah" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24966/TAP-7752/100004" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196406v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Rahali" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Kaci" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18122675" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01691420v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dostert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Menu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mesure" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cleymand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbt.2017.1670" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196402v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Sabzevari" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep25777" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196403v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hasan" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ben Messaoud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tamayol" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA05574E" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02132423v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Studer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. B&#232;ge" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thollon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loundou" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aanat.2015.06.006" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26S35W7M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917444v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hasan" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamanou Benachour" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Barberi-Heyob" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.12.007" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R4FXD85R-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273459v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Villemiane" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. F. Kahn" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Ayadi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4024696" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865190v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dumas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Arab Tehrany" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Marie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Tran" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2013.05.028" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZM75MSQ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865307v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Zhang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cleymand" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Noel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Linder" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.12.015" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7P248BG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867834v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Ziani" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Min Zang" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Liu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09205063.2012.727265" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196051v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Y. Zhang" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Arab Tehrany" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pon&#231;ot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Linder" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.01.007" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q82KWKW3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196058v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baravian" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoush Maherani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2012.02.024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W4FN7XTC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609637v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dryck Vaquette" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kahn" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nouvel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Six" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.32801" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZHKPN2SJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02194603v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Slimani" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Rahouadj" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/092050609X12560455246676" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196049v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Wang" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4002552" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02194580v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-2008-0538" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323510v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai Qing Chen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marchal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-007-0564-6" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-531T4N68-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02194537v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai-Qing Chen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellbi.2007.12.018" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZXDTZ83T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199170v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rahouadj" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.b.30982" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1RTQ2H9Q-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156217v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156143v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate-Armand" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.T. Yen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442270v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bragantini" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Koufany" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04126389v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04126399v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04126373v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03914324v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913663v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913644v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913669v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Camila Jim&#233;nez Garavito" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913650v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913693v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913680v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764628v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chenel" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere-Garnier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bege" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chaumoitre" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03914314v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844438v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858697v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Brunon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Jayyosi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156245v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#232;ge" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371526v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Viriot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371528v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156304v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156313v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059671v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059650v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156195v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Feeser" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04621299v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farnoosh Saeedinejad" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob P. Quint" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748711v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPL010N" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04821963v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaheh Omidvari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadmahdi Samandari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delaram Ghanbariamin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Mollocana Lara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Quint" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1758-5090/ad9a01" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04799530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Gerlei" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pierson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pon&#231;ot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kahn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Linder" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13203305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05145878v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pruvost" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Paris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Velot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.-F. Kahn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22120571" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04621303v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaleh Ladjevardi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mousavi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gholamreza Askari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoumeh Dolati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril JF KAHN" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-024-02510-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617607v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Peyret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleka Manousaki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bouguet-Bonnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Stratakis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sanchez-Gonzalez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics16060765" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04204953v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Elkhoury" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Poinsignon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Boulogne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241713359" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430808v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Mihoub" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janske Nel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Acherar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122665" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04345920v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldjia Ait Chekdid" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J F Kahn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lemois" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12203868" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04124746v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Francesco Ferrari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar Aliakbarian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Barisione" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Arab-Tehrany" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.37535" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03818543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ducrocq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Girardeau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hehn" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Piutti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232012423" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881122v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Hanachi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bianchi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20040249" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03881099v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril JF kahn" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Kempf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23052864" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278818v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaretha Morsink" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Tahri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cleymand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.05.040" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470724v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Najafi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Bildik" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne&#351;e &#350;ahin-Ye&#351;il&#231;ubuk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.07.175" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059663v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Poerio" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Mamanov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Ikhelf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2020.e00122" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470711v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Kadri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Ben Messaoud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tamayol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11092256" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278820v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioactmat.2021.03.040" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278824v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Pr&#233;vot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferri&#232;res" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.111336" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882842v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hasan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Belhaj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18040217" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882826v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21103436" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059648v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lavrador" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui M Almeida" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;tor Gaspar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12122944" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882839v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bacharouch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtbio.2020.100046" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02966163v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Jierry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Mano" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197276" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02269351v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Huguet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soligot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Passeri" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17070406" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196415v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Behr" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588265.2019.1590904" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02117888v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Evin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rapacchi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kober" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bernard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12938-019-0632-7" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050243v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882825v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Russell" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Mostafavi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrell Williams" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201900506" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050220v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02443639v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24102023" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668249v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Bekhit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Fleutot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19020574" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196411v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrzad Latifi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouhollah Habibey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md16070218" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196410v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Studer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Loundou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumo&#238;tre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane V. Berdah" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24966/TAP-7752/100004" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196406v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Rahali" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Kaci" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18122675" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01691420v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dostert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Menu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mesure" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cleymand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbt.2017.1670" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196402v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Sabzevari" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep25777" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196403v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hasan" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ben Messaoud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tamayol" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA05574E" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02132423v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Studer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. B&#232;ge" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thollon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loundou" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aanat.2015.06.006" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26S35W7M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917444v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hasan" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamanou Benachour" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Barberi-Heyob" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.12.007" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R4FXD85R-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273459v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Villemiane" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. F. Kahn" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Ayadi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4024696" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865190v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dumas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmira Arab Tehrany" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Marie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Tran" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2013.05.028" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZM75MSQ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865307v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Zhang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cleymand" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Noel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Linder" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.12.015" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7P248BG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867834v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Ziani" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Min Zang" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Liu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09205063.2012.727265" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196051v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Y. Zhang" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Arab Tehrany" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pon&#231;ot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Linder" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.01.007" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q82KWKW3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196058v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baravian" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoush Maherani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2012.02.024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W4FN7XTC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02196049v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Wang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Rahouadj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4002552" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609637v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dryck Vaquette" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kahn" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nouvel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Six" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.32801" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZHKPN2SJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02194603v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Slimani" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/092050609X12560455246676" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199170v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rahouadj" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.b.30982" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1RTQ2H9Q-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323510v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai Qing Chen" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marchal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-007-0564-6" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-531T4N68-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02194580v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-2008-0538" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02194537v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huai-Qing Chen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellbi.2007.12.018" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZXDTZ83T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156217v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156143v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malaplate-Armand" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.T. Yen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442270v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bragantini" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Koufany" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04126389v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04126399v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04126373v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03914324v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913644v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913669v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Camila Jim&#233;nez Garavito" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913650v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913663v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913693v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03913680v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764628v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chenel" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere-Garnier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bege" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chaumoitre" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03914314v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844438v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858697v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Brunon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Jayyosi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156245v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#232;ge" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371528v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Viriot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371526v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156304v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156313v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059650v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059671v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05156195v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Feeser" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04621299v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farnoosh Saeedinejad" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob P. Quint" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748711v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPL010N" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>