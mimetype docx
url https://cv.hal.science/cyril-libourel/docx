--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1042,373 +1042,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03955426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PERKing up our understanding of the proline‐rich extensin‐like receptor kinases, a forgotten plant receptor kinase family</w:t>
+                <w:t xml:space="preserve">An ancestral function of strigolactones as symbiotic rhizosphere signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Invernizzi</w:t>
+                <w:t xml:space="preserve">Kyoichi Kodama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Hanemian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cyril Libourel</w:t>
+                <w:t xml:space="preserve">Akiyoshi Yoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Roby</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Shota Shimazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaonan Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.18166⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.3974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-31708-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03805363v1</w:t>
+                <w:t xml:space="preserve">hal-04721453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ancestral function of strigolactones as symbiotic rhizosphere signals</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PERKing up our understanding of the proline‐rich extensin‐like receptor kinases, a forgotten plant receptor kinase family</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akiyoshi Yoda</w:t>
+                <w:t xml:space="preserve">Marie Invernizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shota Shimazaki</w:t>
+                <w:t xml:space="preserve">Mathieu Hanemian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaonan Xie</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Roby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13 (1), pp.3974. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 235 (3), pp.875-884. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-31708-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.18166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721453v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03805363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Ancestral Function of Strigolactones as Symbiotic Rhizosphere Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyoichi Kodama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiyoshi Yoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shota Shimazaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaonan Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, pp.3974. </w:t>
@@ -3215,51 +3215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Chevalier Mairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Roby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3605,263 +3605,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbiotic diversification relies on an ancestral gene network in plants</w:t>
+                <w:t xml:space="preserve">Nissolia brasiliensis as a non-nodulating model legume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Castanedo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Tifenn Pellen</w:t>
+                <w:t xml:space="preserve">Camille Girou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Libourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian van Beveren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheus Bianconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347994v1</w:t>
+                <w:t xml:space="preserve">hal-05348012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nissolia brasiliensis as a non-nodulating model legume</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Symbiotic diversification relies on an ancestral gene network in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Castanedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Melkonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Vernie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Girou</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Matheus Bianconi</w:t>
+                <w:t xml:space="preserve">Lucie Chauderon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Pellen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05348012v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05347994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizontal gene transfers and terpene metabolism drive plant-fungal interaction in Marchantia polymorpha</w:t>
               </w:r>
@@ -4831,51 +4831,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252172v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Contini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pirat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c10084" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863849v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2408539121" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345646v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian van Beveren" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvet Boele" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Puginier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Bianconi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70054" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956797v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaulieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacourt Mbadinga Zamar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima El Mahboubi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hoey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-024-02071-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04599663v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Otte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Skaloud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Haon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48787-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187925v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Brichet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01441-w" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03955426v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Su" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rodriguez-Franco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Lace" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Nebel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casandra Hernandez-Reyes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-35976-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03805363v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Invernizzi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hanemian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roby" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721453v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoichi Kodama" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiyoshi Yoda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shota Shimazaki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaonan Xie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31708-3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366956v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.08.20.457034" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03652538v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Eljebbawi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Savelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Estevez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073960" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357772v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Baron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Lenglet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Amsellem" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Roux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.741122" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233313v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abg0929" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141624v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Quilb&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lamy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brottier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leleux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21094-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233242v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengbo Liang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Schmitz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Anicet Ditengou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.04.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02550894v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guru Radhakrishnan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacour Mbadinga Mbadinga" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-020-0613-7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929503v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delcros" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cabello-Hurtado" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader A&#239;nouche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-020-00102-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388174v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Jaishree Subrahmaniam" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13799" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622028v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Frachon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Villoutreix" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Glorieux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0297-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845252v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845088v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845163v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse-Lacours Zamar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844988v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734573v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chevalier Mairet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721437v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Otte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801759v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Navascu&#233;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Becheler" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jullien" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347994v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Castanedo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Melkonian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vernie" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chauderon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348012v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348016v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Castel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Jariais" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721380v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269364v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798778v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03811677v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997289v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02485393v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30064" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252172v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Contini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pirat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c10084" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863849v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2408539121" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345646v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian van Beveren" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvet Boele" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Puginier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Bianconi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70054" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956797v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaulieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacourt Mbadinga Zamar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima El Mahboubi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hoey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-024-02071-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04599663v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Otte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Skaloud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Haon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48787-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187925v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Brichet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01441-w" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03955426v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Su" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rodriguez-Franco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Lace" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Nebel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casandra Hernandez-Reyes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-35976-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721453v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoichi Kodama" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiyoshi Yoda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shota Shimazaki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaonan Xie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31708-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03805363v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Invernizzi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hanemian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roby" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18166" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366956v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.08.20.457034" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03652538v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Eljebbawi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Savelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Estevez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073960" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357772v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Baron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Lenglet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Amsellem" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Roux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.741122" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233313v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abg0929" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141624v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Quilb&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lamy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brottier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leleux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21094-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233242v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengbo Liang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Schmitz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Anicet Ditengou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.04.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02550894v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guru Radhakrishnan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacour Mbadinga Mbadinga" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-020-0613-7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929503v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delcros" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cabello-Hurtado" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader A&#239;nouche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-020-00102-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388174v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Jaishree Subrahmaniam" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13799" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622028v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Frachon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Villoutreix" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Glorieux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0297-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845252v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845088v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845163v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse-Lacours Zamar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844988v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734573v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chevalier Mairet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721437v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Otte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801759v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Navascu&#233;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Becheler" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jullien" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348012v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347994v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Castanedo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Melkonian" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vernie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chauderon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348016v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Castel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Jariais" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721380v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269364v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798778v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03811677v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997289v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02485393v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30064" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>