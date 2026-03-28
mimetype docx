--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -4378,291 +4378,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Resolution, and VCD Analysis of an Enantiopure Diazaoxatricornan Derivative</w:t>
+                <w:t xml:space="preserve">Mounting Freestanding Molecular Functions onto Surfaces: The Platform Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Mobian</w:t>
+                <w:t xml:space="preserve">Belinda Baisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Raffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf M Magnussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 130 (20), pp.6507 - 6514. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja800262j⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 131 (2), pp.442-443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja807923f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04700610v1</w:t>
+                <w:t xml:space="preserve">hal-04700614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mounting Freestanding Molecular Functions onto Surfaces: The Platform Approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis, Resolution, and VCD Analysis of an Enantiopure Diazaoxatricornan Derivative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Raffa</w:t>
+                <w:t xml:space="preserve">Pierre Mobian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrich Jung</w:t>
+                <w:t xml:space="preserve">Eric Francotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olaf M Magnussen</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Bürgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 131 (2), pp.442-443. </w:t>
+              <w:t xml:space="preserve">, 2008, 130 (20), pp.6507 - 6514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja807923f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ja800262j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700614v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palladium-Catalysed Isomerisation of 2-Vinylidenehydrofurans into 1,3-Dienes and some Aspects of their Reactivity</w:t>
               </w:r>
@@ -5396,549 +5396,549 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity and mobility of new phytosanitary alkaloids in agricultural and carbonate soils of Beauce (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cu/Pd Dual Catalysed Stereoselective Construction of Chiral Homoallylic Nitriles Featuring Vicinal Tri- and Tetrasubstituted Stereocenters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliane Mimoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Sanaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmy Voglevaie</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Muller</w:t>
+                <w:t xml:space="preserve">Laurine Reset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Prague (Czech Republic), Czech Republic</w:t>
+              <w:t xml:space="preserve">23rd European Symposium on Organic Chemistry ‒ ESOC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05262003v1</w:t>
+                <w:t xml:space="preserve">hal-05151093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Approaches Towards Enantiopure Alpha-Silylated N-Heterocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killian Tiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Killian Tiger</w:t>
+                <w:t xml:space="preserve">Jérôme Thibonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gauthier-Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59th International Conference on Medicinal Chemistry ‒ RICT 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Orléans, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05150987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Approaches Towards Chiral Saturated Alpha-Functionalized N-Heterocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killian Tiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Killian Tiger</w:t>
+                <w:t xml:space="preserve">Jérôme Thibonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gauthier-Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd European Symposium on Organic Chemistry (ESOC 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05150859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cu/Pd Dual Catalysed Stereoselective Construction of Chiral Homoallylic Nitriles Featuring Vicinal Tri- and Tetrasubstituted Stereocenters</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hélène Gérard</w:t>
+                <w:t xml:space="preserve">Reactivity and mobility of new phytosanitary alkaloids in agricultural and carbonate soils of Beauce (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmy Voglevaie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Le Milbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurine Reset</w:t>
+                <w:t xml:space="preserve">Bouamama Abbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Freslon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd European Symposium on Organic Chemistry ‒ ESOC 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">Goldschmidt Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05151093v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05262003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fate of the new phytosantary, hydroxypyridone alkaloids, in the vadose zone of the carbonate Beauce aquifer (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Le Milbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmy Voglevaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouamama Abbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Freslon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6054,51 +6054,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Reset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59th International Conference on Medicinal Chemistry ‒ RICT 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Orléans, France. </w:t>
@@ -6127,51 +6127,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Approaches to Iminoglycoside Mimetics by Means of Organometallic Intermediates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6235,51 +6235,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir d’un nouveau type de phytosanitaire dans des sols de Beauce : Etude de la mobilité et de la réactivité dans les sols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouamama Abbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Freslon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6373,51 +6373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sizhe Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justyna Jaszczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6570,342 +6570,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalytic Construction of Vicinal Tertiary-Quaternary Carbon Stereocenters Through N-Metalated Ketene Imines</w:t>
+                <w:t xml:space="preserve">Nouvelles Perspectives en Catalyse Asymétrique pour la Synthèse de Nitriles Chiraux et son Application vers des Composés Bioactifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Mimoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Belgian Organic Synthesis Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, NAMUR, Belgium</w:t>
+              <w:t xml:space="preserve">Journées de la Section Régionale Centre Ouest de la SCF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, LIMOGES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04696906v1</w:t>
+                <w:t xml:space="preserve">hal-04696937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Approaches to Iminoglycoside Mimics by Way of Organotin Intermediates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catalytic Construction of Vicinal Tertiary-Quaternary Carbon Stereocenters Through N-Metalated Ketene Imines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliane Mimoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Belgian Organic Synthesis Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, NAMUR, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04696927v1</w:t>
+                <w:t xml:space="preserve">hal-04696906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles Perspectives en Catalyse Asymétrique pour la Synthèse de Nitriles Chiraux et son Application vers des Composés Bioactifs</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">New Approaches to Iminoglycoside Mimics by Way of Organotin Intermediates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sizhe Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justyna Jaszczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killian Tiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Section Régionale Centre Ouest de la SCF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, LIMOGES, France</w:t>
+              <w:t xml:space="preserve">17th Belgian Organic Synthesis Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, NAMUR, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04696937v1</w:t>
+                <w:t xml:space="preserve">hal-04696927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Site-selective Radical Functionalization of Enamide Csp2-H Bonds: An Access to Molecular Diversity</w:t>
               </w:r>
@@ -6999,51 +6999,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Access to Monoterpene Alkaloids by Marrying Chemistry with Biological Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damla Torun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7120,51 +7120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Access to Monoterpene Alkaloids by Marrying Chemistry with Biological Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damla Torun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7444,51 +7444,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accès aux Alcaloïdes Mono-indoliques à Activité Anti-tumorale par la Biologie de Synthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damla Torun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7628,510 +7628,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Synthesis of Glycoside Mimics Through Cross-Coupling Reactions of Benzoyl and Acyloyl Chlorides and Stereochemically Defined Iminosugar-1-tributylstannanes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sizhe Li</w:t>
+                <w:t xml:space="preserve">Synthesis of (Fluorescent) 1-(Phosphonomethyl)-1,5-dideoxy-1,5-imino-D-xylitol Derivatives as Glucose-1-phosphate Mimics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agata M. Goldmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justyna Jaszczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Fédération de Recherche CBM – ICOA, Physique et Chimie du Vivant – FR2708</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Orleans, France, France</w:t>
+              <w:t xml:space="preserve">Journée Fédération de Recherche CBM – ICOA, Physique et Chimie du Vivant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697083v1</w:t>
+                <w:t xml:space="preserve">hal-04697089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site Selective Radical Functionalization of Enamide Csp2‒H Bonds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cyril Nicolas</w:t>
+                <w:t xml:space="preserve">New Approaches to Iminoglycoside Mimics by Way of Organotin Intermediates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sizhe Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justyna Jaszczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi A. Agrofoglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Palaiseau (Ecole Polytechnique), France</w:t>
+              <w:t xml:space="preserve">47th International Union of Pure And Applied Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697033v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of (Fluorescent) 1-(Phosphonomethyl)-1,5-dideoxy-1,5-imino-D-xylitol Derivatives as Glucose-1-phosphate Mimics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agata M. Goldmann</w:t>
+                <w:t xml:space="preserve">Tunable Synthesis of Glycoside Mimics Through Cross-Coupling Reactions of Benzoyl and Acyloyl Chlorides and Stereochemically Defined Iminosugar-1-tributylstannanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sizhe Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justyna Jaszczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Fédération de Recherche CBM – ICOA, Physique et Chimie du Vivant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Orléans, France</w:t>
+              <w:t xml:space="preserve">Journée Fédération de Recherche CBM – ICOA, Physique et Chimie du Vivant – FR2708</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Orleans, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697089v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Approaches to Iminoglycoside Mimics by Way of Organotin Intermediates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
+                <w:t xml:space="preserve">Site Selective Radical Functionalization of Enamide Csp2‒H Bonds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismaël Dondasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Lakhdar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie-Claude Gaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47th International Union of Pure And Applied Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, PARIS, France</w:t>
+              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Palaiseau (Ecole Polytechnique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697071v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemistry of Nucleosides and Heterocycles for Infectious Diseases</w:t>
               </w:r>
@@ -9220,273 +9220,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04697160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diastereoselective Synthesis of Fluorinated Iminoglycosyl Phosphate Mimics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A C1 Tunable Approach for the Stereoselective Synthesis of 1-C-Diethylphosphono(difluoromethyl) Iminosugars as Glycosyl Phosphate Mimics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Cocaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Y Legault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Glycomics Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Banff - Alberta, Canada</w:t>
+              <w:t xml:space="preserve">The 6th European Chemistry Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, SEVILLE, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697200v1</w:t>
+                <w:t xml:space="preserve">hal-04697186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A C1 Tunable Approach for the Stereoselective Synthesis of 1-C-Diethylphosphono(difluoromethyl) Iminosugars as Glycosyl Phosphate Mimics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diastereoselective Synthesis of Fluorinated Iminoglycosyl Phosphate Mimics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cocaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 6th European Chemistry Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, SEVILLE, Spain</w:t>
+              <w:t xml:space="preserve">Canadian Glycomics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Banff - Alberta, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697186v1</w:t>
+                <w:t xml:space="preserve">hal-04697200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A C1 Tunable Approach for the Stereoselective Synthesis of 1-C-Diethylphosphono(difluoromethyl) Iminosugars as Glycosyl Phosphate Mimics</w:t>
               </w:r>
@@ -10044,273 +10044,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04697230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-tert-Butanesulfinyl Glycosylamines: Synthesis and Use for the Preparation of Novel Glycoside Mimics in the Iminosugar Series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">N-tert-Butanesulfinyl Glycosylamines: Towards the Preparation of Glycoside Mimics in the Iminosugar Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cocaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Section Régionale Centre-Ouest-Société Chimique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Orléans (45), France</w:t>
+              <w:t xml:space="preserve">The 18th European Carbohydrate Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Moscou (Russia), Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697239v1</w:t>
+                <w:t xml:space="preserve">hal-04697214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-tert-Butanesulfinyl Glycosylamines: Towards the Preparation of Glycoside Mimics in the Iminosugar Series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">N-tert-Butanesulfinyl Glycosylamines: Synthesis and Use for the Preparation of Novel Glycoside Mimics in the Iminosugar Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Cocaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pannecoucke</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 18th European Carbohydrate Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Moscou (Russia), Russia</w:t>
+              <w:t xml:space="preserve">Journées de la Section Régionale Centre-Ouest-Société Chimique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Orléans (45), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697214v1</w:t>
+                <w:t xml:space="preserve">hal-04697239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Glycoside Mimics from Glycosylamines: Synthesis by way of 1-C-(2-propynyl) Iminosugar Derivatives</w:t>
               </w:r>
@@ -11212,90 +11212,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, Resolution and VCD Analysis of an Enantiopure Diazaoxatricornan Derivative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric R. Francotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bürgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11346,90 +11346,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exceptionally Stable Carbenium Ions: Synthesis and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Bernardinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric R. Francotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bürgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th European Symposium on Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, DUBLIN, Ireland</w:t>
@@ -11534,217 +11534,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Resolution of Chiral Cup-Like Molecules</w:t>
+                <w:t xml:space="preserve">Triazatriangulenium Cations: Highly Stable Carbocations for Phase-Transfer Catalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric R. Francotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Symposium on Chirality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Busan (South Korea), South Korea</w:t>
+              <w:t xml:space="preserve">1st European Chemistry Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Budapest (HO), Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699197v1</w:t>
+                <w:t xml:space="preserve">hal-04699169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triazatriangulenium Cations: Highly Stable Carbocations for Phase-Transfer Catalysis</w:t>
+                <w:t xml:space="preserve">Synthesis and Resolution of Chiral Cup-Like Molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mobian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric R. Francotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st European Chemistry Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Budapest (HO), Hungary</w:t>
+              <w:t xml:space="preserve">18th International Symposium on Chirality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Busan (South Korea), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699169v1</w:t>
+                <w:t xml:space="preserve">hal-04699197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetic, Physical and Topological Applications of Highly Stable (Chiral) Carbenium Ions</w:t>
               </w:r>
@@ -11812,51 +11812,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Resolution of the First Enantiopure Bowl-Shaped Molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric R. Francotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11920,51 +11920,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Resolution of the First Enantiopure Bowl-Shaped Molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric R. Francotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12041,51 +12041,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generally Efficient Resolution of [4]Heterohelicenium Cations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12175,51 +12175,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Herse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12591,51 +12591,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New approaches towards alpha-substituted aza-heterocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12686,51 +12686,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Approaches to Iminoglycoside Mimics by Means of Organometallic Intermediates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12781,51 +12781,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Approaches to Iminoglycoside Mimics by Means of Organometallic Intermediates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13537,51 +13537,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Herse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Bernardinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13649,51 +13649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Herse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mobian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13819,51 +13819,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Mimoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Tiger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cossy, Janine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprehensive Chirality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Reference Module in Chemistry, Molecular Sciences and Chemical Engineering, Elsevier, 2022, </w:t>
@@ -14676,51 +14676,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537870v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chevrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nicolas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.433" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230336v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Mimoun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Sanaa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Heppner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne G&#233;rard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine R&#233;set" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5ra04516a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248874v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Van Tran" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzuka Yamamoto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yoshimura" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c01061" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326469v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05130951v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bou-Amama Abbar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Freslon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Muller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Isch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2025.107495" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683876v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Dondasse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nj01989j" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578464v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Anselmi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202400166" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272030v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kamzol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Neuville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cocaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Taffoureau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Lewi&#324;ski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202300762" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624937v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Sukach" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101302" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798565v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G. Biteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert F Becker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lambry" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196216" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798583v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuniyazi Abuduaini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sizhe Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A Agrofoglio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c01650" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798544v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/m1382" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359971v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinori Tokairin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Konno" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Noireau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Moriwaki" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1QO00159K" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360102v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertho" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouan Maazaoui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damla Torun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Dondasse" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Abderrahim" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NJ03673D" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989536v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Jaszczyk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pannecoucke" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poisson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier A.J. Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000886" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990031v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ01209B" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347188v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2019.107855" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347523v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahira Tber" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Agrofoglio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Goffinont" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900921" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694936v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ba&#347;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#322; Kusy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Pasternak-Suder" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Mlynarski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB02797D" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699343v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23071612" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694963v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixiang B Zheng" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd L Lowary" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.03.009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452480v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maujoin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixiang Zheng" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd L. Lowary" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Rodrigues" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201701283" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451457v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Lowary" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694807v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Y Legault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b03071" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694783v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Strus" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Miko&#322;ajczyk" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Machul" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr B Heczko" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Chronowska" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2015.0231" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180147v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bayle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500487" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BZ7F592K-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180144v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500373" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2X64Q4HQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694760v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Engo-Ilanga" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1379551" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700626v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Kel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre F&#252;rstenberg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mehanna" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laleu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203915" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X0NPMVDC-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694742v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Pluta" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201413" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700632v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N G Lindsay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; B Charette" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja201237j" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694709v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gallienne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isao Adachi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Kato" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700620v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bernardinelli" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/poc.1753" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700610v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mobian" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Francotte" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#252;rgi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja800262j" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700614v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Baisch" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Raffa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Jung" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf M Magnussen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja807923f" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677026v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ghobsi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salih Hacini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Wavrin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Gaudel-Siri" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Corb&#232;res" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200800517" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8HJCZ17X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0617392" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700597v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-H&#233;l&#233;na Gon&#231;alves-Farbos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Linder" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Novikov" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2006.818" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700603v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H Gon&#231;alves Farbos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Linder" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2006.855" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700592v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Herse" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2005.04.133" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700639v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Viala" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2004-829570" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05262003v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmy Voglevaie" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouamama Abbar" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150987v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Tiger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thibonnet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gauthier-Gillaizeau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150859v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151093v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Reset" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05256343v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202533106" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150917v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696882v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688745v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pivert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696889v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696899v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696906v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696927v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696937v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696947v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696935v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696917v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697008v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A. Agrofoglio" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696973v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696984v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696997v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697083v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697033v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Lakhdar" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697089v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata M. Goldmann" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697071v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697046v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Favetta" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697059v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697111v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697153v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697117v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697102v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697121v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697135v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697173v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697160v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697200v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697186v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697196v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697208v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697227v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697220v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697230v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697239v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697214v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697252v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697245v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697257v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697260v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697272v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Pasternak-Suder" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697291v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697295v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697285v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699114v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R. Francotte" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699149v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699129v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699197v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699169v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699285v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699208v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699222v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699248v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699241v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697458v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mazurier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697454v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697453v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750718v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697461v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697457v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697465v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697467v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697471v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697474v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697479v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697482v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699273v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699299v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066877v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-32-390644-9.00043-3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694840v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315120300-6" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698996v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047084289X.rn01390" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699027v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#380;yna Stochel" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00440767v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ENAM0019" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01727663v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537870v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chevrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nicolas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.433" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230336v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Mimoun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Sanaa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Heppner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne G&#233;rard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine R&#233;set" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5ra04516a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248874v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Van Tran" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzuka Yamamoto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yoshimura" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c01061" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326469v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05130951v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bou-Amama Abbar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Freslon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Muller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Isch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2025.107495" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683876v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Dondasse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nj01989j" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578464v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Anselmi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202400166" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272030v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kamzol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Neuville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cocaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Taffoureau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Lewi&#324;ski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202300762" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624937v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Sukach" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101302" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798565v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G. Biteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert F Becker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lambry" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196216" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798583v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuniyazi Abuduaini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sizhe Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A Agrofoglio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c01650" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798544v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/m1382" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359971v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinori Tokairin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Konno" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Noireau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Moriwaki" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1QO00159K" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360102v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertho" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouan Maazaoui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damla Torun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Dondasse" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Abderrahim" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NJ03673D" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989536v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Jaszczyk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pannecoucke" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poisson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier A.J. Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000886" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990031v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ01209B" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347188v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2019.107855" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347523v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahira Tber" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Agrofoglio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Goffinont" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900921" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694936v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ba&#347;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#322; Kusy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Pasternak-Suder" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Mlynarski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB02797D" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699343v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23071612" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694963v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixiang B Zheng" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd L Lowary" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.03.009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452480v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maujoin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixiang Zheng" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd L. Lowary" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Rodrigues" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201701283" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451457v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Lowary" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694807v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Y Legault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b03071" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694783v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Strus" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Miko&#322;ajczyk" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Machul" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr B Heczko" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Chronowska" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2015.0231" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180147v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bayle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500487" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BZ7F592K-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180144v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500373" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2X64Q4HQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694760v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Engo-Ilanga" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1379551" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700626v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Kel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre F&#252;rstenberg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mehanna" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laleu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203915" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X0NPMVDC-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694742v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Pluta" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201413" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700632v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N G Lindsay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; B Charette" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja201237j" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694709v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gallienne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isao Adachi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Kato" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700620v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bernardinelli" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/poc.1753" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700614v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Baisch" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Raffa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Jung" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf M Magnussen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja807923f" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700610v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mobian" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Francotte" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#252;rgi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja800262j" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677026v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ghobsi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salih Hacini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Wavrin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Gaudel-Siri" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Corb&#232;res" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200800517" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8HJCZ17X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0617392" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700597v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-H&#233;l&#233;na Gon&#231;alves-Farbos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Linder" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Novikov" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2006.818" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700603v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H Gon&#231;alves Farbos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Linder" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2006.855" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700592v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Herse" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2005.04.133" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700639v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Viala" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2004-829570" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151093v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Reset" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150987v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Tiger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thibonnet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gauthier-Gillaizeau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150859v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05262003v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmy Voglevaie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouamama Abbar" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05256343v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202533106" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150917v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696882v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688745v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pivert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696889v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696899v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696937v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696906v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696927v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696947v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696935v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696917v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697008v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A. Agrofoglio" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696973v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696984v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696997v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697089v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata M. Goldmann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697071v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697083v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697033v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Lakhdar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697046v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Favetta" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697059v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697111v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697153v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697117v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697102v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697121v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697135v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697173v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697160v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697186v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697200v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697196v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697208v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697227v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697220v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697230v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697214v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697239v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697252v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697245v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697257v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697260v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697272v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Pasternak-Suder" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697291v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697295v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697285v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699114v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R. Francotte" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699149v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699129v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699169v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699197v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699285v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699208v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699222v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699248v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699241v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697458v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mazurier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697454v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697453v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750718v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697461v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697457v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697465v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697467v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697471v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697474v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697479v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697482v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699273v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699299v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066877v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-32-390644-9.00043-3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694840v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315120300-6" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698996v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047084289X.rn01390" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699027v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#380;yna Stochel" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00440767v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ENAM0019" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01727663v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>