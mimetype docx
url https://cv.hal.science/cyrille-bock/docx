--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -313,269 +313,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Plonger dans les abysses du doctorat : la place des mèmes dans les méandres de la thèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Samie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Culture(s) technique(s), éducation et formation, 71, pp.1-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05291910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sprirus Gay. L’acrobate anarchiste. Wagnon Sylvain, Les éditions du Monde libertaire, 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, n° 76 (2), pp.192-193. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/spir.076.0192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05295298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse longitudinale d’un marché chaotique : le cas toulousain des formations dans l’animation socioculturelle entre 2019 et 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tréma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 63 (63), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/13r5a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035660v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-05291910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de l’éducation populaire dans le marché grenoblois de la formation d’animateur et d’animatrice</w:t>
               </w:r>
@@ -938,51 +938,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (51)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1041,3428 +1041,3510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05468152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Table ronde pour évoquer le parcours doctoral et l'après-thèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Samie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apprentissage et Formation en ÉVOlution : quelles recherches pour penser l’éducation de demain ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journée d’étude des doctorant.e.s du laboratoire ADEF (UR 4671) organisé avec le soutien de SFERE-Provence (FED 4238) et de l’Inspé d’Aix-Marseille, Mar 2026, Marseille (Colloque distanciel), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser l’éducation populaire à partir des marchés de la formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire REMUA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, REMUA (Recherches interdisciplinaires en Éducation Populaire, Mutations et Actualités), Nov 2025, Visioconférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05387457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Support social et solidarités du travail doctoral à travers les bandes dessinées (et les mèmes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Samie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Récits de travail, précarité et bandes dessinées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sylvain Aquatias; Bérénice Bonhomme; Jean-Paul Géhin, Mar 2025, Angoulême, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05012302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le segment de l’animation socio-culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques pédagogiques de l’éducation populaire : histoires et actualités d’un projet politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Revue Trema, Jun 2025, Montepellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence, structuration et recomposition de l’éducation populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale Ligue de l'enseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ligue de l'enseignement 47, May 2025, Casteljaloux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05085040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une histoire des colos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Besse-Patin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le festival des colos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau des colos, May 2025, Saint-lizier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05075374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'AECSE, association de chercheur·ses en sciences de l'éducation et de la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science ouverte : quels enjeux ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR EFTS, Mar 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Penser l’éducation populaire à partir des marchés de la formation</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émergence et structuration de l'animation socioculturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire REMUA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, REMUA (Recherches interdisciplinaires en Éducation Populaire, Mutations et Actualités), Nov 2025, Visioconférence, France</w:t>
+              <w:t xml:space="preserve">Formation, évolution du métier d’animateur et pénurie d’animateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil départemental du Val de Marne, Dec 2024, Champigny-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...103 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques de l’éducation populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres des pratiques culturelles des MJC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MJC de France, Apr 2024, Sochaux-Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soutenir, et après ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire doctorant·es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMA, Apr 2024, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation populaire dans le marché de la formation d’animateur socioculturel : Toulouse, cinq ans après un marché chaotique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques pédagogiques de l’éducation populaire : histoires et actualités d’un projet politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Montpellier, May 2024, Montepellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'AECSE, une association de chercheur·ses en sciences de l'éducation et de la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'étude Écritures scientitifiques : des enjeux de publication aux enjeux de valorisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFTS, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interroger l'évolution de l'animation au prisme de l'État et des formations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’animation : actualité des pratiques professionnelles et regards des sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Injep, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Émergence et structuration de l'animation socioculturelle</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animation et MJC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation, évolution du métier d’animateur et pénurie d’animateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Conseil départemental du Val de Marne, Dec 2024, Champigny-sur-Marne, France</w:t>
+              <w:t xml:space="preserve">Rassemblement annuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération Régionale des Maisons des Jeunes et de la Culture Occitanie, Dec 2023, Narbonne Plage, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04345912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éducation nouvelle et éducation populaire : influences, controverses et évolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’éducation nouvelle : héritages, (ré)inventions, actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CUIP - Comité Universitaire d'Information Pédagogique; Université Paris-Panthéon-Assas, Jun 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que l'Éducation populaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Improvisia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Impro France, Nov 2023, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le temps libre, c’est politique !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temps libre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Benjamin Lucas (Député), May 2023, Paris (Assemblée nationale), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04555311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche en association et fondation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association et fondation quelles places pour la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut des Dirigeants d’Association et fondation (IDAF), Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les marchés locaux de la formation d’animateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse 2 Jean Jaurès, Mar 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation d’animateur professionnel : émergence et structuration d’un marché entre acteurs privés et publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire doctoral/HDR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laurent Gutierrez, Feb 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Qu'est-ce que l'Éducation populaire ?</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éducation populaire et la crise de la marchandisation : le cas de la formation d’animateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Improvisia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Impro France, Nov 2023, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">Colloque Crise(s) en éducation et en formation dans un monde globalisé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UPEC - Université Paris-Est Créteil, Nov 2022, Créteil (Université Paris XII UPEC), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Éducation nouvelle et éducation populaire : influences, controverses et évolutions</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les formations d’animateurs socioculturels : entre professionnalisation et marchandisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’éducation nouvelle : héritages, (ré)inventions, actualité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CUIP - Comité Universitaire d'Information Pédagogique; Université Paris-Panthéon-Assas, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude La fabrique des professionnel.le.s dans le milieu socio-éducatif, social et médico-social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Apr 2022, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Animation et MJC</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La soutenance de thèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rassemblement annuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fédération Régionale des Maisons des Jeunes et de la Culture Occitanie, Dec 2023, Narbonne Plage, France</w:t>
+              <w:t xml:space="preserve">Séminaire doctoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instagram @doctorant_desoeuvre_surcafeine, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation populaire dans le marché de la formation des animateurs socioculturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’animation socioculturelle professionnelle : acteurs et enjeux contemporains pour quelles perspectives ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Colloque Institut Supérieur d’Ingénieurs-Animateurs Territoriaux (ISIAT), Jan 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La soutenance de thèse</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écriture d’article scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire doctoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instagram @doctorant_desoeuvre_surcafeine, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée de doctorant·e·s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Jun 2022, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tournant du marché dans la formation : le cas des animateurs socioculturels en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">89e Congrès de l’Association canadienne-française pour l’avancement des sciences (Acfas)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montréal Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constitution d’une communauté doctorale virtuelle : des memes à la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Identité, altérité, création</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Artois, Mar 2022, Artois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’universitarisation des formations d’animateurs professionnels : un processus lent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'enseignement supérieur du XIXe siècle à nos jours (France et international) : établissements, acteurs, disciplines, pédagogies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque de l’ATRHE, Jun 2022, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écriture d’article scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de doctorant·e·s</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Jun 2022, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
+              <w:t xml:space="preserve">, École doctorale EDC - Éducation, Didactiques et Cognition, Jun 2022, Cergy pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...137 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formations dans l’animation socioculturelle, la création d’un nouveau marché par la nouvelle gestion publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXI Congrès de l’Association Internationale des Sociologues de Langue Française (AISLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CR 15 Sociologie du travail, Jul 2021, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l’émergence d’un marché de la formation dans un milieu militant, la question de la distance du chercheur avec l’objet de sa recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’expérience du doctorat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Laval, Apr 2021, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser la recomposition de l’offre de formation dans l’animation socioculturelle en France dans un contexte de réforme de la formation professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">88e Congrès de l’Association canadienne-française pour l’avancement des sciences (Acfas)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Montréal (colloque en ligne), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation populaire dans les métiers de l’animation socioculturelle : un registre moral en voie de disparition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXI Congrès de l’Association Internationale des Sociologues de Langue Française (AISLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CR 32 Savoirs, métiers, identités professionnelles, Jul 2021, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émergence et structuration du marché de la formation des professionnels de l’animation. Retour sur l’approche théorique et les choix méthodologiques autour de la construction d’une problématique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Éducation, vulnérabilités et questions sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Nov 2020, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la création à la structuration d'un marché de la formation : le cas de l'animation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque doctoral international de l'éducation et de la formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Nantes, France. pp.405-416</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la création à la structuration d’un marché de la formation : Le cas de l’animation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque doctoral international de l’éducation et de la formation (CIDEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saturation de la formation dans une démarche de professionnalisation associative : le cas de Ressources Alternatives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interprofessionnalité et le décloisonnement des secteurs éducatif, social et sanitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Cergy-Pontoise, Apr 2020, Cergy-pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formations d’animateurs professionnels : des espaces (trans)formatifs sous contrainte économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e Journées d’études sur les espaces (trans)formatifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe de Recherche sur les Espaces (Trans)formatifs, Jun 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...137 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence, structuration et professionnalisation de diplômes de la formation d’animation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Socio-histoire des éducations différenciées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Articulation méthodologique pour l’analyse du marché de la formation des professionnels de l’animation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire actualité de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Oct 2020, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Émergence et structuration du marché de la formation des professionnels de l’animation. Retour sur l’approche théorique et les choix méthodologiques autour de la construction d’une problématique</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émergence et structuration du marché de la formation professionnelle des animateurs entre acteurs publics et acteurs privés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Éducation, vulnérabilités et questions sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Nov 2020, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
+              <w:t xml:space="preserve">Rencontres internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Recherche en éducation et en formation (REF), Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation des animateurs professionnels, de l’éducation populaire à un marché concurrentiel. Quels enjeux pour quels acteurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Projet Éducation populaire : engagement, médiation, transmission (XIXe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archives Nationales, Nov 2019, Pierrefitte-sur-Seine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation des animateurs professionnels, quelle place pour l’éducation populaire dans un marché en restructuration ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée du GRREP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de réflexion sur la recherche en éducation populaire, Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence et structuration du marché de la formation professionnelle des animateurs entre acteurs publics et acteurs privés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e Journée d’Études Espaces (Trans)formatifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe de Recherche sur les Espaces (Trans)formatifs, Jun 2019, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le marché de la formation professionnelle des animateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ma Thèse en 180 secondes (MT 180)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Cergy-Pontoise, Mar 2019, Neuville-sur-Oise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le marché de la formation professionnelle des animateurs socioculturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des doctorant·e·s</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Jun 2019, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Émergence et structuration du marché de la formation professionnelle des animateurs entre acteurs publics et acteurs privés</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation professionnelle des animateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres internationales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Recherche en éducation et en formation (REF), Jul 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude : Apprendre et enseigner dans l’enseignement supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LISEC, Jun 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’histoire de l’éducation populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rassemblement interrégional Bourgogne-Franche-Comté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UFCV, Mar 2018, Besacon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation professionnelle des animateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des doctorant·e·s</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire EMA - École, Mutations, Apprentissages, Jun 2018, Gennevilliers (Site) - Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’histoire de l’éducation populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rassemblement interrégional Lorraine-Alsace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UFCV, Oct 2017, Bionville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4472,205 +4554,205 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animation socioculturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.128, 2024, Épures, Pierre-Henry Frangne, 9782753598195</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Lebon</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, pp.128, 2024, Épures, Pierre-Henry Frangne, 9782753598195</w:t>
+                <w:t xml:space="preserve">hal-04687736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les espaces formatifs et transformatifs. Approche interdisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Meziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Canet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03428713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4680,531 +4762,531 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être animateur·trice, c’est un bon job !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Idées reçues sur l'animation jeunesse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Cavalier bleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.93-98, 2026, 979-10-318-0826-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Cavalier bleu</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.93-98, 2026, 979-10-318-0826-0</w:t>
+                <w:t xml:space="preserve">hal-05477458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les formations d’animateurs socioculturels : entre professionnalisation et marchandisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animation socioculturelle professionnelle : Acteurs et enjeux contemporains, pour quelles perspectives ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carrières sociales éditions, 2022, Des paroles &amp; des actes, 979-10-93839-35-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’éducation populaire à l’animation : émergence et structuration d’une offre de formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Publications des Archives nationales. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation populaire : engagement, médiation, transmission (XIXe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, Actes, 9791036593192. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pan.4372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...119 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transformation des formations d’animateurs socioculturels : de l’héritage de l’éducation populaire aux injonctions politico-économiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champ Social. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces formatifs et transformatifs. Approche interdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.7-16, 2021</w:t>
+              <w:t xml:space="preserve">, pp.50-65, 2021, 9791034606726</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...25 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Transversalité et interdisciplinarité d’une question ancienne et contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Meziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Canet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces formatifs et transformatifs. Approche interdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.50-65, 2021, 9791034606726</w:t>
+              <w:t xml:space="preserve">, pp.7-16, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03428737v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animation socioculturelle et formation : une histoire commune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Direction assistée, n° 705</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04782294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5214,100 +5296,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation d’animateur professionnel : émergence et structuration d’un marché entre acteurs privés et publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. CY Cergy Paris Université, 2022. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2022CYUN1097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04316851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5317,333 +5399,333 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques de l’éducation populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04651291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpentage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Desclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Boitieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas da Silva Tomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Jobard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Desclos</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+                <w:t xml:space="preserve">hal-04514709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place de l'éducation nouvelle dans le marché de la formation d'animateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’éducation populaire à l’animation : émergence et structuration d’une offre de formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5653,1533 +5735,1533 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interroger l'évolution de l'animation au prisme de l'État et des formations - Animation socioculturelle, de l'éducation populaire au marché #7</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05000805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’histoire vers les marchés – Animation socioculturelle, de l’éducation populaire au marché #8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Son</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser le marché de la formation – Animation socioculturelle, de l’éducation populaire au marché #9</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">De l’histoire vers les marchés – Animation socioculturelle, de l’éducation populaire au marché #8</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cas du marché parisien – Animation socioculturelle, de l’éducation populaire au marché #S02E01</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cas du marché grenoblois – Animation socioculturelle, de l’éducation populaire au marché #S02E02</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le cas du marché parisien – Animation socioculturelle, de l’éducation populaire au marché #S02E01</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation d’animateur socioculturel : de l’Union européenne au marché local – Animation socioculturelle, de l’éducation populaire au marché #6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1945 – 1978 : La naissance de l’animation socioculturelle / Animation socioculturelle, de l’éducation populaire au marché #3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04838389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie – Animation socioculturelle, de l’éducation populaire au marché #10</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2001-2022 : les formations à l’ère de la compétence – Animation socioculturelle, de l’éducation populaire au marché #5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jusqu’en 1945 : Les proto-animateurices / Animation socioculturelle, de l’éducation populaire au marché #2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Son</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04838386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Podcast : Animation socioculturelle, de l’éducation populaire au marché #1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04692957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Jusqu’en 1945 : Les proto-animateurices / Animation socioculturelle, de l’éducation populaire au marché #2</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1979-2000 : Une filière de formation au service de la structuration d’un métier / Animation socioculturelle, de l’éducation populaire au marché #4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885954v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04838389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Carte (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DEJEPS en 2017 selon le statut juridique des organismes de formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, France. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BPJEPS 4 UC en 2017 selon le statut juridique des organismes de formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, France. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BAPAAT en 2017 selon le statut juridique des organismes de formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, France. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BPJEPS 4 UC en 2017 selon les options</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, France. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04370664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BAPAAT en 2017 selon les options</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, France. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEJEPS en 2017 selon les options</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paris, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04382780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">BPJEPS 4 UC en 2017 selon les options</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BPJEPS 10 UC en 2017 selon le statut juridique des organismes de formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paris, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">BAPAAT en 2017 selon les options</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04370656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BPJEPS 10 UC en 2017 selon les spécialités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paris, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">BPJEPS 10 UC en 2017 selon le statut juridique des organismes de formation</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04370638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formations BPJEPS LTP en 2017 sur le territoire français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paris, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">BPJEPS 10 UC en 2017 selon les spécialités</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04346719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DUT Carrières Sociales ASSC en 2017 en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paris, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04382823v1</w:t>
-              </w:r>
-[...246 lines deleted...]
-                <w:t xml:space="preserve">hal-04382712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tribune libre #1 Comment écrire l’éducation populaire en 2023 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId127"/>
+      <w:footerReference w:type="default" r:id="rId128"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7247,51 +7329,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0CE1E2E4"/>
+    <w:nsid w:val="6ADB5870"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7478,51 +7560,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyrille-bock" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0930-1067" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257106421" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imposteur-revue-these.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aecse.net/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295298v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bock" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.076.0192" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035660v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r5a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291910v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Samie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316892v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992890v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.11525" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316854v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.131.0148" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601999v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.090.0007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316828v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.8540" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468152v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117130v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085040v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075374v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Besse-Patin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995418v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387457v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012302v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534420v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592932v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560865v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606359v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836319v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836374v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555311v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317717v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317840v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317835v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317725v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317932v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345912v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317909v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317830v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318080v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317807v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317796v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317804v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317915v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317926v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317887v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318064v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318030v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318040v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318049v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317884v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317903v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317753v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317762v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317773v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317781v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522895v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317872v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317858v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317867v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317668v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317854v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317896v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317692v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317843v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317852v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317687v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687736v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lebon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9817/animation-socioculturelle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428713v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Meziani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Canet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477458v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lecavalierbleu.com/livre/idees-recues-sur-lanimation-jeunesse/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316871v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pan.4372" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316884v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428749v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428737v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782294v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04316851v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022CYUN1097" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04651291v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514709v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Desclos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boitieux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas da Silva Tom&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jobard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455862v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455876v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000805v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097303v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097295v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400877v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400866v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000761v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400846v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942228v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692957v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838386v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885954v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838389v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382780v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370664v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382734v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370656v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370638v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382823v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346719v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382800v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382758v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382712v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cyrille-bock" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0930-1067" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257106421" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imposteur-revue-these.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aecse.net/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291910v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bock" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Samie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295298v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.076.0192" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035660v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r5a" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316892v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992890v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.11525" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316854v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.131.0148" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601999v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.090.0007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316828v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.8540" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468152v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559837v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012302v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117130v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085040v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075374v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Besse-Patin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995418v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836374v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534420v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560865v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592932v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606359v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836319v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345912v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317932v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317725v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555311v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317717v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317840v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317926v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317887v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317830v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317909v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317807v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318080v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317796v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317915v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317804v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318040v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318049v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317781v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522895v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317903v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317753v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317884v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317762v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317773v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317896v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317872v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317867v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317858v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317668v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317854v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317852v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317692v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317843v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317687v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687736v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lebon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9817/animation-socioculturelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428713v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Meziani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Canet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477458v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lecavalierbleu.com/livre/idees-recues-sur-lanimation-jeunesse/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316884v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316871v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pan.4372" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428737v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428749v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782294v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04316851v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022CYUN1097" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04651291v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514709v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Desclos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boitieux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas da Silva Tom&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jobard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455862v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455876v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000805v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097295v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097303v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400866v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400877v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000761v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838389v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400846v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942228v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838386v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692957v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885954v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382800v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382712v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382758v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370664v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382734v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382780v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370656v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370638v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346719v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382823v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316878v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>